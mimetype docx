--- v0 (2025-10-03)
+++ v1 (2025-11-16)
@@ -14,93 +14,72 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B008D16" w14:textId="2606E1D1" w:rsidR="00B52D5B" w:rsidRPr="00FA362D" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+    <w:p w14:paraId="1B008D16" w14:textId="0FB06779" w:rsidR="00B52D5B" w:rsidRPr="00FA362D" w:rsidRDefault="00B52D5B" w:rsidP="00094822">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA362D">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">APPLICATION FORM: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC6CB8">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB7CD8">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">AGEM talent development grant </w:t>
       </w:r>
       <w:r w:rsidR="00557084" w:rsidRPr="00557084">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C2213FC" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00A864F5" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+    <w:p w14:paraId="1C2213FC" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00A864F5" w:rsidRDefault="00B52D5B" w:rsidP="00094822">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A864F5">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Personal information </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62656836" w14:textId="6F809EFC" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="00387854">
         <w:t>Applicant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675BCC43" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387854">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -553,57 +532,67 @@
       </w:r>
       <w:r w:rsidRPr="00387854">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="003024B0" w14:paraId="6F10D5BF" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00961D47" w14:paraId="6F10D5BF" w14:textId="77777777" w:rsidTr="00120F10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9212" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CFB5E79" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01CC070E" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2263F092" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="003E61C1" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30D36F5E" w14:textId="34602A5A" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
@@ -812,103 +801,103 @@
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Research proposal </w:t>
       </w:r>
       <w:r w:rsidRPr="00387854">
         <w:t xml:space="preserve">(max 3 A4, font size 11, including references) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="13DC1019" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="13DC1019" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CEC0033" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74D05DEB" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78B005D1" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="6585E41D" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="6585E41D" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C625B95" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Abstract:</w:t>
@@ -916,152 +905,152 @@
           </w:p>
           <w:p w14:paraId="64604E6D" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DAD89A2" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="7D7D6073" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="7D7D6073" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C8D2BB0" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hypothesis:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ED1E225" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44DD6BCD" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="793E20E0" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="793E20E0" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DEA18D5" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Background:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28C7835D" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0907546A" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="3456232A" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="3456232A" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F801E52" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work plan:</w:t>
@@ -1069,54 +1058,54 @@
           </w:p>
           <w:p w14:paraId="51180DD3" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22D72FEC" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="582DD19E" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00387854" w14:paraId="582DD19E" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="678FBF19" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Relevance:</w:t>
@@ -1124,54 +1113,54 @@
           </w:p>
           <w:p w14:paraId="10A30ECE" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A7BBDD1" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="003024B0" w14:paraId="52796916" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00B52D5B" w:rsidRPr="00961D47" w14:paraId="52796916" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70CF7A4E" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52D5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Describe how this project is beneficial to the AGEM research institute as a whole:</w:t>
@@ -1179,372 +1168,414 @@
           </w:p>
           <w:p w14:paraId="6293EF5B" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60525AFC" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52D5B" w:rsidRPr="003024B0" w14:paraId="0BAF8317" w14:textId="77777777" w:rsidTr="00120F10">
+      <w:tr w:rsidR="00A6156D" w:rsidRPr="00F831D8" w14:paraId="0BAF8317" w14:textId="77777777" w:rsidTr="00F613FE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16C14E48" w14:textId="447B3C39" w:rsidR="00B52D5B" w:rsidRPr="00B52D5B" w:rsidRDefault="00161868" w:rsidP="00120F10">
-[...122 lines deleted...]
-          <w:p w14:paraId="5568ADE4" w14:textId="7345509A" w:rsidR="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
+          <w:p w14:paraId="061F1F95" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRDefault="00A6156D" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3569A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>References:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61F35A6D" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00120F10">
+          <w:p w14:paraId="730B4788" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRDefault="00A6156D" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="038E1C56" w14:textId="77777777" w:rsidR="00A13F55" w:rsidRDefault="00A13F55" w:rsidP="00120F10">
+          <w:p w14:paraId="12C41349" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRDefault="00A6156D" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BE3EE27" w14:textId="77777777" w:rsidR="00A13F55" w:rsidRPr="00E3569A" w:rsidRDefault="00A13F55" w:rsidP="00120F10">
+          <w:p w14:paraId="36699615" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRPr="00B52D5B" w:rsidRDefault="00A6156D" w:rsidP="00120F10">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="047CD716" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+    <w:p w14:paraId="047CD716" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4454148C" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
-[...7 lines deleted...]
-    <w:p w14:paraId="68A5297B" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A6156D" w:rsidRPr="00961D47" w14:paraId="728335BF" w14:textId="77777777" w:rsidTr="00A6156D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76797249" w14:textId="1C868342" w:rsidR="00A6156D" w:rsidRPr="00B52D5B" w:rsidRDefault="00A6156D" w:rsidP="00A6156D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C149F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Budget allocated by calendar year</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F45DD1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B52D5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>See</w:t>
+            </w:r>
+            <w:r w:rsidR="00D61DCD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6156D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Eligibility requirements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B52D5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="005809EB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005809EB" w:rsidRPr="00B45AC6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(not included in </w:t>
+            </w:r>
+            <w:r w:rsidR="005809EB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="005809EB" w:rsidRPr="00B45AC6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A4 maximum)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B52D5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2244EB" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRPr="00B52D5B" w:rsidRDefault="00A6156D" w:rsidP="00A6156D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EFB1C8E" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRDefault="00A6156D" w:rsidP="00A6156D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48F59DCF" w14:textId="77777777" w:rsidR="00A6156D" w:rsidRPr="00387854" w:rsidRDefault="00A6156D" w:rsidP="00B52D5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387854">
+    </w:p>
+    <w:p w14:paraId="4454148C" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68A5297B" w14:textId="77777777" w:rsidR="00B52D5B" w:rsidRPr="00387854" w:rsidRDefault="00B52D5B" w:rsidP="00B52D5B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387854">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000B534D" w14:textId="7F66B133" w:rsidR="00EA0AEC" w:rsidRPr="00AB7CD8" w:rsidRDefault="00EA0AEC" w:rsidP="00D92E1F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kop1-genummerd"/>
+    <w:p w14:paraId="4800EFF0" w14:textId="69A8A5FF" w:rsidR="00082A16" w:rsidRPr="009B7D57" w:rsidRDefault="00082A16" w:rsidP="00726E11">
+      <w:pPr>
+        <w:pStyle w:val="Titel"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00EA0AEC" w:rsidRPr="00AB7CD8" w:rsidSect="00EA0AEC">
+    <w:sectPr w:rsidR="00082A16" w:rsidRPr="009B7D57" w:rsidSect="00EA0AEC">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50A9DEFD" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47" w:rsidP="00EA0AEC">
+    <w:p w14:paraId="7EB065C2" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E" w:rsidP="00EA0AEC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65927F44" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47" w:rsidP="00EA0AEC">
+    <w:p w14:paraId="43B35869" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E" w:rsidP="00EA0AEC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="08CA67E5" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47">
+    <w:p w14:paraId="69587B47" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="LucidaSansEF">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -1609,71 +1640,71 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D4CAEA5" w14:textId="7B50825E" w:rsidR="00EA0AEC" w:rsidRPr="002F19C9" w:rsidRDefault="00EA0AEC" w:rsidP="00EA0AEC">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="AE2E3D"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002F19C9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="AE2E3D"/>
       </w:rPr>
       <w:t>www.amsterdamumc.org/agem</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36F16BD8" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47" w:rsidP="00EA0AEC">
+    <w:p w14:paraId="7B24E5B0" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E" w:rsidP="00EA0AEC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63B89682" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47" w:rsidP="00EA0AEC">
+    <w:p w14:paraId="1A27328D" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E" w:rsidP="00EA0AEC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44310A22" w14:textId="77777777" w:rsidR="001A4E47" w:rsidRDefault="001A4E47">
+    <w:p w14:paraId="46A1DC45" w14:textId="77777777" w:rsidR="00130F7E" w:rsidRDefault="00130F7E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0A2BCCDF" w14:textId="0BF69DAC" w:rsidR="00EA0AEC" w:rsidRDefault="00EA0AEC" w:rsidP="00EA0AEC">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-NL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490D260A" wp14:editId="7C99C93C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-16197</wp:posOffset>
           </wp:positionH>
@@ -1979,50 +2010,140 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F903F17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CD8823A"/>
+    <w:lvl w:ilvl="0" w:tplc="930EE6C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titel"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DED54DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9C4E80A"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2091,51 +2212,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30817B85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E508E7B2"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2204,51 +2325,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34FD0D76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25628CA0"/>
     <w:lvl w:ilvl="0" w:tplc="5C7C7880">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Lijst"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2291,51 +2412,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35A7040C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F16ECD28"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2377,51 +2498,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37B6742D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A987744"/>
+    <w:lvl w:ilvl="0" w:tplc="F22E6C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="LucidaSansEF" w:eastAsia="Times New Roman" w:hAnsi="LucidaSansEF" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D261423"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AC7A631C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Kop1-genummerd"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Kop2-genummerd"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -2495,79 +2705,165 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EF61EF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E458C344"/>
+    <w:lvl w:ilvl="0" w:tplc="0413000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F34674E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCCA20E8"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
@@ -2608,51 +2904,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="416B5D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E68E304"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2721,51 +3017,140 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44357784"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4E8CA9E"/>
+    <w:lvl w:ilvl="0" w:tplc="578E6906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1776" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="472E7552"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5565CD6"/>
     <w:lvl w:ilvl="0" w:tplc="8B4EA2CA">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2834,51 +3219,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57120A29"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7A6A850"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Lijstopsomteken"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Lijstopsomteken2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="363"/>
       </w:pPr>
@@ -2951,51 +3336,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A147030"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="603C58B6"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3064,79 +3449,79 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CF572A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33A6E70E"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
@@ -3177,51 +3562,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68107910"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF2472BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Lijstnummering"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Lijstnummering2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="363"/>
       </w:pPr>
@@ -3294,51 +3679,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B462606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA2CDD24"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3407,51 +3792,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E532A90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1158DDF0"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3520,51 +3905,140 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E575760"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A72DF66"/>
+    <w:lvl w:ilvl="0" w:tplc="F22E6C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="LucidaSansEF" w:eastAsia="Times New Roman" w:hAnsi="LucidaSansEF" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0413000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F420008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B34AC08A"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3606,51 +4080,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71BD3EE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56128172"/>
     <w:lvl w:ilvl="0" w:tplc="54C0D274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -3695,51 +4169,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6816" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C3F48D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95566EDC"/>
     <w:lvl w:ilvl="0" w:tplc="16C6E70A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3808,51 +4282,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F941658"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25C098E8"/>
     <w:lvl w:ilvl="0" w:tplc="D98ED52E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Bijlage"/>
       <w:lvlText w:val="Bijlage %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
@@ -3919,69 +4393,69 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2015457008">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="178932409">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="988676401">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1651252043">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1318341415">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1333796007">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="526871279">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="Kop1-genummerd"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlRestart w:val="0"/>
         <w:pStyle w:val="Kop2-genummerd"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
@@ -4071,364 +4545,477 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="179197954">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1028991695">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1710686686">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1289705491">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1710686686">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="1604996676">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="699089877">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1671516348">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1692799565">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="695085144">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1938833051">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="79445291">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1564292676">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="650405589">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1351490454">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1613706846">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2004510104">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="187913698">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2069645073">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1463687941">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="630750400">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="339241952">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="827865909">
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="230"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA0AEC"/>
-    <w:rsid w:val="00011B92"/>
+    <w:rsid w:val="00005CE9"/>
+    <w:rsid w:val="0002480B"/>
+    <w:rsid w:val="000269EA"/>
+    <w:rsid w:val="00032B18"/>
+    <w:rsid w:val="00034E62"/>
+    <w:rsid w:val="0004096A"/>
     <w:rsid w:val="000626FE"/>
     <w:rsid w:val="00065129"/>
+    <w:rsid w:val="00074D00"/>
+    <w:rsid w:val="00082A16"/>
+    <w:rsid w:val="00094822"/>
+    <w:rsid w:val="000D7F41"/>
     <w:rsid w:val="000F694A"/>
     <w:rsid w:val="00100039"/>
+    <w:rsid w:val="00130F7E"/>
+    <w:rsid w:val="001321D7"/>
     <w:rsid w:val="001366DF"/>
+    <w:rsid w:val="00143277"/>
     <w:rsid w:val="00150A58"/>
+    <w:rsid w:val="0015107B"/>
     <w:rsid w:val="00161868"/>
     <w:rsid w:val="00176401"/>
     <w:rsid w:val="0018527D"/>
     <w:rsid w:val="0018745D"/>
     <w:rsid w:val="00192CE3"/>
-    <w:rsid w:val="001A4E47"/>
     <w:rsid w:val="001A69AC"/>
     <w:rsid w:val="001A71D9"/>
+    <w:rsid w:val="001B45BC"/>
     <w:rsid w:val="001B590B"/>
     <w:rsid w:val="001B68FC"/>
     <w:rsid w:val="001C419B"/>
+    <w:rsid w:val="001C4B60"/>
     <w:rsid w:val="001D2297"/>
+    <w:rsid w:val="001D341F"/>
     <w:rsid w:val="001D585A"/>
+    <w:rsid w:val="001E4B62"/>
     <w:rsid w:val="001E4F30"/>
     <w:rsid w:val="002244E2"/>
     <w:rsid w:val="00225B02"/>
     <w:rsid w:val="00245EBF"/>
     <w:rsid w:val="00262347"/>
     <w:rsid w:val="002638B2"/>
+    <w:rsid w:val="00274E59"/>
     <w:rsid w:val="00276771"/>
+    <w:rsid w:val="002941A0"/>
     <w:rsid w:val="002A523A"/>
     <w:rsid w:val="002D204E"/>
     <w:rsid w:val="002E2C2E"/>
     <w:rsid w:val="002E6378"/>
     <w:rsid w:val="002F19C9"/>
     <w:rsid w:val="00300981"/>
-    <w:rsid w:val="003024B0"/>
     <w:rsid w:val="00314ABB"/>
+    <w:rsid w:val="0031605C"/>
     <w:rsid w:val="00325A20"/>
     <w:rsid w:val="0033009C"/>
     <w:rsid w:val="00336CB2"/>
+    <w:rsid w:val="00355215"/>
+    <w:rsid w:val="003668DA"/>
     <w:rsid w:val="00371091"/>
-    <w:rsid w:val="0038346E"/>
     <w:rsid w:val="00387D23"/>
+    <w:rsid w:val="003922DE"/>
     <w:rsid w:val="003C6BAD"/>
+    <w:rsid w:val="003D4F61"/>
     <w:rsid w:val="00412CE8"/>
     <w:rsid w:val="00417DBC"/>
     <w:rsid w:val="00474062"/>
     <w:rsid w:val="00476272"/>
+    <w:rsid w:val="00476FE4"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00483E6C"/>
     <w:rsid w:val="004B05EA"/>
     <w:rsid w:val="004D7188"/>
     <w:rsid w:val="004E10E2"/>
     <w:rsid w:val="004E22FB"/>
+    <w:rsid w:val="004F1265"/>
     <w:rsid w:val="00505539"/>
     <w:rsid w:val="00506189"/>
     <w:rsid w:val="005147C8"/>
-    <w:rsid w:val="00522749"/>
+    <w:rsid w:val="00520619"/>
     <w:rsid w:val="005248B3"/>
     <w:rsid w:val="00543606"/>
+    <w:rsid w:val="00546BA2"/>
     <w:rsid w:val="00557084"/>
     <w:rsid w:val="005641B9"/>
     <w:rsid w:val="00580483"/>
+    <w:rsid w:val="005809EB"/>
     <w:rsid w:val="005813A8"/>
-    <w:rsid w:val="005A613F"/>
+    <w:rsid w:val="005A0A77"/>
     <w:rsid w:val="005B2AF3"/>
+    <w:rsid w:val="005C4379"/>
     <w:rsid w:val="005C6B81"/>
     <w:rsid w:val="005E4B36"/>
     <w:rsid w:val="005F7F52"/>
     <w:rsid w:val="006074AF"/>
+    <w:rsid w:val="00635287"/>
     <w:rsid w:val="00671465"/>
+    <w:rsid w:val="006740BF"/>
     <w:rsid w:val="00674441"/>
     <w:rsid w:val="00691F06"/>
     <w:rsid w:val="006C166A"/>
     <w:rsid w:val="006C3237"/>
     <w:rsid w:val="006D7B48"/>
     <w:rsid w:val="006E1286"/>
     <w:rsid w:val="006E4851"/>
     <w:rsid w:val="006F074F"/>
+    <w:rsid w:val="006F412E"/>
+    <w:rsid w:val="006F427F"/>
+    <w:rsid w:val="006F6F74"/>
     <w:rsid w:val="00700235"/>
+    <w:rsid w:val="00726E11"/>
     <w:rsid w:val="00730405"/>
+    <w:rsid w:val="00732987"/>
     <w:rsid w:val="00735B9D"/>
     <w:rsid w:val="00743620"/>
+    <w:rsid w:val="00756B77"/>
     <w:rsid w:val="00756C6F"/>
     <w:rsid w:val="0076016E"/>
     <w:rsid w:val="00762B8A"/>
+    <w:rsid w:val="0078359B"/>
     <w:rsid w:val="007C5964"/>
     <w:rsid w:val="007D0533"/>
     <w:rsid w:val="007D0955"/>
     <w:rsid w:val="007D242A"/>
     <w:rsid w:val="007E6A9F"/>
+    <w:rsid w:val="007F0729"/>
+    <w:rsid w:val="008005C5"/>
     <w:rsid w:val="008061CC"/>
     <w:rsid w:val="00811708"/>
+    <w:rsid w:val="00814A82"/>
     <w:rsid w:val="00821D64"/>
     <w:rsid w:val="008366EC"/>
     <w:rsid w:val="00840A00"/>
+    <w:rsid w:val="008415AA"/>
     <w:rsid w:val="0086572E"/>
+    <w:rsid w:val="00872EA6"/>
     <w:rsid w:val="00873A9D"/>
     <w:rsid w:val="00877A7A"/>
     <w:rsid w:val="008959A3"/>
+    <w:rsid w:val="00896265"/>
     <w:rsid w:val="008A5C29"/>
     <w:rsid w:val="008B097D"/>
     <w:rsid w:val="008B63F6"/>
+    <w:rsid w:val="008C149F"/>
     <w:rsid w:val="008C1EFD"/>
     <w:rsid w:val="008F5807"/>
     <w:rsid w:val="008F632C"/>
     <w:rsid w:val="008F684E"/>
+    <w:rsid w:val="0090728A"/>
     <w:rsid w:val="00910F2F"/>
     <w:rsid w:val="00915C38"/>
+    <w:rsid w:val="009248D2"/>
+    <w:rsid w:val="00930405"/>
     <w:rsid w:val="00944185"/>
+    <w:rsid w:val="00961D47"/>
     <w:rsid w:val="009705E7"/>
+    <w:rsid w:val="00972219"/>
     <w:rsid w:val="009748D0"/>
     <w:rsid w:val="00984FE5"/>
     <w:rsid w:val="009856B2"/>
     <w:rsid w:val="009901C0"/>
+    <w:rsid w:val="00992515"/>
     <w:rsid w:val="00994A00"/>
+    <w:rsid w:val="009A3A1F"/>
     <w:rsid w:val="009B3AD4"/>
     <w:rsid w:val="009B60D0"/>
+    <w:rsid w:val="009B7D57"/>
     <w:rsid w:val="009C07F8"/>
+    <w:rsid w:val="009C3309"/>
+    <w:rsid w:val="009D62ED"/>
+    <w:rsid w:val="00A01B9B"/>
     <w:rsid w:val="00A11306"/>
     <w:rsid w:val="00A13F55"/>
+    <w:rsid w:val="00A17D7A"/>
     <w:rsid w:val="00A23E94"/>
     <w:rsid w:val="00A43523"/>
     <w:rsid w:val="00A52279"/>
     <w:rsid w:val="00A53A76"/>
     <w:rsid w:val="00A6031B"/>
+    <w:rsid w:val="00A607E2"/>
+    <w:rsid w:val="00A6156D"/>
+    <w:rsid w:val="00A6645B"/>
     <w:rsid w:val="00A76376"/>
+    <w:rsid w:val="00A77D65"/>
+    <w:rsid w:val="00A80C31"/>
     <w:rsid w:val="00A864F5"/>
     <w:rsid w:val="00A94301"/>
+    <w:rsid w:val="00AB3B24"/>
     <w:rsid w:val="00AB766F"/>
     <w:rsid w:val="00AB7CD8"/>
     <w:rsid w:val="00AB7FFD"/>
+    <w:rsid w:val="00AD018F"/>
     <w:rsid w:val="00AD194D"/>
     <w:rsid w:val="00AD3036"/>
     <w:rsid w:val="00AD41C0"/>
     <w:rsid w:val="00AE21B2"/>
     <w:rsid w:val="00AE43C9"/>
     <w:rsid w:val="00AE4F83"/>
     <w:rsid w:val="00B0665E"/>
     <w:rsid w:val="00B069D9"/>
+    <w:rsid w:val="00B112E8"/>
+    <w:rsid w:val="00B12837"/>
     <w:rsid w:val="00B25CE7"/>
+    <w:rsid w:val="00B42235"/>
     <w:rsid w:val="00B42813"/>
     <w:rsid w:val="00B45AC6"/>
     <w:rsid w:val="00B52D5B"/>
     <w:rsid w:val="00B67735"/>
     <w:rsid w:val="00B81975"/>
+    <w:rsid w:val="00B828FF"/>
     <w:rsid w:val="00B9795A"/>
     <w:rsid w:val="00BB0BD6"/>
     <w:rsid w:val="00BC4850"/>
+    <w:rsid w:val="00BC4B52"/>
     <w:rsid w:val="00BC4D26"/>
     <w:rsid w:val="00BC5D46"/>
     <w:rsid w:val="00BD1F77"/>
     <w:rsid w:val="00C25DEB"/>
     <w:rsid w:val="00C26620"/>
     <w:rsid w:val="00C34A5C"/>
     <w:rsid w:val="00C35334"/>
     <w:rsid w:val="00C657EF"/>
     <w:rsid w:val="00C805D6"/>
+    <w:rsid w:val="00CB1304"/>
     <w:rsid w:val="00CB203B"/>
+    <w:rsid w:val="00CB27EF"/>
+    <w:rsid w:val="00CB2814"/>
     <w:rsid w:val="00CE58E2"/>
     <w:rsid w:val="00CE790F"/>
     <w:rsid w:val="00CF0BFA"/>
     <w:rsid w:val="00D01F79"/>
     <w:rsid w:val="00D10D3E"/>
+    <w:rsid w:val="00D26E98"/>
     <w:rsid w:val="00D31895"/>
     <w:rsid w:val="00D34800"/>
     <w:rsid w:val="00D370CA"/>
     <w:rsid w:val="00D40C94"/>
     <w:rsid w:val="00D5261A"/>
+    <w:rsid w:val="00D52864"/>
     <w:rsid w:val="00D55488"/>
     <w:rsid w:val="00D604C2"/>
+    <w:rsid w:val="00D61DCD"/>
     <w:rsid w:val="00D65868"/>
     <w:rsid w:val="00D66FC4"/>
     <w:rsid w:val="00D820FC"/>
+    <w:rsid w:val="00D84A1C"/>
     <w:rsid w:val="00D8655D"/>
+    <w:rsid w:val="00D928A3"/>
     <w:rsid w:val="00D92CD5"/>
-    <w:rsid w:val="00D92E1F"/>
+    <w:rsid w:val="00DA1553"/>
     <w:rsid w:val="00DC6610"/>
     <w:rsid w:val="00DC6CB8"/>
     <w:rsid w:val="00DE55FC"/>
     <w:rsid w:val="00DF0C81"/>
     <w:rsid w:val="00DF5BA6"/>
     <w:rsid w:val="00DF6498"/>
+    <w:rsid w:val="00E02FC2"/>
     <w:rsid w:val="00E031B8"/>
     <w:rsid w:val="00E04F27"/>
+    <w:rsid w:val="00E07F1B"/>
     <w:rsid w:val="00E1684F"/>
     <w:rsid w:val="00E231DF"/>
+    <w:rsid w:val="00E27B31"/>
+    <w:rsid w:val="00E33253"/>
     <w:rsid w:val="00E3569A"/>
     <w:rsid w:val="00E366D2"/>
     <w:rsid w:val="00E41F59"/>
+    <w:rsid w:val="00E47B42"/>
     <w:rsid w:val="00E55BEF"/>
     <w:rsid w:val="00E7497C"/>
+    <w:rsid w:val="00E91B87"/>
     <w:rsid w:val="00E91C72"/>
     <w:rsid w:val="00E94B03"/>
     <w:rsid w:val="00EA0AEC"/>
     <w:rsid w:val="00EA2435"/>
+    <w:rsid w:val="00EC470D"/>
+    <w:rsid w:val="00ED0E83"/>
     <w:rsid w:val="00EE20BF"/>
     <w:rsid w:val="00EE5D27"/>
+    <w:rsid w:val="00EF09D2"/>
+    <w:rsid w:val="00F00AEF"/>
+    <w:rsid w:val="00F1087B"/>
     <w:rsid w:val="00F14D45"/>
+    <w:rsid w:val="00F215D3"/>
     <w:rsid w:val="00F26B9F"/>
+    <w:rsid w:val="00F31E41"/>
+    <w:rsid w:val="00F336E6"/>
     <w:rsid w:val="00F36382"/>
     <w:rsid w:val="00F424DF"/>
     <w:rsid w:val="00F45DD1"/>
+    <w:rsid w:val="00F613FE"/>
     <w:rsid w:val="00F62D39"/>
+    <w:rsid w:val="00F831D8"/>
     <w:rsid w:val="00F85584"/>
+    <w:rsid w:val="00FC2314"/>
     <w:rsid w:val="00FD4207"/>
     <w:rsid w:val="00FD4D37"/>
+    <w:rsid w:val="00FE3198"/>
     <w:rsid w:val="00FF732F"/>
     <w:rsid w:val="1F625748"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4830,64 +5417,63 @@
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EA0AEC"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="nl-NL"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005F7F52"/>
+    <w:rsid w:val="00094822"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:b/>
-      <w:bCs/>
+      <w:color w:val="AE2E3D"/>
       <w:kern w:val="32"/>
-      <w:sz w:val="28"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B52D5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="AE2E3D"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
@@ -5006,88 +5592,91 @@
       <w:color w:val="AE2E3D"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
     <w:name w:val="Kop 3 Char"/>
     <w:link w:val="Kop3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF6498"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
     <w:name w:val="Kop 1 Char"/>
     <w:link w:val="Kop1"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="005F7F52"/>
+    <w:rsid w:val="00094822"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="majorBidi"/>
-      <w:b/>
-      <w:bCs/>
+      <w:color w:val="AE2E3D"/>
       <w:kern w:val="32"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="TitelChar"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00A94301"/>
+    <w:rsid w:val="004F1265"/>
     <w:pPr>
+      <w:numPr>
+        <w:numId w:val="24"/>
+      </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
     <w:name w:val="Titel Char"/>
     <w:link w:val="Titel"/>
-    <w:rsid w:val="00A94301"/>
+    <w:rsid w:val="004F1265"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ondertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="OndertitelChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00EA2435"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="AE2E3D"/>
       <w:kern w:val="2"/>
@@ -5644,50 +6233,89 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F074F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML-voorafopgemaaktChar">
     <w:name w:val="HTML - vooraf opgemaakt Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="HTML-voorafopgemaakt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006F074F"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="nl-NL"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:rsid w:val="00B112E8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="00B112E8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:rsid w:val="00B112E8"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standaardtabel"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A6156D"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="80378144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1023482589">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -6165,56 +6793,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8155dca5-743a-4bcb-abef-2e5e49d9ad67" xmlns:ns3="eb201738-aebf-4277-9370-74b3debfe78f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3b3dbd2d0ad5625e0a270ffd2aa0dea" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006005914F7D4C7A418445EA5990D2B1BC" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="86cef219d681195f5edf40727aa3036e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8155dca5-743a-4bcb-abef-2e5e49d9ad67" xmlns:ns3="eb201738-aebf-4277-9370-74b3debfe78f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57434c70b308b39d48dedb42f816321c" ns2:_="" ns3:_="">
     <xsd:import namespace="8155dca5-743a-4bcb-abef-2e5e49d9ad67"/>
     <xsd:import namespace="eb201738-aebf-4277-9370-74b3debfe78f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6381,131 +7005,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8155dca5-743a-4bcb-abef-2e5e49d9ad67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="eb201738-aebf-4277-9370-74b3debfe78f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FF0CC43-B8BD-4402-93BC-9060AD4B4391}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A73DE87-40A0-4C75-A4C9-2ACD194330FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8155dca5-743a-4bcb-abef-2e5e49d9ad67"/>
     <ds:schemaRef ds:uri="eb201738-aebf-4277-9370-74b3debfe78f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{581EA6E3-639A-4968-B0FF-9D4D41939492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8155dca5-743a-4bcb-abef-2e5e49d9ad67"/>
     <ds:schemaRef ds:uri="eb201738-aebf-4277-9370-74b3debfe78f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA4A3356-FF7A-4396-840A-CF33F77B179E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D233EB2-64DC-4406-8894-6E9FA12C8971}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>185</Words>
-  <Characters>1018</Characters>
+  <Words>182</Words>
+  <Characters>1003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <CharactersWithSpaces>1183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Regt, E.J.C. de (Esther)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006005914F7D4C7A418445EA5990D2B1BC</vt:lpwstr>
   </property>