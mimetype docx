--- v0 (2025-11-26)
+++ v1 (2026-01-07)
@@ -101,51 +101,51 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC06BF">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4964" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2688"/>
         <w:gridCol w:w="6309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="38E579F5" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="38E579F5" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5AEA4250" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -428,51 +428,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B68E494" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="5EB554AB" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="5EB554AB" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5951F51A" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -485,51 +485,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3834DAA9" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="5F8ACB2E" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="5F8ACB2E" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D7E04B4" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -676,51 +676,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B27B7A9" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="007A8AC3" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="007A8AC3" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36CB0866" w14:textId="7B160983" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -953,51 +953,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E50E05C" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="5C5D5BA9" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="5C5D5BA9" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F25C16D" w14:textId="390E1ED8" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -1010,51 +1010,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="467A495D" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="43BB2064" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="43BB2064" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A9A69D6" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -1187,51 +1187,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B9DDEA4" w14:textId="77777777" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w14:paraId="0CA7CEFA" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00D06BF5" w:rsidRPr="00775E4E" w14:paraId="0CA7CEFA" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15B0EB0B" w14:textId="41CEA4BD" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
@@ -1313,51 +1313,51 @@
             </w:hyperlink>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>. We adhere to the NWO Extension clause that gives applicants for personal grants additional time on grounds of care responsibilities, medical training, or sick leave.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F35C3DD" w14:textId="2D655114" w:rsidR="00D06BF5" w:rsidRPr="00AC06BF" w:rsidRDefault="00D06BF5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2BCB" w:rsidRPr="00AC06BF" w14:paraId="24F9939B" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="005D2BCB" w:rsidRPr="00775E4E" w14:paraId="24F9939B" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="045D419E" w14:textId="38D2A445" w:rsidR="005D2BCB" w:rsidRPr="00AC6840" w:rsidRDefault="005D2BCB" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
@@ -1603,262 +1603,209 @@
           </w:tcPr>
           <w:p w14:paraId="545BC3EC" w14:textId="6DBFE6C4" w:rsidR="003360CD" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hosting department in Amsterdam UMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360CD" w:rsidRPr="00AC06BF" w14:paraId="1B7697A0" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="003360CD" w:rsidRPr="00775E4E" w14:paraId="1B7697A0" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="977"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7207F7" w14:textId="77777777" w:rsidR="003360CD" w:rsidRPr="00AC06BF" w:rsidRDefault="003360CD" w:rsidP="00FB25EC">
-[...20 lines deleted...]
-          <w:p w14:paraId="5DA84547" w14:textId="77777777" w:rsidR="003360CD" w:rsidRPr="00AC06BF" w:rsidRDefault="003360CD" w:rsidP="00FB25EC">
+          <w:p w14:paraId="5DA84547" w14:textId="370BF10C" w:rsidR="003360CD" w:rsidRPr="00775E4E" w:rsidRDefault="00775E4E" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC06BF">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00775E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Describe your current role involving managerial responsibility, e.g. in the department, research institute, Amsterdam UMC and (inter)nationally.</w:t>
+              <w:t>Please underpin your preference (max. 100 words).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EC3CC96" w14:textId="77777777" w:rsidR="003360CD" w:rsidRPr="00AC06BF" w:rsidRDefault="003360CD" w:rsidP="000D44A2">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A23153" w:rsidRPr="00AC06BF" w14:paraId="314F9048" w14:textId="77777777" w:rsidTr="00A23153">
+      <w:tr w:rsidR="00A23153" w:rsidRPr="00775E4E" w14:paraId="314F9048" w14:textId="77777777" w:rsidTr="00A23153">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="6CC7352A" w14:textId="77215534" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Which Amsterdam UMC Principal Investigator is your contact?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A23153" w:rsidRPr="00AC06BF" w14:paraId="4479F807" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00A23153" w:rsidRPr="00775E4E" w14:paraId="4479F807" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="977"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="545EF618" w14:textId="77777777" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00FB25EC">
-[...21 lines deleted...]
-          <w:p w14:paraId="5A13CBB0" w14:textId="77777777" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00FB25EC">
+          <w:p w14:paraId="5A13CBB0" w14:textId="1E1205A3" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC06BF">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35112B52" w14:textId="77777777" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="000D44A2">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C73463B" w14:textId="78BA8E08" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="000D44A2">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A23153" w:rsidRPr="00AC06BF" w14:paraId="3E0E77B9" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00A23153" w:rsidRPr="00775E4E" w14:paraId="3E0E77B9" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="0BAE7014" w14:textId="12689A8E" w:rsidR="00A23153" w:rsidRPr="00AC06BF" w:rsidRDefault="00A23153" w:rsidP="00983537">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
@@ -1867,51 +1814,51 @@
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00AC06BF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>https://www.amsterdamumc.org/en/research/institutes.htm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A23153" w:rsidRPr="00AC06BF" w14:paraId="2FAB5216" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00A23153" w:rsidRPr="00775E4E" w14:paraId="2FAB5216" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="977"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="504D9FF4" w14:textId="77777777" w:rsidR="00A23153" w:rsidRPr="00AF07C8" w:rsidRDefault="00A23153" w:rsidP="00A23153">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF07C8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -2171,51 +2118,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001775D2" w:rsidRPr="00AC06BF" w14:paraId="05006DFE" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="001775D2" w:rsidRPr="00775E4E" w14:paraId="05006DFE" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="4537B3FB" w14:textId="7C9088E4" w:rsidR="001775D2" w:rsidRPr="00AC06BF" w:rsidRDefault="007D6BC0" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2509,51 +2456,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00285008" w:rsidRPr="00AC06BF" w14:paraId="50DDE4D1" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00285008" w:rsidRPr="00775E4E" w14:paraId="50DDE4D1" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="051D51F5" w14:textId="2B87F284" w:rsidR="00285008" w:rsidRPr="00AC06BF" w:rsidRDefault="00285008" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -2634,51 +2581,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00285008" w:rsidRPr="00AC06BF" w14:paraId="7BA85BC1" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00285008" w:rsidRPr="00775E4E" w14:paraId="7BA85BC1" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="25565284" w14:textId="7792DA93" w:rsidR="00285008" w:rsidRPr="00AC06BF" w:rsidRDefault="00285008" w:rsidP="00285008">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Description of the proposed research</w:t>
             </w:r>
           </w:p>
@@ -2847,51 +2794,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005246C8" w:rsidRPr="00AC06BF" w14:paraId="75A3CD71" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="005246C8" w:rsidRPr="00775E4E" w14:paraId="75A3CD71" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FA0C49F" w14:textId="6109FF22" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="005246C8">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -2905,51 +2852,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">provide </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>your current position, and the temporary nature and perspective of your employment here</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005246C8" w:rsidRPr="00AC06BF" w14:paraId="24F81C47" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="005246C8" w:rsidRPr="00775E4E" w14:paraId="24F81C47" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="280D6568" w14:textId="7A31EEE9" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4ACFC40B" w14:textId="77777777" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="00754364">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
@@ -2957,51 +2904,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005246C8" w:rsidRPr="00AC06BF" w14:paraId="26430F31" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="005246C8" w:rsidRPr="00775E4E" w14:paraId="26430F31" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68231E02" w14:textId="49C057D0" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -3053,51 +3000,51 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4964" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2595"/>
         <w:gridCol w:w="4797"/>
         <w:gridCol w:w="1580"/>
         <w:gridCol w:w="25"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B7693" w:rsidRPr="00AC06BF" w14:paraId="31123B9F" w14:textId="77777777" w:rsidTr="00A9773B">
+      <w:tr w:rsidR="002B7693" w:rsidRPr="00775E4E" w14:paraId="31123B9F" w14:textId="77777777" w:rsidTr="00A9773B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
           </w:tcPr>
           <w:p w14:paraId="16AE201A" w14:textId="77777777" w:rsidR="002B7693" w:rsidRPr="00AC06BF" w:rsidRDefault="002B7693" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>List max. 5 of your most prestigious key publications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3451,88 +3398,88 @@
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="892" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="01A2AB84" w14:textId="77777777" w:rsidR="002B7693" w:rsidRPr="00AC06BF" w:rsidRDefault="002B7693" w:rsidP="00FB25EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005246C8" w:rsidRPr="00AC06BF" w14:paraId="415751DF" w14:textId="77777777" w:rsidTr="00A9773B">
+      <w:tr w:rsidR="005246C8" w:rsidRPr="00775E4E" w14:paraId="415751DF" w14:textId="77777777" w:rsidTr="00A9773B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="14" w:type="pct"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4986" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F3B4F20" w14:textId="2203AA34" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="005246C8">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Motivate why these are your key publications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005246C8" w:rsidRPr="00AC06BF" w14:paraId="0B4D76EF" w14:textId="77777777" w:rsidTr="00A9773B">
+      <w:tr w:rsidR="005246C8" w:rsidRPr="00775E4E" w14:paraId="0B4D76EF" w14:textId="77777777" w:rsidTr="00A9773B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="14" w:type="pct"/>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4986" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4DECAA48" w14:textId="6DC92673" w:rsidR="005246C8" w:rsidRPr="00AC06BF" w:rsidRDefault="005246C8" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
@@ -3562,51 +3509,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F146B7" w:rsidRPr="00AC06BF" w14:paraId="349B969D" w14:textId="77777777" w:rsidTr="00F146B7">
+      <w:tr w:rsidR="00F146B7" w:rsidRPr="00775E4E" w14:paraId="349B969D" w14:textId="77777777" w:rsidTr="00F146B7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AC5E2D4" w14:textId="193C6917" w:rsidR="00F146B7" w:rsidRPr="00AC06BF" w:rsidRDefault="00F146B7" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
@@ -3727,51 +3674,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Research m</w:t>
             </w:r>
             <w:r w:rsidR="005E26E5" w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>anagement experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E26E5" w:rsidRPr="00AC06BF" w14:paraId="460DF31C" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="005E26E5" w:rsidRPr="00775E4E" w14:paraId="460DF31C" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="336508C3" w14:textId="50E5007C" w:rsidR="005E26E5" w:rsidRPr="00AC06BF" w:rsidRDefault="005E26E5" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -3822,51 +3769,51 @@
           </w:tcPr>
           <w:p w14:paraId="12E62E5A" w14:textId="6C496392" w:rsidR="003E27D6" w:rsidRPr="00AC06BF" w:rsidRDefault="003E27D6" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teaching experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E27D6" w:rsidRPr="00AC06BF" w14:paraId="7853C9BB" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="003E27D6" w:rsidRPr="00775E4E" w14:paraId="7853C9BB" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2F94BE42" w14:textId="05C4A711" w:rsidR="003E27D6" w:rsidRPr="00AC06BF" w:rsidRDefault="003E27D6" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -3883,51 +3830,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A9773B" w:rsidRPr="00AC06BF" w14:paraId="04163DD4" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00A9773B" w:rsidRPr="00775E4E" w14:paraId="04163DD4" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1526945C" w14:textId="426909B2" w:rsidR="00A9773B" w:rsidRPr="006C59D9" w:rsidRDefault="00A9773B" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
@@ -3935,51 +3882,51 @@
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Valorisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D6BC0" w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and societal relevance activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9773B" w:rsidRPr="00AC06BF" w14:paraId="398A59F1" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00A9773B" w:rsidRPr="00775E4E" w14:paraId="398A59F1" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="644EAE87" w14:textId="33BFFDC6" w:rsidR="00A9773B" w:rsidRPr="00AC06BF" w:rsidRDefault="00A9773B" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -4038,85 +3985,85 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF3BE8" w:rsidRPr="00AC06BF" w14:paraId="73CF1F7E" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00EF3BE8" w:rsidRPr="00775E4E" w14:paraId="73CF1F7E" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24EB5957" w14:textId="74155F83" w:rsidR="00EF3BE8" w:rsidRPr="00AC06BF" w:rsidRDefault="00EF3BE8" w:rsidP="00FB25EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Vision on leadership, supervision, mentoring and role modelling</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3BE8" w:rsidRPr="00AC06BF" w14:paraId="25AA4ADE" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00EF3BE8" w:rsidRPr="00775E4E" w14:paraId="25AA4ADE" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6BF80A26" w14:textId="1AEF352C" w:rsidR="00EF3BE8" w:rsidRPr="00AC06BF" w:rsidRDefault="00EF3BE8" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -4153,51 +4100,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00157520" w:rsidRPr="00AC06BF" w14:paraId="4B9EA214" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00157520" w:rsidRPr="00775E4E" w14:paraId="4B9EA214" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A8857D7" w14:textId="0826698D" w:rsidR="00157520" w:rsidRPr="00AC06BF" w:rsidRDefault="00157520" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -4911,84 +4858,84 @@
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E728E4" w:rsidRPr="00AC06BF" w14:paraId="363E2445" w14:textId="77777777" w:rsidTr="00E728E4">
+      <w:tr w:rsidR="00E728E4" w:rsidRPr="00775E4E" w14:paraId="363E2445" w14:textId="77777777" w:rsidTr="00E728E4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A61346" w14:textId="66FB75DF" w:rsidR="00E728E4" w:rsidRPr="00AC06BF" w:rsidRDefault="00E728E4" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Is there any other funding of relevance to this application?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E728E4" w:rsidRPr="00AC06BF" w14:paraId="35B5D9FE" w14:textId="77777777" w:rsidTr="00E728E4">
+      <w:tr w:rsidR="00E728E4" w:rsidRPr="00775E4E" w14:paraId="35B5D9FE" w14:textId="77777777" w:rsidTr="00E728E4">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="09023B9E" w14:textId="0F6AF6BC" w:rsidR="00E728E4" w:rsidRPr="00AC06BF" w:rsidRDefault="00B80FAC" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -5005,51 +4952,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA4477" w:rsidRPr="00AC06BF" w14:paraId="78624094" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00EA4477" w:rsidRPr="00775E4E" w14:paraId="78624094" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DD03A88" w14:textId="47FD0838" w:rsidR="00EA4477" w:rsidRPr="00AC06BF" w:rsidRDefault="00EA4477" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
@@ -5577,84 +5524,84 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00267AF3" w:rsidRPr="00AC06BF" w14:paraId="658EBBA3" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00267AF3" w:rsidRPr="00775E4E" w14:paraId="658EBBA3" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BDAD7A0" w14:textId="509AC179" w:rsidR="00267AF3" w:rsidRPr="00AC06BF" w:rsidRDefault="00267AF3" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Other academic activities and collaborations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00267AF3" w:rsidRPr="00AC06BF" w14:paraId="245A30B5" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00267AF3" w:rsidRPr="00775E4E" w14:paraId="245A30B5" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2FC143FE" w14:textId="3160981D" w:rsidR="00267AF3" w:rsidRPr="00AC06BF" w:rsidRDefault="00267AF3" w:rsidP="00FB25EC">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="413CDE76" w14:textId="77777777" w:rsidR="00AF56FB" w:rsidRPr="00AC06BF" w:rsidRDefault="00AF56FB" w:rsidP="00754364">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
@@ -5687,51 +5634,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> SWOT analysis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelrasterlicht"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00356DDA" w:rsidRPr="00AC06BF" w14:paraId="23FC0E74" w14:textId="77777777" w:rsidTr="00FB25EC">
+      <w:tr w:rsidR="00356DDA" w:rsidRPr="00775E4E" w14:paraId="23FC0E74" w14:textId="77777777" w:rsidTr="00FB25EC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F156CCE" w14:textId="3FED445A" w:rsidR="00356DDA" w:rsidRPr="00AC06BF" w:rsidRDefault="00356DDA" w:rsidP="00FB25EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7290,84 +7237,85 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="185486760">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="193007836">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1892377516">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1992708378">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="16928250">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="283386270">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00891E8D"/>
     <w:rsid w:val="000114FC"/>
     <w:rsid w:val="00012C32"/>
     <w:rsid w:val="00013480"/>
     <w:rsid w:val="0004060F"/>
     <w:rsid w:val="0004064D"/>
+    <w:rsid w:val="00050889"/>
     <w:rsid w:val="000551D1"/>
     <w:rsid w:val="00061581"/>
     <w:rsid w:val="00066F31"/>
     <w:rsid w:val="000706DA"/>
     <w:rsid w:val="000A0B92"/>
     <w:rsid w:val="000A44C3"/>
     <w:rsid w:val="000B5A18"/>
     <w:rsid w:val="000C2094"/>
     <w:rsid w:val="000D2DAE"/>
     <w:rsid w:val="000D44A2"/>
     <w:rsid w:val="000D679C"/>
     <w:rsid w:val="000E1C77"/>
     <w:rsid w:val="000F198C"/>
     <w:rsid w:val="00114845"/>
     <w:rsid w:val="001231CE"/>
     <w:rsid w:val="001311C8"/>
     <w:rsid w:val="0014260C"/>
     <w:rsid w:val="0015485E"/>
     <w:rsid w:val="00157520"/>
     <w:rsid w:val="00171EBF"/>
     <w:rsid w:val="0017443B"/>
     <w:rsid w:val="001775D2"/>
     <w:rsid w:val="00184CA8"/>
     <w:rsid w:val="001927D6"/>
     <w:rsid w:val="001A0083"/>
@@ -7452,129 +7400,133 @@
     <w:rsid w:val="006001A4"/>
     <w:rsid w:val="00604158"/>
     <w:rsid w:val="006043CC"/>
     <w:rsid w:val="00605D45"/>
     <w:rsid w:val="00640E57"/>
     <w:rsid w:val="006410B8"/>
     <w:rsid w:val="00653112"/>
     <w:rsid w:val="0065688B"/>
     <w:rsid w:val="00663AE2"/>
     <w:rsid w:val="00676019"/>
     <w:rsid w:val="00682A64"/>
     <w:rsid w:val="006909AE"/>
     <w:rsid w:val="006A4E98"/>
     <w:rsid w:val="006C18B2"/>
     <w:rsid w:val="006C59D9"/>
     <w:rsid w:val="006F257C"/>
     <w:rsid w:val="006F7D13"/>
     <w:rsid w:val="00723BD6"/>
     <w:rsid w:val="00725C65"/>
     <w:rsid w:val="00743134"/>
     <w:rsid w:val="00743320"/>
     <w:rsid w:val="00745031"/>
     <w:rsid w:val="00754364"/>
     <w:rsid w:val="00766AAA"/>
     <w:rsid w:val="00773328"/>
+    <w:rsid w:val="00775E4E"/>
     <w:rsid w:val="007803F3"/>
     <w:rsid w:val="00797CB2"/>
     <w:rsid w:val="007A26A4"/>
     <w:rsid w:val="007A5DB7"/>
     <w:rsid w:val="007C2C64"/>
     <w:rsid w:val="007D6BC0"/>
     <w:rsid w:val="007F4314"/>
     <w:rsid w:val="00805DF1"/>
     <w:rsid w:val="00821E13"/>
     <w:rsid w:val="00833080"/>
     <w:rsid w:val="00837F13"/>
     <w:rsid w:val="008457BA"/>
     <w:rsid w:val="00852493"/>
     <w:rsid w:val="008634F4"/>
     <w:rsid w:val="008747B9"/>
     <w:rsid w:val="008775E1"/>
     <w:rsid w:val="00891E8D"/>
     <w:rsid w:val="00891ED7"/>
     <w:rsid w:val="008B6342"/>
     <w:rsid w:val="008C01F1"/>
     <w:rsid w:val="008C051E"/>
     <w:rsid w:val="008C4C42"/>
     <w:rsid w:val="008E38BE"/>
     <w:rsid w:val="008E60D9"/>
     <w:rsid w:val="008E7DD2"/>
     <w:rsid w:val="008E7E41"/>
     <w:rsid w:val="008F7136"/>
     <w:rsid w:val="00907B97"/>
     <w:rsid w:val="0092682D"/>
+    <w:rsid w:val="00954652"/>
     <w:rsid w:val="00971842"/>
     <w:rsid w:val="009764E6"/>
     <w:rsid w:val="009823A9"/>
     <w:rsid w:val="00983537"/>
     <w:rsid w:val="009B6BA6"/>
     <w:rsid w:val="009B7CC7"/>
     <w:rsid w:val="009C230F"/>
     <w:rsid w:val="009C45D6"/>
     <w:rsid w:val="009E27D3"/>
     <w:rsid w:val="00A11881"/>
     <w:rsid w:val="00A16FAF"/>
     <w:rsid w:val="00A21339"/>
     <w:rsid w:val="00A23153"/>
     <w:rsid w:val="00A27A78"/>
     <w:rsid w:val="00A3697F"/>
     <w:rsid w:val="00A47102"/>
     <w:rsid w:val="00A4794D"/>
     <w:rsid w:val="00A91238"/>
     <w:rsid w:val="00A9773B"/>
     <w:rsid w:val="00AA0C84"/>
     <w:rsid w:val="00AB4CBA"/>
     <w:rsid w:val="00AC06BF"/>
     <w:rsid w:val="00AC24D3"/>
     <w:rsid w:val="00AC6840"/>
     <w:rsid w:val="00AC78BA"/>
     <w:rsid w:val="00AD1585"/>
     <w:rsid w:val="00AD4E9A"/>
     <w:rsid w:val="00AF07C8"/>
     <w:rsid w:val="00AF56FB"/>
+    <w:rsid w:val="00B301D9"/>
     <w:rsid w:val="00B31477"/>
     <w:rsid w:val="00B31DBA"/>
     <w:rsid w:val="00B326AC"/>
     <w:rsid w:val="00B404CB"/>
     <w:rsid w:val="00B52BC8"/>
     <w:rsid w:val="00B80FAC"/>
     <w:rsid w:val="00B8610B"/>
     <w:rsid w:val="00B9476B"/>
     <w:rsid w:val="00B960DE"/>
     <w:rsid w:val="00B97386"/>
     <w:rsid w:val="00BE40D8"/>
     <w:rsid w:val="00C2734C"/>
     <w:rsid w:val="00C42DAE"/>
     <w:rsid w:val="00C506F4"/>
     <w:rsid w:val="00C544E3"/>
     <w:rsid w:val="00C627CB"/>
     <w:rsid w:val="00C65BA0"/>
     <w:rsid w:val="00C7583C"/>
     <w:rsid w:val="00C77478"/>
     <w:rsid w:val="00C81624"/>
     <w:rsid w:val="00C933EB"/>
+    <w:rsid w:val="00C95755"/>
     <w:rsid w:val="00CA0878"/>
     <w:rsid w:val="00CB27DD"/>
     <w:rsid w:val="00CB5763"/>
     <w:rsid w:val="00CC34E4"/>
     <w:rsid w:val="00CD28B2"/>
     <w:rsid w:val="00CD7B04"/>
     <w:rsid w:val="00CD7FAE"/>
     <w:rsid w:val="00D06BF5"/>
     <w:rsid w:val="00D20B2C"/>
     <w:rsid w:val="00D43196"/>
     <w:rsid w:val="00D45549"/>
     <w:rsid w:val="00D56875"/>
     <w:rsid w:val="00D56B15"/>
     <w:rsid w:val="00D6397A"/>
     <w:rsid w:val="00D75FEE"/>
     <w:rsid w:val="00D87561"/>
     <w:rsid w:val="00D91E2A"/>
     <w:rsid w:val="00D979F9"/>
     <w:rsid w:val="00DA46E3"/>
     <w:rsid w:val="00DA79B2"/>
     <w:rsid w:val="00DB1F5B"/>
     <w:rsid w:val="00DC20F5"/>
     <w:rsid w:val="00DD2472"/>
     <w:rsid w:val="00DD7DA9"/>
     <w:rsid w:val="00DE3860"/>
@@ -7980,50 +7932,51 @@
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -8666,75 +8619,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{585403AC-CCE7-4EDB-9215-641F06855520}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>808</Words>
-  <Characters>5134</Characters>
+  <Words>872</Words>
+  <Characters>4801</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CONCEPT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AMC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5931</CharactersWithSpaces>
+  <CharactersWithSpaces>5662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3473507</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.amsterdamumc.org/en/research/institutes.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>