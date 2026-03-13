--- v0 (2025-11-19)
+++ v1 (2026-03-13)
@@ -1,102 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0AEF2C58" w14:textId="41FB583A" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
+    <w:p w14:paraId="0AEF2C58" w14:textId="19F1E03D" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="00192E29">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E36F1">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS-Bold" w:hAnsi="TrebuchetMS-Bold" w:cs="TrebuchetMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Application form APH-GH Collaboration Grant 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A41020">
+      <w:r w:rsidR="001317EB">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS-Bold" w:hAnsi="TrebuchetMS-Bold" w:cs="TrebuchetMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1484DCC0" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48156EBE" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -1329,50 +1331,51 @@
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>hypothesis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B2D019" w14:textId="634D853E" w:rsidR="009F70A8" w:rsidRPr="000B38C9" w:rsidRDefault="00CB6B10" w:rsidP="00C87D4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -1685,51 +1688,69 @@
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>desc</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA134C">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ription of the novelty and innovation of the proposed project</w:t>
+        <w:t xml:space="preserve">ription of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
+          <w:color w:val="090909"/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the novelty and innovation of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA134C">
+        <w:rPr>
+          <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
+          <w:color w:val="090909"/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the proposed project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006DD11B" w14:textId="53913719" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="00C87D4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2192,57 +2213,67 @@
         </w:rPr>
         <w:t xml:space="preserve">Personal details </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2B249E" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="004C454C" w:rsidRDefault="009F70A8" w:rsidP="00C87D4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C454C">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education/training  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C454C">
+        <w:rPr>
+          <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
+          <w:color w:val="090909"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/training  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7128B709" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="004C454C" w:rsidRDefault="009F70A8" w:rsidP="00C87D4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C454C">
@@ -2251,161 +2282,99 @@
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
         <w:t>Positions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C454C">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C454C">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
         </w:rPr>
         <w:t>Honors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4202C2A4" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="004C454C" w:rsidRDefault="009F70A8" w:rsidP="00C87D4D">
+    <w:p w14:paraId="7EF1D67B" w14:textId="2110E7FC" w:rsidR="009F70A8" w:rsidRPr="00C14547" w:rsidRDefault="009F70A8" w:rsidP="00C87D4D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2125"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14547">
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
           <w:color w:val="090909"/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Brief summary of research over the last five years and collaborations</w:t>
-[...50 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Brief summary of research over the last five years</w:t>
+      </w:r>
+      <w:r w:rsidR="009943F0">
+        <w:rPr>
+          <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
+          <w:color w:val="090909"/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including key publications </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14547">
+        <w:rPr>
+          <w:rFonts w:ascii="TrebuchetMS" w:hAnsi="TrebuchetMS" w:cs="TrebuchetMS"/>
+          <w:color w:val="090909"/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and collaborations</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7F48C398" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="24" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="TrebuchetMS-Italic" w:hAnsi="TrebuchetMS-Italic" w:cs="TrebuchetMS-Italic"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25848ADE" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="00AA134C" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
@@ -2441,208 +2410,291 @@
     <w:p w14:paraId="14BA75F4" w14:textId="77777777" w:rsidR="009F70A8" w:rsidRPr="00323682" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00323682">
         <w:rPr>
           <w:rFonts w:cs="TrebuchetMS"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Send the completed application form (PDF-file) </w:t>
+        <w:t>Send the completed application form (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PDF-file</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323682">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504BC291" w14:textId="5F90D499" w:rsidR="009F70A8" w:rsidRPr="00942796" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
+    <w:p w14:paraId="504BC291" w14:textId="2610631F" w:rsidR="009F70A8" w:rsidRPr="00942796" w:rsidRDefault="009F70A8" w:rsidP="009F70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00323682">
         <w:rPr>
           <w:rFonts w:cs="TrebuchetMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">before </w:t>
       </w:r>
-      <w:r w:rsidR="002A3463">
+      <w:r w:rsidR="00285C38" w:rsidRPr="00192E29">
         <w:rPr>
           <w:rFonts w:cs="TrebuchetMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>May 19, 2025</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B37AAE">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00285C38" w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1ACB" w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3463" w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00285C38" w:rsidRPr="00192E29">
+        <w:rPr>
+          <w:rFonts w:cs="TrebuchetMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00323682">
         <w:rPr>
           <w:rFonts w:cs="TrebuchetMS"/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00942796" w:rsidRPr="00942796">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>aph.globalhealth@amsterdamumc.nl</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3BC527C6" w14:textId="77777777" w:rsidR="009D2974" w:rsidRPr="009D2974" w:rsidRDefault="009D2974" w:rsidP="009F70A8">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009D2974" w:rsidRPr="009D2974" w:rsidSect="00627476">
+    <w:sectPr w:rsidR="009D2974" w:rsidRPr="009D2974" w:rsidSect="00192E29">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1701" w:footer="2268" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1701" w:footer="1718" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29EAC319" w14:textId="77777777" w:rsidR="004B2835" w:rsidRDefault="004B2835" w:rsidP="00A17ABF">
+    <w:p w14:paraId="4D0A1BEB" w14:textId="77777777" w:rsidR="005C654C" w:rsidRDefault="005C654C" w:rsidP="00A17ABF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B994A5F" w14:textId="77777777" w:rsidR="004B2835" w:rsidRDefault="004B2835" w:rsidP="00A17ABF">
+    <w:p w14:paraId="35626FA1" w14:textId="77777777" w:rsidR="005C654C" w:rsidRDefault="005C654C" w:rsidP="00A17ABF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPS-BoldMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TrebuchetMS-Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -2672,302 +2724,367 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6172E67B" w14:textId="530245B9" w:rsidR="00CC63E7" w:rsidRPr="00CC63E7" w:rsidRDefault="00627476" w:rsidP="00CC63E7">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:firstLine="708"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D35F395" wp14:editId="704C9BE8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D35F395" wp14:editId="75AFBA02">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>25153</wp:posOffset>
+            <wp:posOffset>24765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>453027</wp:posOffset>
+            <wp:posOffset>100330</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7524409" cy="1123950"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Afbeelding 2"/>
+          <wp:docPr id="373718862" name="Afbeelding 373718862"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Afbeelding 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7524409" cy="1123950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25440FF3" w14:textId="334E9BDA" w:rsidR="00192E29" w:rsidRDefault="00192E29" w:rsidP="00192E29">
+    <w:pPr>
+      <w:pStyle w:val="Voettekst"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33E95BEB" wp14:editId="05D1DFC4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>16510</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>180340</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7524409" cy="1123950"/>
+          <wp:effectExtent l="0" t="0" r="635" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1986490670" name="Afbeelding 1986490670" descr="Afbeelding met tekst, schermopname, Lettertype, logo&#10;&#10;Door AI gegenereerde inhoud is mogelijk onjuist."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2100133918" name="Afbeelding 2100133918" descr="Afbeelding met tekst, schermopname, Lettertype, logo&#10;&#10;Door AI gegenereerde inhoud is mogelijk onjuist."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7524409" cy="1123950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> Page 1 of 2</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2593BFDC" w14:textId="77777777" w:rsidR="004B2835" w:rsidRDefault="004B2835" w:rsidP="00A17ABF">
+    <w:p w14:paraId="58A7E149" w14:textId="77777777" w:rsidR="005C654C" w:rsidRDefault="005C654C" w:rsidP="00A17ABF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D6313D0" w14:textId="77777777" w:rsidR="004B2835" w:rsidRDefault="004B2835" w:rsidP="00A17ABF">
+    <w:p w14:paraId="65855327" w14:textId="77777777" w:rsidR="005C654C" w:rsidRDefault="005C654C" w:rsidP="00A17ABF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D3D65A6" w14:textId="09C9C3D7" w:rsidR="00CC63E7" w:rsidRDefault="00CC63E7" w:rsidP="00CC63E7">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C6AD278" wp14:editId="3CC37080">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C6AD278" wp14:editId="0786257C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+            <wp:posOffset>2727960</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-514894</wp:posOffset>
+            <wp:posOffset>-838200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="300355" cy="369570"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="4" name="Afbeelding 4" descr="Afbeelding met Graphics, symbool, clipart, ontwerp&#10;&#10;Automatisch gegenereerde beschrijving"/>
+          <wp:docPr id="1921649756" name="Afbeelding 1921649756" descr="Afbeelding met Graphics, symbool, clipart, ontwerp&#10;&#10;Automatisch gegenereerde beschrijving"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Afbeelding 4" descr="Afbeelding met Graphics, symbool, clipart, ontwerp&#10;&#10;Automatisch gegenereerde beschrijving"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="300355" cy="369570"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="033DF124" w14:textId="4EFD0903" w:rsidR="00CC63E7" w:rsidRDefault="00CC63E7">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C4FA2C9" wp14:editId="74E9DCF2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-921385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-1040130</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7626985" cy="3585210"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
-          <wp:docPr id="1" name="Afbeelding 1"/>
+          <wp:docPr id="1459934732" name="Afbeelding 1459934732"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Afbeelding 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7626985" cy="3585210"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20A17E03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F830D844"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4869,179 +4986,195 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="480930788">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1548031826">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1565139421">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1060984112">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="302080147">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1878734706">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A17ABF"/>
     <w:rsid w:val="00014C99"/>
     <w:rsid w:val="00070454"/>
     <w:rsid w:val="000B38C9"/>
     <w:rsid w:val="001176E1"/>
+    <w:rsid w:val="001317EB"/>
+    <w:rsid w:val="001451F5"/>
+    <w:rsid w:val="00192E29"/>
     <w:rsid w:val="001A71D9"/>
     <w:rsid w:val="001E36F1"/>
+    <w:rsid w:val="00220A5E"/>
     <w:rsid w:val="00222A2B"/>
     <w:rsid w:val="00225B02"/>
+    <w:rsid w:val="00226D3A"/>
+    <w:rsid w:val="002641C9"/>
+    <w:rsid w:val="00284316"/>
+    <w:rsid w:val="00285C38"/>
     <w:rsid w:val="002A3463"/>
     <w:rsid w:val="00315BB9"/>
     <w:rsid w:val="00323682"/>
     <w:rsid w:val="0039246E"/>
     <w:rsid w:val="003D59D0"/>
+    <w:rsid w:val="0043601B"/>
     <w:rsid w:val="00476272"/>
     <w:rsid w:val="004A1414"/>
-    <w:rsid w:val="004B2835"/>
     <w:rsid w:val="004E10E2"/>
+    <w:rsid w:val="004E5504"/>
     <w:rsid w:val="00505539"/>
     <w:rsid w:val="00506189"/>
     <w:rsid w:val="005147C8"/>
     <w:rsid w:val="00544970"/>
     <w:rsid w:val="005B2AF3"/>
+    <w:rsid w:val="005C654C"/>
     <w:rsid w:val="005E4B36"/>
     <w:rsid w:val="00627476"/>
     <w:rsid w:val="0064278A"/>
     <w:rsid w:val="0068442F"/>
     <w:rsid w:val="006E1286"/>
     <w:rsid w:val="006F6397"/>
+    <w:rsid w:val="00706ECD"/>
     <w:rsid w:val="00733DFD"/>
     <w:rsid w:val="00750F07"/>
     <w:rsid w:val="007D0955"/>
     <w:rsid w:val="007D5E49"/>
     <w:rsid w:val="00821D64"/>
     <w:rsid w:val="00840A00"/>
-    <w:rsid w:val="0089520C"/>
+    <w:rsid w:val="00857FDA"/>
     <w:rsid w:val="009000FA"/>
     <w:rsid w:val="00915C38"/>
     <w:rsid w:val="009322CB"/>
     <w:rsid w:val="00942796"/>
     <w:rsid w:val="00944185"/>
+    <w:rsid w:val="009943F0"/>
     <w:rsid w:val="009A2E84"/>
     <w:rsid w:val="009B60D0"/>
     <w:rsid w:val="009D2974"/>
     <w:rsid w:val="009F70A8"/>
     <w:rsid w:val="00A17ABF"/>
-    <w:rsid w:val="00A27AFF"/>
+    <w:rsid w:val="00A238B1"/>
     <w:rsid w:val="00A41020"/>
     <w:rsid w:val="00A87508"/>
     <w:rsid w:val="00AD3036"/>
+    <w:rsid w:val="00B37AAE"/>
     <w:rsid w:val="00B42813"/>
+    <w:rsid w:val="00B57855"/>
     <w:rsid w:val="00B919C5"/>
     <w:rsid w:val="00B9717C"/>
     <w:rsid w:val="00BB0BD6"/>
     <w:rsid w:val="00BB433A"/>
     <w:rsid w:val="00C01C01"/>
     <w:rsid w:val="00C2662A"/>
     <w:rsid w:val="00C558B4"/>
     <w:rsid w:val="00C87D4D"/>
     <w:rsid w:val="00CB6B10"/>
+    <w:rsid w:val="00CC1ACB"/>
     <w:rsid w:val="00CC63E7"/>
-    <w:rsid w:val="00CE168F"/>
     <w:rsid w:val="00CF0BFA"/>
     <w:rsid w:val="00D201DC"/>
     <w:rsid w:val="00D66FC4"/>
+    <w:rsid w:val="00DA33A1"/>
     <w:rsid w:val="00DF6498"/>
     <w:rsid w:val="00E1684F"/>
     <w:rsid w:val="00E366D2"/>
     <w:rsid w:val="00E55BEF"/>
     <w:rsid w:val="00E83A7D"/>
+    <w:rsid w:val="00F16B4F"/>
     <w:rsid w:val="00FF732F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="592D7EDD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2746741-E38D-417D-A314-3A7CC840DA9C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5943,75 +6076,79 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00323682"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisie">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A41020"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1593582165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aph.globalhealth@amsterdamumc.nl?subject=Application%20Collaboration%20Grant%202025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aph.globalhealth@amsterdamumc.nl?subject=Application%20Collaboration%20Grant%202025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -6460,57 +6597,57 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cfdd5b53-9357-4da0-b98a-83bb99318b32"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{581EA6E3-639A-4968-B0FF-9D4D41939492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>258</Words>
-  <Characters>1421</Characters>
+  <Words>259</Words>
+  <Characters>1426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1676</CharactersWithSpaces>
+  <CharactersWithSpaces>1682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelder, E.S. (Eva)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>