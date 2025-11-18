--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9A6D555-9C32-479F-ADC9-9E658F021E61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{198CA62E-89EF-491C-91B0-6C302774E58A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview calendar all grants" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="769" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="729">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>European</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>Deadlines Oncology-relevant grants</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
@@ -1704,53 +1704,50 @@
   <si>
     <t xml:space="preserve">Gastrostart </t>
   </si>
   <si>
     <t>NWO KIC Smart Tech for Everyone, Everywhere (LOI)</t>
   </si>
   <si>
     <t>Hanarth Fonds research projects (full proposal)</t>
   </si>
   <si>
     <t>Hanarth Fonds Fellowships</t>
   </si>
   <si>
     <t>Kika Research projects and pilot projects</t>
   </si>
   <si>
     <t>PharmaNL Shared Development Infrastructure 2025 (project idea)</t>
   </si>
   <si>
     <t>Lymph&amp;Co Paul Fentener van Vlissingen Fellowship (pre-proposal)</t>
   </si>
   <si>
     <t>KWF Proof of Concept 2025-3</t>
   </si>
   <si>
-    <t>NWO KIC Smart Tech for Everyone, Everywhere (full proposal)</t>
-[...1 lines deleted...]
-  <si>
     <t>NWO Rubicon</t>
   </si>
   <si>
     <t>SWISS Bridge Award</t>
   </si>
   <si>
     <t>CRUK Therapeutic Catalyst (pre-proposal)</t>
   </si>
   <si>
     <t>CRUK Drug Development Project</t>
   </si>
   <si>
     <t>CRUK Cancer Grand Challenges (pre-proposal)</t>
   </si>
   <si>
     <t>CRUK Cancer Grand Challenges (full proposal)</t>
   </si>
   <si>
     <t>Gateway All Grant Programs</t>
   </si>
   <si>
     <t>MMRF Myeloma Omics Initiative Programma</t>
   </si>
   <si>
     <t>The Mark Foundation Endaevor Award</t>
@@ -1932,101 +1929,95 @@
   <si>
     <t>ERC Consolidator Grant</t>
   </si>
   <si>
     <t>KWF Exploration Call 2025-3 (full proposal)</t>
   </si>
   <si>
     <t>KWF Exploration Call 2026-1 (pre-proposal)</t>
   </si>
   <si>
     <t>KWF Development Call 2026-2 (pre-proposal)</t>
   </si>
   <si>
     <t>ZonMW Onderzoek met Bestaande Data ronde 2</t>
   </si>
   <si>
     <t xml:space="preserve">ZonMW Voorbereidende implementatieactiviteiten ronde 1 </t>
   </si>
   <si>
     <t>ZonMW Passende zorg voor ongeneeslijk zieke mensen</t>
   </si>
   <si>
     <t>ZonMW Grote Trials Ronde 7 (projectidee)</t>
   </si>
   <si>
-    <t>ZonMW Grote Trials Ronde 7 (full proposal)</t>
-[...1 lines deleted...]
-  <si>
     <t>ZonMW IMDI vraaggestuurde innovaties</t>
   </si>
   <si>
     <t>Health~Holland PPS-programma (pre-proposal)</t>
   </si>
   <si>
     <t>Health~Holland PPS-programma (full proposal)</t>
   </si>
   <si>
     <t>Health~Holland International Kickstarter (pre-proposal)</t>
   </si>
   <si>
     <t>Health~Holland International Kickstarter (full proposal)</t>
   </si>
   <si>
     <t>C-Further call for collaborative projects (LOI)</t>
   </si>
   <si>
     <t>MRA: Characterization of Rare Melanoma Preclinical Models (LOI)</t>
   </si>
   <si>
     <t>MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (LOI)</t>
   </si>
   <si>
     <t>LCRF Team Science Award (LOI)</t>
   </si>
   <si>
     <t>LCRF – Boehringer Ingelheim Early Investigator Award (LOI)</t>
   </si>
   <si>
     <t>LCRF – Boehringer Ingelheim Team Science Award (LOI)</t>
   </si>
   <si>
     <t>ERC Starting Grant</t>
   </si>
   <si>
     <t>ERC Advanced Grant</t>
   </si>
   <si>
     <t>ERC Synergy Grant</t>
   </si>
   <si>
     <t>KWF BOOST (Bridging Obstacles for Optimal model use via Shared Technical expertise)</t>
   </si>
   <si>
-    <t>ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)</t>
-[...1 lines deleted...]
-  <si>
     <t>ZonMW Research initiated ronde 1: Bewegen naar passende zorg (intentie)</t>
   </si>
   <si>
     <t>Leukemia &amp; Lymphoma Society Translational Research Program (LOI)</t>
   </si>
   <si>
     <t>Leukemia &amp; Lymphoma Society Translational Research Program (full proposal)</t>
   </si>
   <si>
     <t>ASCO Career Development Award</t>
   </si>
   <si>
     <t>Gateway All Grant Programs (LOI)</t>
   </si>
   <si>
     <t>Leukemia &amp; Lymphoma Society Discovery Grant Program (LOI)</t>
   </si>
   <si>
     <t>Relevant grant deadlines for CCA researchers</t>
   </si>
   <si>
     <t>DKMS John Hansen Research Grant</t>
   </si>
   <si>
     <t>World Cancer Research Fund - Regular Grant Programme (pre-proposals)</t>
@@ -2040,53 +2031,50 @@
   <si>
     <t>IASLC Career Advancement Grant (full proposal)</t>
   </si>
   <si>
     <t>Collaborative Pediatric Cancer Research Awards Program (LOI)</t>
   </si>
   <si>
     <t>Collaborative Pediatric Cancer Research Awards Program (full proposal)</t>
   </si>
   <si>
     <t>NWO Vidi (pre-proposal)</t>
   </si>
   <si>
     <t>NWO Vidi (full proposal)</t>
   </si>
   <si>
     <t>ZonMW Open Competitie (full proposal)</t>
   </si>
   <si>
     <t>Worldwide Cancer Research 2026 Grant Round (expected opening)</t>
   </si>
   <si>
     <t>ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)</t>
   </si>
   <si>
-    <t>ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (full proposal)</t>
-[...1 lines deleted...]
-  <si>
     <t>ZonMW PharmaNL Shared Development Infrastructure 2025</t>
   </si>
   <si>
     <t>Health~Holland Organ-on-Chip call (pre-proposal)</t>
   </si>
   <si>
     <t>Health~Holland Organ-on-Chip call (full-proposal)</t>
   </si>
   <si>
     <t>NWO KIC Medicines from medicines (full proposal)</t>
   </si>
   <si>
     <t>NWO Open Competition ENW M</t>
   </si>
   <si>
     <t>NWO ENW XS 25-3</t>
   </si>
   <si>
     <t>NWO KIC Demand-driven Research by Consortia – XL (pre-proposal)</t>
   </si>
   <si>
     <t>NWO KIC Demand-driven Research by Consortia – XL (full proposal)</t>
   </si>
   <si>
     <t>NWO Perspectief round 2025-2026 (pre-proposal)</t>
@@ -2097,87 +2085,186 @@
   <si>
     <t>NWO Perspectief round 2025-2026 (full proposal)</t>
   </si>
   <si>
     <t>Leukemia &amp; Lymphoma Society Discovery Grant Program (full proposal)</t>
   </si>
   <si>
     <t>Mark Foundation Endeavor Award (LOI)</t>
   </si>
   <si>
     <t>KWF Young Investigator Grant 2026 (pre-proposal)</t>
   </si>
   <si>
     <t>KWF internal deadline pre-proposal 2026-1 EXPL, 2026-2 DEV and 2026 YIG calls</t>
   </si>
   <si>
     <t>NWO Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (full proposal)</t>
   </si>
   <si>
     <t>NWO Perspectief round 2025-2026 (LOI)</t>
   </si>
   <si>
     <t>UvA Fund Impact Call Award</t>
   </si>
   <si>
-    <t>ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3 (projectidee)</t>
-[...4 lines deleted...]
-  <si>
     <t>CRUK Data for Children’s and Young People’s Cancer Programme Award</t>
   </si>
   <si>
     <t>Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)</t>
   </si>
   <si>
     <t>Cancer Research Institute Clinic &amp; Laboratory Integration Program (full proposal)</t>
   </si>
   <si>
     <t>NWO Rubicon 2026-1</t>
   </si>
   <si>
     <t>NWO Rubicon 2025-3</t>
   </si>
   <si>
     <t>RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)</t>
   </si>
   <si>
     <t>RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (full proposal)</t>
   </si>
   <si>
     <t xml:space="preserve">Rene Vogels Stichting travel grant </t>
   </si>
   <si>
     <t>AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)</t>
   </si>
   <si>
     <t>AACR Anna D. Barker Basic Cancer Research Fellowship (full proposal)</t>
   </si>
   <si>
     <t>Rising Tide Clinical Cancer Research Grant</t>
+  </si>
+  <si>
+    <t>NWO Impact Explorer 2025</t>
+  </si>
+  <si>
+    <t>NWO KIC Reducing health inequalities – Technology for people in a lower socioeconomic position (full proposal)</t>
+  </si>
+  <si>
+    <t>NWO Research Infrastructure (RI): national consortia (LOI)</t>
+  </si>
+  <si>
+    <t>NWO Research Infrastructure (RI): national consortia (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw: Voorbereidende implementatieactiviteiten Ronde 2 - medisch-specialistische zorg</t>
+  </si>
+  <si>
+    <t>KWF Development Call 2026-2 (full proposal)</t>
+  </si>
+  <si>
+    <t>KWF Young Investigator Grant 2026 (full proposal)</t>
+  </si>
+  <si>
+    <t>KWF Exploration Call 2026-1 (full proposal)</t>
+  </si>
+  <si>
+    <t>KWF INTER-LOCAL (pre-proposal)</t>
+  </si>
+  <si>
+    <t>EU Mission Cancer 2026</t>
+  </si>
+  <si>
+    <t>EU Cluster Health Programme 2026</t>
+  </si>
+  <si>
+    <t>Kika reseach and pilot projects</t>
+  </si>
+  <si>
+    <t>Kika research programs (pre-proposal)</t>
+  </si>
+  <si>
+    <t>Kika research programs (full proposal)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EU4 Health 2025 </t>
+  </si>
+  <si>
+    <t>Amsterdam UMC Postdoc Career Bridging Grant</t>
+  </si>
+  <si>
+    <t>ZonMw Research initiated ronde 1: Bewegen naar passende zorg (project idea)</t>
+  </si>
+  <si>
+    <t>ZonMw Goed Gebruik Geneesmiddelen Implementatie Ronde 3 (projectidee)</t>
+  </si>
+  <si>
+    <t>ZonMw: Voorbereidende implementatieactiviteiten Ronde 2 – niet-medisch-specialistische zorg</t>
+  </si>
+  <si>
+    <t>ZonMw: Conducting a systematic literature review of animal studies 2025</t>
+  </si>
+  <si>
+    <t>ZonMw: Publishing neutral/negative results from animal experiments 2025</t>
+  </si>
+  <si>
+    <t>ZonMw Drug Rediscovery Ronde 8 (project idea)</t>
+  </si>
+  <si>
+    <t>ZonMw Open Ronde 15 Goed Gebruik Geneesmiddelen (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Goed Gebruik Geneesmiddelen Implementatie Ronde 3 (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Research initiated ronde 1: Bewegen naar passende zorg (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Grote Trials Ronde 7 (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Drug Rediscovery Ronde 8 (full proposal)</t>
+  </si>
+  <si>
+    <t>AACR Think Forward Foundation Career Development Award (LOI)</t>
+  </si>
+  <si>
+    <t>AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)</t>
+  </si>
+  <si>
+    <t>AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)</t>
+  </si>
+  <si>
+    <t>Breast Cancer Research Foundation-AACR Career Development Awards (LOI)</t>
+  </si>
+  <si>
+    <t>AACR Think Forward Foundation Career Development Award (full proposal)</t>
+  </si>
+  <si>
+    <t>AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (full proposal)</t>
+  </si>
+  <si>
+    <t>AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (full proposal)</t>
+  </si>
+  <si>
+    <t>Breast Cancer Research Foundation-AACR Career Development Awards (full proposal)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2345,51 +2432,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEEF1DA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5E5D5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC7D9DD"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -2594,56 +2681,67 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="395">
+  <cellXfs count="387">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -3318,53 +3416,50 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3375,53 +3470,50 @@
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3468,377 +3560,357 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...76 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...23 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC7D9DD"/>
+      <color rgb="FFEEF1DA"/>
       <color rgb="FFD5E5D5"/>
-      <color rgb="FFEEF1DA"/>
       <color rgb="FFD7EDC1"/>
       <color rgb="FFE7E7FF"/>
       <color rgb="FFF3FFE7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
@@ -4077,147 +4149,147 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH442"/>
+  <dimension ref="A1:AH461"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A359" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E404" sqref="E404"/>
+    <sheetView tabSelected="1" topLeftCell="F260" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="K375" sqref="K375"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="2" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="112" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" style="91" customWidth="1"/>
-    <col min="5" max="5" width="106" style="6" customWidth="1"/>
-    <col min="6" max="6" width="5.7109375" style="245" customWidth="1"/>
+    <col min="5" max="5" width="108" style="6" customWidth="1"/>
+    <col min="6" max="6" width="5.7109375" style="244" customWidth="1"/>
     <col min="7" max="7" width="118.42578125" style="5" customWidth="1"/>
     <col min="8" max="8" width="5.5703125" style="138" customWidth="1"/>
-    <col min="9" max="9" width="95.5703125" style="5" customWidth="1"/>
+    <col min="9" max="9" width="108.140625" style="5" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:9" ht="20.25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="327" t="s">
+      <c r="B2" s="351" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="328"/>
-[...5 lines deleted...]
-      <c r="I2" s="329"/>
+      <c r="C2" s="352"/>
+      <c r="D2" s="352"/>
+      <c r="E2" s="352"/>
+      <c r="F2" s="352"/>
+      <c r="G2" s="352"/>
+      <c r="H2" s="352"/>
+      <c r="I2" s="353"/>
     </row>
     <row r="3" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="113" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="92"/>
       <c r="E3" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="8"/>
       <c r="G3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="139"/>
       <c r="I3" s="9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C4" s="114" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="93"/>
       <c r="E4" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="246"/>
+      <c r="F4" s="245"/>
       <c r="G4" s="11"/>
       <c r="H4" s="140"/>
       <c r="I4" s="12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B5" s="13"/>
       <c r="C5" s="114"/>
       <c r="D5" s="93"/>
       <c r="E5" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="246"/>
+      <c r="F5" s="245"/>
       <c r="G5" s="15"/>
       <c r="H5" s="141"/>
       <c r="I5" s="16"/>
     </row>
     <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B6" s="17">
         <v>2023</v>
       </c>
       <c r="C6" s="115" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="94"/>
       <c r="E6" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="F6" s="247"/>
+      <c r="F6" s="246"/>
       <c r="G6" s="20" t="s">
         <v>27</v>
       </c>
       <c r="H6" s="142"/>
       <c r="I6" s="12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B7" s="21"/>
       <c r="C7" s="116"/>
       <c r="D7" s="95"/>
       <c r="E7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="136"/>
       <c r="G7" s="22"/>
       <c r="H7" s="143"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21"/>
       <c r="C8" s="116"/>
       <c r="D8" s="95"/>
       <c r="E8" s="10" t="s">
@@ -4231,51 +4303,51 @@
       <c r="I8" s="24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21"/>
       <c r="C9" s="116"/>
       <c r="D9" s="95"/>
       <c r="E9" s="10" t="s">
         <v>36</v>
       </c>
       <c r="F9" s="136"/>
       <c r="G9" s="22"/>
       <c r="H9" s="143"/>
       <c r="I9" s="25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B10" s="21"/>
       <c r="C10" s="116"/>
       <c r="D10" s="94"/>
       <c r="E10" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="247"/>
+      <c r="F10" s="246"/>
       <c r="G10" s="22"/>
       <c r="H10" s="143"/>
       <c r="I10" s="24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B11" s="21"/>
       <c r="C11" s="116"/>
       <c r="D11" s="95"/>
       <c r="E11" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="136"/>
       <c r="G11" s="22"/>
       <c r="H11" s="143"/>
       <c r="I11" s="16"/>
     </row>
     <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B12" s="21"/>
       <c r="C12" s="116"/>
       <c r="D12" s="95"/>
       <c r="E12" s="10" t="s">
         <v>17</v>
       </c>
@@ -4283,268 +4355,268 @@
       <c r="G12" s="22"/>
       <c r="H12" s="145"/>
       <c r="I12" s="26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" s="21"/>
       <c r="C13" s="116"/>
       <c r="D13" s="95"/>
       <c r="E13" s="10" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="136"/>
       <c r="G13" s="22"/>
       <c r="H13" s="143"/>
       <c r="I13" s="16"/>
     </row>
     <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B14" s="21"/>
       <c r="C14" s="116"/>
       <c r="D14" s="94"/>
       <c r="E14" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="247"/>
+      <c r="F14" s="246"/>
       <c r="G14" s="22"/>
       <c r="H14" s="143"/>
       <c r="I14" s="16"/>
     </row>
     <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" s="21"/>
       <c r="C15" s="116"/>
       <c r="D15" s="95"/>
       <c r="E15" s="10" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="136"/>
       <c r="G15" s="22"/>
       <c r="H15" s="143"/>
       <c r="I15" s="16"/>
     </row>
     <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B16" s="21"/>
       <c r="C16" s="116"/>
       <c r="D16" s="95"/>
       <c r="E16" s="10" t="s">
         <v>49</v>
       </c>
       <c r="F16" s="136"/>
       <c r="G16" s="22"/>
       <c r="H16" s="143"/>
       <c r="I16" s="16"/>
     </row>
     <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B17" s="21"/>
       <c r="C17" s="116"/>
       <c r="D17" s="95"/>
       <c r="E17" s="10" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="136"/>
       <c r="G17" s="22"/>
       <c r="H17" s="143"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B18" s="21"/>
       <c r="C18" s="116"/>
       <c r="D18" s="94"/>
       <c r="E18" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="F18" s="247"/>
+      <c r="F18" s="246"/>
       <c r="G18" s="22"/>
       <c r="H18" s="143"/>
       <c r="I18" s="16"/>
     </row>
     <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B19" s="18"/>
       <c r="C19" s="117" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="96"/>
       <c r="E19" s="27" t="s">
         <v>64</v>
       </c>
-      <c r="F19" s="248"/>
+      <c r="F19" s="247"/>
       <c r="G19" s="20" t="s">
         <v>87</v>
       </c>
       <c r="H19" s="146"/>
       <c r="I19" s="28" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21"/>
       <c r="C20" s="118"/>
       <c r="D20" s="94"/>
       <c r="E20" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="249"/>
+      <c r="F20" s="248"/>
       <c r="G20" s="20" t="s">
         <v>86</v>
       </c>
       <c r="H20" s="147"/>
       <c r="I20" s="30"/>
     </row>
     <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21"/>
       <c r="C21" s="118"/>
       <c r="D21" s="94"/>
       <c r="E21" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="F21" s="249"/>
+      <c r="F21" s="248"/>
       <c r="G21" s="23" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="147"/>
       <c r="I21" s="30" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B22" s="21"/>
       <c r="C22" s="119"/>
       <c r="D22" s="97"/>
       <c r="E22" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="249"/>
+      <c r="F22" s="248"/>
       <c r="G22" s="23" t="s">
         <v>31</v>
       </c>
       <c r="H22" s="147"/>
       <c r="I22" s="31"/>
     </row>
     <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B23" s="21"/>
       <c r="C23" s="119"/>
       <c r="D23" s="97"/>
       <c r="E23" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="F23" s="249"/>
+      <c r="F23" s="248"/>
       <c r="G23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="147"/>
       <c r="I23" s="31"/>
     </row>
     <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B24" s="21"/>
       <c r="C24" s="118"/>
       <c r="D24" s="94"/>
       <c r="E24" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="F24" s="249"/>
+      <c r="F24" s="248"/>
       <c r="G24" s="23" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="147"/>
       <c r="I24" s="31"/>
     </row>
     <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B25" s="21"/>
       <c r="C25" s="118"/>
       <c r="D25" s="94"/>
       <c r="E25" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="F25" s="249"/>
+      <c r="F25" s="248"/>
       <c r="G25" s="23" t="s">
         <v>81</v>
       </c>
       <c r="H25" s="147"/>
       <c r="I25" s="31"/>
     </row>
     <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B26" s="21"/>
       <c r="C26" s="118"/>
       <c r="D26" s="94"/>
       <c r="E26" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="F26" s="249"/>
+      <c r="F26" s="248"/>
       <c r="G26" s="23" t="s">
         <v>104</v>
       </c>
       <c r="H26" s="147"/>
       <c r="I26" s="31"/>
     </row>
     <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B27" s="4"/>
       <c r="C27" s="120"/>
       <c r="D27" s="98"/>
       <c r="E27" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="F27" s="250"/>
+      <c r="F27" s="249"/>
       <c r="G27" s="33"/>
       <c r="H27" s="148"/>
       <c r="I27" s="34"/>
     </row>
     <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C28" s="121" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="94"/>
       <c r="E28" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="F28" s="247"/>
+      <c r="F28" s="246"/>
       <c r="G28" s="23" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="144"/>
       <c r="I28" s="16"/>
     </row>
     <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B29" s="21"/>
       <c r="C29" s="122"/>
       <c r="D29" s="94"/>
       <c r="E29" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="F29" s="247"/>
+      <c r="F29" s="246"/>
       <c r="G29" s="23"/>
       <c r="H29" s="144"/>
       <c r="I29" s="16"/>
     </row>
     <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B30" s="21"/>
       <c r="C30" s="122"/>
       <c r="D30" s="94"/>
       <c r="E30" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="F30" s="247"/>
+      <c r="F30" s="246"/>
       <c r="G30" s="23"/>
       <c r="H30" s="144"/>
       <c r="I30" s="16"/>
     </row>
     <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B31" s="21"/>
       <c r="C31" s="122"/>
       <c r="D31" s="99"/>
       <c r="E31" s="10" t="s">
         <v>46</v>
       </c>
       <c r="F31" s="136"/>
       <c r="G31" s="23"/>
       <c r="H31" s="144"/>
       <c r="I31" s="16"/>
     </row>
     <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21"/>
       <c r="C32" s="122"/>
       <c r="D32" s="99"/>
       <c r="E32" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F32" s="136"/>
       <c r="G32" s="23" t="s">
@@ -4590,591 +4662,591 @@
       <c r="G35" s="23"/>
       <c r="H35" s="144"/>
       <c r="I35" s="16"/>
     </row>
     <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B36" s="21"/>
       <c r="C36" s="122"/>
       <c r="D36" s="99"/>
       <c r="E36" s="10" t="s">
         <v>133</v>
       </c>
       <c r="F36" s="136"/>
       <c r="G36" s="35"/>
       <c r="H36" s="149"/>
       <c r="I36" s="16"/>
     </row>
     <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B37" s="36"/>
       <c r="C37" s="123" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="100"/>
       <c r="E37" s="27" t="s">
         <v>63</v>
       </c>
-      <c r="F37" s="248"/>
+      <c r="F37" s="247"/>
       <c r="G37" s="20" t="s">
         <v>118</v>
       </c>
       <c r="H37" s="146"/>
       <c r="I37" s="37"/>
     </row>
     <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2"/>
       <c r="C38" s="114"/>
       <c r="D38" s="93"/>
       <c r="E38" s="29" t="s">
         <v>140</v>
       </c>
-      <c r="F38" s="249"/>
+      <c r="F38" s="248"/>
       <c r="G38" s="23"/>
       <c r="H38" s="147"/>
       <c r="I38" s="31"/>
     </row>
     <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2"/>
       <c r="C39" s="114"/>
       <c r="D39" s="93"/>
       <c r="E39" s="29" t="s">
         <v>144</v>
       </c>
-      <c r="F39" s="249"/>
+      <c r="F39" s="248"/>
       <c r="G39" s="23"/>
       <c r="H39" s="147"/>
       <c r="I39" s="31"/>
     </row>
     <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B40" s="2"/>
       <c r="C40" s="114"/>
       <c r="D40" s="93"/>
       <c r="E40" s="29" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="249"/>
+      <c r="F40" s="248"/>
       <c r="G40" s="23" t="s">
         <v>119</v>
       </c>
       <c r="H40" s="147"/>
       <c r="I40" s="31"/>
     </row>
     <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B41" s="2"/>
       <c r="C41" s="114"/>
       <c r="D41" s="93"/>
       <c r="E41" s="29" t="s">
         <v>128</v>
       </c>
-      <c r="F41" s="249"/>
+      <c r="F41" s="248"/>
       <c r="G41" s="23"/>
       <c r="H41" s="147"/>
       <c r="I41" s="31"/>
     </row>
     <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="114"/>
       <c r="D42" s="93"/>
       <c r="E42" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="F42" s="249"/>
+      <c r="F42" s="248"/>
       <c r="G42" s="23" t="s">
         <v>120</v>
       </c>
       <c r="H42" s="147"/>
       <c r="I42" s="30" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2"/>
       <c r="C43" s="114"/>
       <c r="D43" s="93"/>
       <c r="E43" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="F43" s="249"/>
+      <c r="F43" s="248"/>
       <c r="G43" s="35"/>
       <c r="H43" s="150"/>
       <c r="I43" s="30" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2"/>
       <c r="C44" s="114"/>
       <c r="D44" s="93"/>
       <c r="E44" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="F44" s="249"/>
+      <c r="F44" s="248"/>
       <c r="G44" s="23" t="s">
         <v>88</v>
       </c>
       <c r="H44" s="147"/>
       <c r="I44" s="30"/>
     </row>
     <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2"/>
       <c r="C45" s="114"/>
       <c r="D45" s="93"/>
       <c r="E45" s="29" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="249"/>
+      <c r="F45" s="248"/>
       <c r="G45" s="23" t="s">
         <v>161</v>
       </c>
       <c r="H45" s="147"/>
       <c r="I45" s="30"/>
     </row>
     <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2"/>
       <c r="C46" s="114"/>
       <c r="D46" s="93"/>
       <c r="E46" s="29" t="s">
         <v>134</v>
       </c>
-      <c r="F46" s="249"/>
+      <c r="F46" s="248"/>
       <c r="G46" s="23" t="s">
         <v>106</v>
       </c>
       <c r="H46" s="147"/>
       <c r="I46" s="30"/>
     </row>
     <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2"/>
       <c r="C47" s="114"/>
       <c r="D47" s="93"/>
       <c r="E47" s="29" t="s">
         <v>135</v>
       </c>
-      <c r="F47" s="249"/>
+      <c r="F47" s="248"/>
       <c r="G47" s="23"/>
       <c r="H47" s="147"/>
       <c r="I47" s="30"/>
     </row>
     <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2"/>
       <c r="C48" s="124"/>
       <c r="D48" s="101"/>
       <c r="E48" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F48" s="249"/>
+      <c r="F48" s="248"/>
       <c r="G48" s="33"/>
       <c r="H48" s="148"/>
       <c r="I48" s="38" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C49" s="117" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="96"/>
       <c r="E49" s="39" t="s">
         <v>165</v>
       </c>
-      <c r="F49" s="251"/>
+      <c r="F49" s="250"/>
       <c r="G49" s="40"/>
       <c r="H49" s="145"/>
       <c r="I49" s="12" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B50" s="21"/>
       <c r="C50" s="118"/>
       <c r="D50" s="94"/>
       <c r="E50" s="41"/>
-      <c r="F50" s="252"/>
+      <c r="F50" s="251"/>
       <c r="G50" s="40"/>
       <c r="H50" s="145"/>
       <c r="I50" s="42" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B51" s="21"/>
       <c r="C51" s="118"/>
       <c r="D51" s="94"/>
       <c r="E51" s="10"/>
-      <c r="F51" s="253"/>
+      <c r="F51" s="252"/>
       <c r="G51" s="43" t="s">
         <v>160</v>
       </c>
       <c r="H51" s="151"/>
       <c r="I51" s="24" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B52" s="4"/>
       <c r="C52" s="118"/>
       <c r="D52" s="94"/>
       <c r="E52" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="F52" s="254"/>
+      <c r="F52" s="253"/>
       <c r="G52" s="44"/>
       <c r="H52" s="152"/>
       <c r="I52" s="42" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C53" s="115" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="94"/>
       <c r="E53" s="45" t="s">
         <v>146</v>
       </c>
-      <c r="F53" s="253"/>
+      <c r="F53" s="252"/>
       <c r="G53" s="46"/>
       <c r="H53" s="153"/>
       <c r="I53" s="12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B54" s="2"/>
       <c r="C54" s="116"/>
       <c r="D54" s="99"/>
       <c r="E54" s="47" t="s">
         <v>138</v>
       </c>
-      <c r="F54" s="253"/>
+      <c r="F54" s="252"/>
       <c r="G54" s="46"/>
       <c r="H54" s="153"/>
       <c r="I54" s="24"/>
     </row>
     <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2"/>
       <c r="C55" s="116"/>
       <c r="D55" s="94"/>
       <c r="E55" s="45" t="s">
         <v>162</v>
       </c>
-      <c r="F55" s="253"/>
+      <c r="F55" s="252"/>
       <c r="G55" s="46"/>
       <c r="H55" s="153"/>
       <c r="I55" s="24" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2"/>
       <c r="C56" s="116"/>
       <c r="D56" s="94"/>
       <c r="E56" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="F56" s="247"/>
+      <c r="F56" s="246"/>
       <c r="G56" s="46"/>
       <c r="H56" s="153"/>
       <c r="I56" s="24"/>
     </row>
     <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2"/>
       <c r="C57" s="116"/>
       <c r="D57" s="94"/>
       <c r="E57" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="247"/>
+      <c r="F57" s="246"/>
       <c r="G57" s="46"/>
       <c r="H57" s="153"/>
       <c r="I57" s="24"/>
     </row>
     <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2"/>
       <c r="C58" s="116"/>
       <c r="D58" s="94"/>
       <c r="E58" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="F58" s="247"/>
+      <c r="F58" s="246"/>
       <c r="G58" s="46"/>
       <c r="H58" s="153"/>
       <c r="I58" s="24"/>
     </row>
     <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2"/>
       <c r="C59" s="125"/>
       <c r="D59" s="102"/>
       <c r="E59" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="F59" s="247"/>
+      <c r="F59" s="246"/>
       <c r="G59" s="22"/>
       <c r="H59" s="143"/>
       <c r="I59" s="42" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B60" s="48">
         <v>2023</v>
       </c>
       <c r="C60" s="115" t="s">
         <v>13</v>
       </c>
       <c r="D60" s="100"/>
       <c r="E60" s="27" t="s">
         <v>192</v>
       </c>
-      <c r="F60" s="248"/>
+      <c r="F60" s="247"/>
       <c r="G60" s="20" t="s">
         <v>213</v>
       </c>
       <c r="H60" s="146"/>
       <c r="I60" s="28" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B61" s="13"/>
       <c r="C61" s="116"/>
       <c r="D61" s="93"/>
       <c r="E61" s="29"/>
-      <c r="F61" s="249"/>
+      <c r="F61" s="248"/>
       <c r="G61" s="23" t="s">
         <v>219</v>
       </c>
       <c r="H61" s="147"/>
       <c r="I61" s="30"/>
     </row>
     <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B62" s="21"/>
       <c r="C62" s="116"/>
       <c r="D62" s="93"/>
       <c r="E62" s="29" t="s">
         <v>90</v>
       </c>
-      <c r="F62" s="249"/>
+      <c r="F62" s="248"/>
       <c r="G62" s="23" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="147"/>
       <c r="I62" s="30"/>
     </row>
     <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B63" s="21"/>
       <c r="C63" s="116"/>
       <c r="D63" s="93"/>
       <c r="E63" s="29" t="s">
         <v>149</v>
       </c>
-      <c r="F63" s="249"/>
+      <c r="F63" s="248"/>
       <c r="G63" s="23" t="s">
         <v>198</v>
       </c>
       <c r="H63" s="147"/>
       <c r="I63" s="30"/>
     </row>
     <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B64" s="21"/>
       <c r="C64" s="116"/>
       <c r="D64" s="93"/>
       <c r="E64" s="29" t="s">
         <v>151</v>
       </c>
-      <c r="F64" s="249"/>
+      <c r="F64" s="248"/>
       <c r="G64" s="35"/>
       <c r="H64" s="150"/>
       <c r="I64" s="30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B65" s="21"/>
       <c r="C65" s="116"/>
       <c r="D65" s="93"/>
       <c r="E65" s="29" t="s">
         <v>176</v>
       </c>
-      <c r="F65" s="249"/>
+      <c r="F65" s="248"/>
       <c r="G65" s="23" t="s">
         <v>107</v>
       </c>
       <c r="H65" s="147"/>
       <c r="I65" s="30"/>
     </row>
     <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B66" s="21"/>
       <c r="C66" s="116"/>
       <c r="D66" s="93"/>
       <c r="E66" s="29" t="s">
         <v>167</v>
       </c>
-      <c r="F66" s="249"/>
+      <c r="F66" s="248"/>
       <c r="G66" s="23" t="s">
         <v>108</v>
       </c>
       <c r="H66" s="147"/>
       <c r="I66" s="30" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B67" s="21"/>
       <c r="C67" s="116"/>
       <c r="D67" s="93"/>
       <c r="E67" s="29" t="s">
         <v>164</v>
       </c>
-      <c r="F67" s="249"/>
+      <c r="F67" s="248"/>
       <c r="G67" s="23" t="s">
         <v>109</v>
       </c>
       <c r="H67" s="147"/>
       <c r="I67" s="30"/>
     </row>
     <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21"/>
       <c r="C68" s="116"/>
       <c r="D68" s="93"/>
       <c r="E68" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="F68" s="249"/>
+      <c r="F68" s="248"/>
       <c r="G68" s="23" t="s">
         <v>112</v>
       </c>
       <c r="H68" s="147"/>
       <c r="I68" s="30" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B69" s="21"/>
       <c r="C69" s="116"/>
       <c r="D69" s="93"/>
       <c r="E69" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="F69" s="249"/>
+      <c r="F69" s="248"/>
       <c r="G69" s="23"/>
       <c r="H69" s="147"/>
       <c r="I69" s="30"/>
     </row>
     <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B70" s="21"/>
       <c r="C70" s="116"/>
       <c r="D70" s="93"/>
       <c r="E70" s="29" t="s">
         <v>157</v>
       </c>
-      <c r="F70" s="249"/>
+      <c r="F70" s="248"/>
       <c r="G70" s="23" t="s">
         <v>114</v>
       </c>
       <c r="H70" s="147"/>
       <c r="I70" s="30" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B71" s="21"/>
       <c r="C71" s="116"/>
       <c r="D71" s="93"/>
       <c r="E71" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="F71" s="249"/>
+      <c r="F71" s="248"/>
       <c r="G71" s="23" t="s">
         <v>116</v>
       </c>
       <c r="H71" s="147"/>
       <c r="I71" s="30"/>
     </row>
     <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B72" s="21"/>
       <c r="C72" s="116"/>
       <c r="D72" s="93"/>
       <c r="E72" s="29" t="s">
         <v>244</v>
       </c>
-      <c r="F72" s="249"/>
+      <c r="F72" s="248"/>
       <c r="G72" s="23"/>
       <c r="H72" s="147"/>
       <c r="I72" s="30"/>
     </row>
     <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B73" s="21"/>
       <c r="C73" s="116"/>
       <c r="D73" s="93"/>
       <c r="E73" s="29" t="s">
         <v>200</v>
       </c>
-      <c r="F73" s="249"/>
+      <c r="F73" s="248"/>
       <c r="G73" s="23" t="s">
         <v>125</v>
       </c>
       <c r="H73" s="147"/>
       <c r="I73" s="30" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B74" s="21"/>
       <c r="C74" s="116"/>
       <c r="D74" s="93"/>
       <c r="E74" s="29" t="s">
         <v>181</v>
       </c>
-      <c r="F74" s="249"/>
+      <c r="F74" s="248"/>
       <c r="G74" s="23" t="s">
         <v>80</v>
       </c>
       <c r="H74" s="147"/>
       <c r="I74" s="30"/>
     </row>
     <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B75" s="21"/>
       <c r="C75" s="126"/>
       <c r="D75" s="101"/>
       <c r="E75" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="F75" s="249"/>
+      <c r="F75" s="248"/>
       <c r="G75" s="23" t="s">
         <v>203</v>
       </c>
       <c r="H75" s="147"/>
       <c r="I75" s="49"/>
     </row>
     <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B76" s="4"/>
       <c r="C76" s="127"/>
       <c r="D76" s="103"/>
       <c r="E76" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="F76" s="249"/>
+      <c r="F76" s="248"/>
       <c r="G76" s="23" t="s">
         <v>199</v>
       </c>
       <c r="H76" s="147"/>
       <c r="I76" s="50"/>
     </row>
     <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B77" s="3">
         <v>2023</v>
       </c>
       <c r="C77" s="114" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="93"/>
       <c r="E77" s="51" t="s">
         <v>65</v>
       </c>
       <c r="F77" s="135"/>
       <c r="G77" s="20" t="s">
         <v>61</v>
       </c>
       <c r="H77" s="146"/>
       <c r="I77" s="37"/>
     </row>
     <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
@@ -5382,367 +5454,367 @@
     <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B92" s="2"/>
       <c r="C92" s="114"/>
       <c r="D92" s="93"/>
       <c r="E92" s="10" t="s">
         <v>190</v>
       </c>
       <c r="F92" s="136"/>
       <c r="G92" s="23" t="s">
         <v>214</v>
       </c>
       <c r="H92" s="147"/>
       <c r="I92" s="31"/>
     </row>
     <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B93" s="52">
         <v>2023</v>
       </c>
       <c r="C93" s="123" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="100"/>
       <c r="E93" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="F93" s="248"/>
+      <c r="F93" s="247"/>
       <c r="G93" s="53"/>
       <c r="H93" s="154"/>
       <c r="I93" s="28" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B94" s="2"/>
       <c r="C94" s="114"/>
       <c r="D94" s="93"/>
       <c r="E94" s="29" t="s">
         <v>243</v>
       </c>
-      <c r="F94" s="249"/>
+      <c r="F94" s="248"/>
       <c r="G94" s="35"/>
       <c r="H94" s="150"/>
       <c r="I94" s="30"/>
     </row>
     <row r="95" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B95" s="2"/>
       <c r="C95" s="114"/>
       <c r="D95" s="93"/>
       <c r="E95" s="29" t="s">
         <v>280</v>
       </c>
-      <c r="F95" s="249"/>
+      <c r="F95" s="248"/>
       <c r="G95" s="23" t="s">
         <v>284</v>
       </c>
       <c r="H95" s="147"/>
       <c r="I95" s="30"/>
     </row>
     <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B96" s="2"/>
       <c r="C96" s="114"/>
       <c r="D96" s="93"/>
       <c r="E96" s="29" t="s">
         <v>282</v>
       </c>
-      <c r="F96" s="249"/>
+      <c r="F96" s="248"/>
       <c r="G96" s="23" t="s">
         <v>185</v>
       </c>
       <c r="H96" s="147"/>
       <c r="I96" s="30"/>
     </row>
     <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B97" s="2"/>
       <c r="C97" s="114"/>
       <c r="D97" s="93"/>
       <c r="E97" s="29" t="s">
         <v>163</v>
       </c>
-      <c r="F97" s="249"/>
+      <c r="F97" s="248"/>
       <c r="G97" s="23"/>
       <c r="H97" s="147"/>
       <c r="I97" s="30" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B98" s="2"/>
       <c r="C98" s="114"/>
       <c r="D98" s="93"/>
       <c r="E98" s="29" t="s">
         <v>248</v>
       </c>
-      <c r="F98" s="249"/>
+      <c r="F98" s="248"/>
       <c r="G98" s="23" t="s">
         <v>285</v>
       </c>
       <c r="H98" s="147"/>
       <c r="I98" s="30"/>
     </row>
     <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B99" s="2"/>
       <c r="C99" s="114"/>
       <c r="D99" s="93"/>
       <c r="E99" s="29" t="s">
         <v>235</v>
       </c>
-      <c r="F99" s="249"/>
+      <c r="F99" s="248"/>
       <c r="G99" s="23" t="s">
         <v>89</v>
       </c>
       <c r="H99" s="147"/>
       <c r="I99" s="30" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="100" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B100" s="2"/>
       <c r="C100" s="114"/>
       <c r="D100" s="93"/>
       <c r="E100" s="29" t="s">
         <v>255</v>
       </c>
-      <c r="F100" s="249"/>
+      <c r="F100" s="248"/>
       <c r="G100" s="23" t="s">
         <v>270</v>
       </c>
       <c r="H100" s="147"/>
       <c r="I100" s="30"/>
     </row>
     <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B101" s="54"/>
       <c r="C101" s="128"/>
       <c r="D101" s="103"/>
       <c r="E101" s="32" t="s">
         <v>269</v>
       </c>
-      <c r="F101" s="250"/>
+      <c r="F101" s="249"/>
       <c r="G101" s="55"/>
       <c r="H101" s="155"/>
       <c r="I101" s="38"/>
     </row>
     <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B102" s="21"/>
       <c r="C102" s="114" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="93"/>
       <c r="E102" s="29" t="s">
         <v>193</v>
       </c>
-      <c r="F102" s="249"/>
+      <c r="F102" s="248"/>
       <c r="G102" s="22"/>
       <c r="H102" s="141"/>
       <c r="I102" s="30" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B103" s="21"/>
       <c r="C103" s="114"/>
       <c r="D103" s="93"/>
       <c r="E103" s="29" t="s">
         <v>202</v>
       </c>
-      <c r="F103" s="249"/>
+      <c r="F103" s="248"/>
       <c r="G103" s="22"/>
       <c r="H103" s="141"/>
       <c r="I103" s="30" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21"/>
       <c r="C104" s="114"/>
       <c r="D104" s="93"/>
       <c r="E104" s="29" t="s">
         <v>266</v>
       </c>
-      <c r="F104" s="249"/>
+      <c r="F104" s="248"/>
       <c r="G104" s="22"/>
       <c r="H104" s="141"/>
       <c r="I104" s="30" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B105" s="21"/>
       <c r="C105" s="114"/>
       <c r="D105" s="93"/>
       <c r="E105" s="29" t="s">
         <v>226</v>
       </c>
-      <c r="F105" s="249"/>
+      <c r="F105" s="248"/>
       <c r="G105" s="22"/>
       <c r="H105" s="141"/>
       <c r="I105" s="30" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B106" s="21"/>
       <c r="C106" s="114"/>
       <c r="D106" s="93"/>
       <c r="E106" s="29" t="s">
         <v>245</v>
       </c>
-      <c r="F106" s="249"/>
+      <c r="F106" s="248"/>
       <c r="G106" s="22"/>
       <c r="H106" s="141"/>
       <c r="I106" s="30" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B107" s="21"/>
       <c r="C107" s="114"/>
       <c r="D107" s="93"/>
       <c r="E107" s="29" t="s">
         <v>283</v>
       </c>
-      <c r="F107" s="249"/>
+      <c r="F107" s="248"/>
       <c r="G107" s="23" t="s">
         <v>286</v>
       </c>
       <c r="H107" s="147"/>
       <c r="I107" s="30" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B108" s="21"/>
       <c r="C108" s="114"/>
       <c r="D108" s="93"/>
       <c r="E108" s="29" t="s">
         <v>171</v>
       </c>
-      <c r="F108" s="249"/>
+      <c r="F108" s="248"/>
       <c r="G108" s="22"/>
       <c r="H108" s="145"/>
       <c r="I108" s="56"/>
     </row>
     <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B109" s="21"/>
       <c r="C109" s="114"/>
       <c r="D109" s="93"/>
       <c r="E109" s="29" t="s">
         <v>267</v>
       </c>
-      <c r="F109" s="249"/>
+      <c r="F109" s="248"/>
       <c r="G109" s="22"/>
       <c r="H109" s="141"/>
       <c r="I109" s="30"/>
     </row>
     <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B110" s="21"/>
       <c r="C110" s="114"/>
       <c r="D110" s="93"/>
       <c r="E110" s="29" t="s">
         <v>237</v>
       </c>
-      <c r="F110" s="249"/>
+      <c r="F110" s="248"/>
       <c r="G110" s="22"/>
       <c r="H110" s="145"/>
       <c r="I110" s="56"/>
     </row>
     <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B111" s="21"/>
       <c r="C111" s="114"/>
       <c r="D111" s="93"/>
       <c r="E111" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="F111" s="249"/>
+      <c r="F111" s="248"/>
       <c r="G111" s="23" t="s">
         <v>177</v>
       </c>
       <c r="H111" s="147"/>
       <c r="I111" s="31"/>
     </row>
     <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B112" s="21"/>
       <c r="C112" s="114"/>
       <c r="D112" s="93"/>
       <c r="E112" s="29" t="s">
         <v>268</v>
       </c>
-      <c r="F112" s="249"/>
+      <c r="F112" s="248"/>
       <c r="G112" s="23"/>
       <c r="H112" s="147"/>
       <c r="I112" s="31"/>
     </row>
     <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B113" s="21"/>
       <c r="C113" s="114"/>
       <c r="D113" s="93"/>
       <c r="E113" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="F113" s="249"/>
+      <c r="F113" s="248"/>
       <c r="G113" s="23" t="s">
         <v>223</v>
       </c>
       <c r="H113" s="147"/>
       <c r="I113" s="31"/>
     </row>
     <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B114" s="4"/>
       <c r="C114" s="128"/>
       <c r="D114" s="103"/>
       <c r="E114" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="F114" s="250"/>
+      <c r="F114" s="249"/>
       <c r="G114" s="57"/>
       <c r="H114" s="156"/>
       <c r="I114" s="34"/>
     </row>
     <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B115" s="58"/>
       <c r="I115" s="59"/>
     </row>
     <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="E118" s="60"/>
-      <c r="F118" s="255"/>
+      <c r="F118" s="254"/>
       <c r="G118" s="61"/>
       <c r="H118" s="157"/>
       <c r="I118" s="61"/>
     </row>
     <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B119" s="330" t="s">
+      <c r="B119" s="354" t="s">
         <v>6</v>
       </c>
-      <c r="C119" s="331"/>
-[...5 lines deleted...]
-      <c r="I119" s="332"/>
+      <c r="C119" s="355"/>
+      <c r="D119" s="355"/>
+      <c r="E119" s="355"/>
+      <c r="F119" s="355"/>
+      <c r="G119" s="355"/>
+      <c r="H119" s="355"/>
+      <c r="I119" s="356"/>
     </row>
     <row r="120" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B120" s="62" t="s">
         <v>0</v>
       </c>
       <c r="C120" s="129" t="s">
         <v>1</v>
       </c>
       <c r="D120" s="104"/>
       <c r="E120" s="63" t="s">
         <v>2</v>
       </c>
       <c r="F120" s="63"/>
       <c r="G120" s="64" t="s">
         <v>3</v>
       </c>
       <c r="H120" s="158"/>
       <c r="I120" s="64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C121" s="114" t="s">
         <v>42</v>
       </c>
@@ -5935,1808 +6007,1808 @@
         <v>206</v>
       </c>
     </row>
     <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B134" s="67"/>
       <c r="C134" s="130"/>
       <c r="D134" s="105"/>
       <c r="E134" s="14" t="s">
         <v>262</v>
       </c>
       <c r="F134" s="137"/>
       <c r="G134" s="33"/>
       <c r="H134" s="150"/>
       <c r="I134" s="30" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C135" s="114" t="s">
         <v>5</v>
       </c>
       <c r="D135" s="93"/>
       <c r="E135" s="29" t="s">
         <v>63</v>
       </c>
-      <c r="F135" s="249"/>
+      <c r="F135" s="248"/>
       <c r="G135" s="20" t="s">
         <v>292</v>
       </c>
       <c r="H135" s="146"/>
       <c r="I135" s="28" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B136" s="21"/>
       <c r="C136" s="114"/>
       <c r="D136" s="93"/>
       <c r="E136" s="29" t="s">
         <v>304</v>
       </c>
-      <c r="F136" s="249"/>
+      <c r="F136" s="248"/>
       <c r="G136" s="23"/>
       <c r="H136" s="147"/>
       <c r="I136" s="30"/>
     </row>
     <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B137" s="21"/>
       <c r="C137" s="114"/>
       <c r="D137" s="93"/>
       <c r="E137" s="29" t="s">
         <v>191</v>
       </c>
-      <c r="F137" s="249"/>
+      <c r="F137" s="248"/>
       <c r="G137" s="23" t="s">
         <v>58</v>
       </c>
       <c r="H137" s="147"/>
       <c r="I137" s="30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B138" s="21"/>
       <c r="C138" s="114"/>
       <c r="D138" s="93"/>
       <c r="E138" s="29" t="s">
         <v>315</v>
       </c>
-      <c r="F138" s="249"/>
+      <c r="F138" s="248"/>
       <c r="G138" s="23"/>
       <c r="H138" s="147"/>
       <c r="I138" s="30"/>
     </row>
     <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B139" s="21"/>
       <c r="C139" s="114"/>
       <c r="D139" s="93"/>
       <c r="E139" s="29" t="s">
         <v>323</v>
       </c>
-      <c r="F139" s="249"/>
+      <c r="F139" s="248"/>
       <c r="G139" s="23"/>
       <c r="H139" s="147"/>
       <c r="I139" s="30" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21"/>
       <c r="C140" s="114"/>
       <c r="D140" s="93"/>
       <c r="E140" s="29" t="s">
         <v>308</v>
       </c>
-      <c r="F140" s="249"/>
+      <c r="F140" s="248"/>
       <c r="G140" s="23"/>
       <c r="H140" s="147"/>
       <c r="I140" s="30" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B141" s="21"/>
       <c r="C141" s="114"/>
       <c r="D141" s="93"/>
       <c r="E141" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="F141" s="249"/>
+      <c r="F141" s="248"/>
       <c r="G141" s="23" t="s">
         <v>221</v>
       </c>
       <c r="H141" s="147"/>
       <c r="I141" s="30"/>
     </row>
     <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B142" s="21"/>
       <c r="C142" s="114"/>
       <c r="D142" s="93"/>
       <c r="E142" s="29" t="s">
         <v>326</v>
       </c>
-      <c r="F142" s="249"/>
+      <c r="F142" s="248"/>
       <c r="G142" s="23" t="s">
         <v>363</v>
       </c>
       <c r="H142" s="147"/>
       <c r="I142" s="30" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B143" s="68"/>
       <c r="C143" s="131"/>
       <c r="D143" s="106"/>
       <c r="E143" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="F143" s="249"/>
+      <c r="F143" s="248"/>
       <c r="G143" s="55" t="s">
         <v>60</v>
       </c>
       <c r="H143" s="155"/>
       <c r="I143" s="50"/>
     </row>
     <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C144" s="123" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="100"/>
       <c r="E144" s="51" t="s">
         <v>43</v>
       </c>
-      <c r="F144" s="253"/>
+      <c r="F144" s="252"/>
       <c r="G144" s="43" t="s">
         <v>265</v>
       </c>
       <c r="H144" s="151"/>
       <c r="I144" s="24" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B145" s="2"/>
       <c r="C145" s="114"/>
       <c r="D145" s="93"/>
       <c r="E145" s="10" t="s">
         <v>156</v>
       </c>
-      <c r="F145" s="253"/>
+      <c r="F145" s="252"/>
       <c r="G145" s="69" t="s">
         <v>364</v>
       </c>
       <c r="H145" s="159"/>
       <c r="I145" s="24" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B146" s="2"/>
       <c r="C146" s="114"/>
       <c r="D146" s="93"/>
       <c r="E146" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="F146" s="253"/>
+      <c r="F146" s="252"/>
       <c r="G146" s="70"/>
       <c r="H146" s="160"/>
       <c r="I146" s="24"/>
     </row>
     <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B147" s="2"/>
       <c r="C147" s="114"/>
       <c r="D147" s="93"/>
       <c r="E147" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="F147" s="253"/>
+      <c r="F147" s="252"/>
       <c r="G147" s="69" t="s">
         <v>344</v>
       </c>
       <c r="H147" s="159"/>
       <c r="I147" s="12" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B148" s="2"/>
       <c r="C148" s="114"/>
       <c r="D148" s="93"/>
       <c r="E148" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="F148" s="253"/>
+      <c r="F148" s="252"/>
       <c r="G148" s="69"/>
       <c r="H148" s="159"/>
       <c r="I148" s="24"/>
     </row>
     <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B149" s="2"/>
       <c r="C149" s="114"/>
       <c r="D149" s="93"/>
       <c r="E149" s="10" t="s">
         <v>316</v>
       </c>
-      <c r="F149" s="253"/>
+      <c r="F149" s="252"/>
       <c r="G149" s="69"/>
       <c r="H149" s="159"/>
       <c r="I149" s="24" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B150" s="2"/>
       <c r="C150" s="114"/>
       <c r="D150" s="93"/>
       <c r="E150" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="F150" s="253"/>
+      <c r="F150" s="252"/>
       <c r="G150" s="69"/>
       <c r="H150" s="159"/>
       <c r="I150" s="24"/>
     </row>
     <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B151" s="2"/>
       <c r="C151" s="114"/>
       <c r="D151" s="93"/>
       <c r="E151" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="F151" s="253"/>
+      <c r="F151" s="252"/>
       <c r="G151" s="69" t="s">
         <v>281</v>
       </c>
       <c r="H151" s="159"/>
       <c r="I151" s="24"/>
     </row>
     <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B152" s="2"/>
       <c r="C152" s="114"/>
       <c r="D152" s="93"/>
       <c r="E152" s="10" t="s">
         <v>227</v>
       </c>
-      <c r="F152" s="253"/>
+      <c r="F152" s="252"/>
       <c r="G152" s="43" t="s">
         <v>228</v>
       </c>
       <c r="H152" s="151"/>
       <c r="I152" s="71"/>
     </row>
     <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B153" s="2"/>
       <c r="C153" s="114"/>
       <c r="D153" s="93"/>
       <c r="E153" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="F153" s="253"/>
+      <c r="F153" s="252"/>
       <c r="G153" s="43" t="s">
         <v>229</v>
       </c>
       <c r="H153" s="151"/>
       <c r="I153" s="24" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B154" s="2"/>
       <c r="C154" s="114"/>
       <c r="D154" s="93"/>
       <c r="E154" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="F154" s="253"/>
+      <c r="F154" s="252"/>
       <c r="G154" s="43"/>
       <c r="H154" s="151"/>
       <c r="I154" s="24"/>
     </row>
     <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B155" s="2"/>
       <c r="C155" s="114"/>
       <c r="D155" s="93"/>
       <c r="E155" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="F155" s="253"/>
+      <c r="F155" s="252"/>
       <c r="G155" s="43"/>
       <c r="H155" s="151"/>
       <c r="I155" s="24" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B156" s="2"/>
       <c r="C156" s="114"/>
       <c r="D156" s="93"/>
       <c r="E156" s="10" t="s">
         <v>346</v>
       </c>
-      <c r="F156" s="253"/>
+      <c r="F156" s="252"/>
       <c r="G156" s="43"/>
       <c r="H156" s="151"/>
       <c r="I156" s="24"/>
     </row>
     <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B157" s="2"/>
       <c r="C157" s="114"/>
       <c r="D157" s="93"/>
       <c r="E157" s="10" t="s">
         <v>295</v>
       </c>
-      <c r="F157" s="253"/>
+      <c r="F157" s="252"/>
       <c r="G157" s="43"/>
       <c r="H157" s="151"/>
       <c r="I157" s="24" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B158" s="2"/>
       <c r="C158" s="114"/>
       <c r="D158" s="93"/>
       <c r="E158" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="F158" s="253"/>
+      <c r="F158" s="252"/>
       <c r="G158" s="43"/>
       <c r="H158" s="151"/>
       <c r="I158" s="24" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B159" s="2"/>
       <c r="C159" s="114"/>
       <c r="D159" s="93"/>
       <c r="E159" s="10" t="s">
         <v>356</v>
       </c>
-      <c r="F159" s="253"/>
+      <c r="F159" s="252"/>
       <c r="G159" s="43"/>
       <c r="H159" s="151"/>
       <c r="I159" s="24"/>
     </row>
     <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="2"/>
       <c r="C160" s="114"/>
       <c r="D160" s="93"/>
       <c r="E160" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="F160" s="253"/>
+      <c r="F160" s="252"/>
       <c r="G160" s="43"/>
       <c r="H160" s="151"/>
       <c r="I160" s="24" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B161" s="2"/>
       <c r="C161" s="114"/>
       <c r="D161" s="93"/>
       <c r="E161" s="10" t="s">
         <v>350</v>
       </c>
-      <c r="F161" s="253"/>
+      <c r="F161" s="252"/>
       <c r="G161" s="43"/>
       <c r="H161" s="151"/>
       <c r="I161" s="24"/>
     </row>
     <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B162" s="2"/>
       <c r="C162" s="114"/>
       <c r="D162" s="93"/>
       <c r="E162" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="F162" s="253"/>
+      <c r="F162" s="252"/>
       <c r="G162" s="43"/>
       <c r="H162" s="151"/>
       <c r="I162" s="71"/>
     </row>
     <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B163" s="2"/>
       <c r="C163" s="114"/>
       <c r="D163" s="93"/>
       <c r="E163" s="10" t="s">
         <v>183</v>
       </c>
-      <c r="F163" s="253"/>
+      <c r="F163" s="252"/>
       <c r="G163" s="43" t="s">
         <v>230</v>
       </c>
       <c r="H163" s="151"/>
       <c r="I163" s="71"/>
     </row>
     <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B164" s="2"/>
       <c r="C164" s="114"/>
       <c r="D164" s="93"/>
       <c r="E164" s="10" t="s">
         <v>301</v>
       </c>
-      <c r="F164" s="253"/>
+      <c r="F164" s="252"/>
       <c r="G164" s="43"/>
       <c r="H164" s="151"/>
       <c r="I164" s="24" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B165" s="2"/>
       <c r="C165" s="114"/>
       <c r="D165" s="93"/>
       <c r="E165" s="10" t="s">
         <v>294</v>
       </c>
-      <c r="F165" s="253"/>
+      <c r="F165" s="252"/>
       <c r="G165" s="43"/>
       <c r="H165" s="151"/>
       <c r="I165" s="24" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B166" s="2"/>
       <c r="C166" s="114"/>
       <c r="D166" s="93"/>
       <c r="E166" s="10"/>
-      <c r="F166" s="253"/>
+      <c r="F166" s="252"/>
       <c r="G166" s="43" t="s">
         <v>231</v>
       </c>
       <c r="H166" s="151"/>
       <c r="I166" s="24" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B167" s="54"/>
       <c r="C167" s="128"/>
       <c r="D167" s="103"/>
       <c r="E167" s="72"/>
-      <c r="F167" s="252"/>
+      <c r="F167" s="251"/>
       <c r="G167" s="73"/>
       <c r="H167" s="161"/>
       <c r="I167" s="42" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C168" s="116" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="93"/>
       <c r="E168" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="F168" s="249"/>
+      <c r="F168" s="248"/>
       <c r="G168" s="20" t="s">
         <v>94</v>
       </c>
       <c r="H168" s="142"/>
       <c r="I168" s="12" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B169" s="21"/>
       <c r="C169" s="116"/>
       <c r="D169" s="93"/>
       <c r="E169" s="29"/>
-      <c r="F169" s="249"/>
+      <c r="F169" s="248"/>
       <c r="G169" s="23" t="s">
         <v>95</v>
       </c>
       <c r="H169" s="144"/>
       <c r="I169" s="24" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="21"/>
       <c r="C170" s="116"/>
       <c r="D170" s="93"/>
       <c r="E170" s="29" t="s">
         <v>254</v>
       </c>
-      <c r="F170" s="249"/>
+      <c r="F170" s="248"/>
       <c r="G170" s="23" t="s">
         <v>110</v>
       </c>
       <c r="H170" s="144"/>
       <c r="I170" s="71"/>
     </row>
     <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B171" s="21"/>
       <c r="C171" s="116"/>
       <c r="D171" s="94"/>
       <c r="E171" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="F171" s="247"/>
+      <c r="F171" s="246"/>
       <c r="G171" s="23" t="s">
         <v>111</v>
       </c>
       <c r="H171" s="144"/>
       <c r="I171" s="71"/>
     </row>
     <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B172" s="21"/>
       <c r="C172" s="116"/>
       <c r="D172" s="93"/>
       <c r="E172" s="29" t="s">
         <v>247</v>
       </c>
-      <c r="F172" s="249"/>
+      <c r="F172" s="248"/>
       <c r="G172" s="23" t="s">
         <v>113</v>
       </c>
       <c r="H172" s="144"/>
       <c r="I172" s="71"/>
     </row>
     <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B173" s="21"/>
       <c r="C173" s="116"/>
       <c r="D173" s="93"/>
       <c r="E173" s="29" t="s">
         <v>172</v>
       </c>
-      <c r="F173" s="249"/>
+      <c r="F173" s="248"/>
       <c r="G173" s="23" t="s">
         <v>115</v>
       </c>
       <c r="H173" s="144"/>
       <c r="I173" s="24" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B174" s="21"/>
       <c r="C174" s="116"/>
       <c r="D174" s="93"/>
       <c r="E174" s="29" t="s">
         <v>276</v>
       </c>
-      <c r="F174" s="249"/>
+      <c r="F174" s="248"/>
       <c r="G174" s="23" t="s">
         <v>126</v>
       </c>
       <c r="H174" s="144"/>
       <c r="I174" s="71"/>
     </row>
     <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B175" s="21"/>
       <c r="C175" s="116"/>
       <c r="D175" s="93"/>
       <c r="E175" s="29" t="s">
         <v>328</v>
       </c>
-      <c r="F175" s="249"/>
+      <c r="F175" s="248"/>
       <c r="G175" s="23" t="s">
         <v>117</v>
       </c>
       <c r="H175" s="144"/>
       <c r="I175" s="24" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21"/>
       <c r="C176" s="116"/>
       <c r="D176" s="93"/>
       <c r="E176" s="29" t="s">
         <v>317</v>
       </c>
-      <c r="F176" s="249"/>
+      <c r="F176" s="248"/>
       <c r="G176" s="23" t="s">
         <v>127</v>
       </c>
       <c r="H176" s="144"/>
       <c r="I176" s="71"/>
     </row>
     <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B177" s="21"/>
       <c r="C177" s="116"/>
       <c r="D177" s="93"/>
       <c r="E177" s="29" t="s">
         <v>142</v>
       </c>
-      <c r="F177" s="249"/>
+      <c r="F177" s="248"/>
       <c r="G177" s="23" t="s">
         <v>349</v>
       </c>
       <c r="H177" s="144"/>
       <c r="I177" s="71"/>
     </row>
     <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B178" s="21"/>
       <c r="C178" s="116"/>
       <c r="D178" s="93"/>
       <c r="E178" s="29"/>
-      <c r="F178" s="249"/>
+      <c r="F178" s="248"/>
       <c r="G178" s="23" t="s">
         <v>372</v>
       </c>
       <c r="H178" s="144"/>
       <c r="I178" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B179" s="4"/>
       <c r="C179" s="125"/>
       <c r="D179" s="105"/>
       <c r="E179" s="74"/>
-      <c r="F179" s="256"/>
+      <c r="F179" s="255"/>
       <c r="G179" s="23" t="s">
         <v>186</v>
       </c>
       <c r="H179" s="144"/>
       <c r="I179" s="75"/>
     </row>
     <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C180" s="116"/>
       <c r="D180" s="93"/>
       <c r="E180" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="F180" s="249"/>
+      <c r="F180" s="248"/>
       <c r="G180" s="53"/>
       <c r="H180" s="150"/>
       <c r="I180" s="30" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B181" s="21"/>
       <c r="C181" s="116"/>
       <c r="D181" s="93"/>
       <c r="E181" s="29" t="s">
         <v>305</v>
       </c>
-      <c r="F181" s="249"/>
+      <c r="F181" s="248"/>
       <c r="G181" s="76"/>
       <c r="H181" s="162"/>
       <c r="I181" s="30" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B182" s="21"/>
       <c r="C182" s="116"/>
       <c r="D182" s="93"/>
       <c r="E182" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="F182" s="249"/>
+      <c r="F182" s="248"/>
       <c r="G182" s="76"/>
       <c r="H182" s="162"/>
       <c r="I182" s="30"/>
     </row>
     <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B183" s="21"/>
       <c r="C183" s="116"/>
       <c r="D183" s="93"/>
       <c r="E183" s="29" t="s">
         <v>325</v>
       </c>
-      <c r="F183" s="249"/>
+      <c r="F183" s="248"/>
       <c r="G183" s="76"/>
       <c r="H183" s="162"/>
       <c r="I183" s="30" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B184" s="21"/>
       <c r="C184" s="116"/>
       <c r="D184" s="93"/>
       <c r="E184" s="29" t="s">
         <v>380</v>
       </c>
-      <c r="F184" s="249"/>
+      <c r="F184" s="248"/>
       <c r="G184" s="76"/>
       <c r="H184" s="162"/>
       <c r="I184" s="30"/>
     </row>
     <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B185" s="21"/>
       <c r="C185" s="116"/>
       <c r="D185" s="93"/>
       <c r="E185" s="29" t="s">
         <v>366</v>
       </c>
-      <c r="F185" s="249"/>
+      <c r="F185" s="248"/>
       <c r="G185" s="23" t="s">
         <v>62</v>
       </c>
       <c r="H185" s="147"/>
       <c r="I185" s="30" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B186" s="21"/>
       <c r="C186" s="116"/>
       <c r="D186" s="93"/>
       <c r="E186" s="29" t="s">
         <v>387</v>
       </c>
-      <c r="F186" s="249"/>
+      <c r="F186" s="248"/>
       <c r="G186" s="23"/>
       <c r="H186" s="147"/>
       <c r="I186" s="30"/>
     </row>
     <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B187" s="21"/>
       <c r="C187" s="116"/>
       <c r="D187" s="93"/>
       <c r="E187" s="29" t="s">
         <v>392</v>
       </c>
-      <c r="F187" s="249"/>
+      <c r="F187" s="248"/>
       <c r="G187" s="23"/>
       <c r="H187" s="147"/>
       <c r="I187" s="30"/>
     </row>
     <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21"/>
       <c r="C188" s="116"/>
       <c r="D188" s="93"/>
       <c r="E188" s="29" t="s">
         <v>381</v>
       </c>
-      <c r="F188" s="249"/>
+      <c r="F188" s="248"/>
       <c r="G188" s="76"/>
       <c r="H188" s="162"/>
       <c r="I188" s="30"/>
     </row>
     <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B189" s="21"/>
       <c r="C189" s="116"/>
       <c r="D189" s="93"/>
       <c r="E189" s="29" t="s">
         <v>297</v>
       </c>
-      <c r="F189" s="249"/>
+      <c r="F189" s="248"/>
       <c r="G189" s="76"/>
       <c r="H189" s="162"/>
       <c r="I189" s="66" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B190" s="21"/>
       <c r="C190" s="116"/>
       <c r="D190" s="93"/>
       <c r="E190" s="29" t="s">
         <v>384</v>
       </c>
-      <c r="F190" s="249"/>
+      <c r="F190" s="248"/>
       <c r="G190" s="76" t="s">
         <v>385</v>
       </c>
       <c r="H190" s="162"/>
       <c r="I190" s="66"/>
     </row>
     <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B191" s="21"/>
       <c r="C191" s="116"/>
       <c r="D191" s="93"/>
       <c r="E191" s="29" t="s">
         <v>378</v>
       </c>
-      <c r="F191" s="249"/>
+      <c r="F191" s="248"/>
       <c r="G191" s="76"/>
       <c r="H191" s="162"/>
       <c r="I191" s="66"/>
     </row>
     <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B192" s="21"/>
       <c r="C192" s="116"/>
       <c r="D192" s="93"/>
       <c r="E192" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="F192" s="249"/>
+      <c r="F192" s="248"/>
       <c r="G192" s="76"/>
       <c r="H192" s="163"/>
       <c r="I192" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B193" s="21"/>
       <c r="C193" s="116"/>
       <c r="D193" s="93"/>
       <c r="E193" s="29" t="s">
         <v>396</v>
       </c>
-      <c r="F193" s="249"/>
+      <c r="F193" s="248"/>
       <c r="G193" s="76"/>
       <c r="H193" s="162"/>
       <c r="I193" s="30"/>
     </row>
     <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B194" s="21"/>
       <c r="C194" s="116"/>
       <c r="D194" s="93"/>
       <c r="E194" s="32" t="s">
         <v>296</v>
       </c>
-      <c r="F194" s="250"/>
+      <c r="F194" s="249"/>
       <c r="G194" s="77" t="s">
         <v>59</v>
       </c>
       <c r="H194" s="162"/>
       <c r="I194" s="49"/>
     </row>
     <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B195" s="52"/>
       <c r="C195" s="115" t="s">
         <v>10</v>
       </c>
       <c r="D195" s="107"/>
       <c r="E195" s="51" t="s">
         <v>63</v>
       </c>
-      <c r="F195" s="249"/>
+      <c r="F195" s="248"/>
       <c r="G195" s="78"/>
       <c r="H195" s="164"/>
       <c r="I195" s="12" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B196" s="2"/>
       <c r="C196" s="116"/>
       <c r="D196" s="95"/>
       <c r="E196" s="10" t="s">
         <v>424</v>
       </c>
-      <c r="F196" s="249"/>
+      <c r="F196" s="248"/>
       <c r="G196" s="78"/>
       <c r="H196" s="164"/>
       <c r="I196" s="24"/>
     </row>
     <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B197" s="2"/>
       <c r="C197" s="116"/>
       <c r="D197" s="95"/>
       <c r="E197" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F197" s="249"/>
+      <c r="F197" s="248"/>
       <c r="G197" s="78"/>
       <c r="H197" s="164"/>
       <c r="I197" s="24" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B198" s="2"/>
       <c r="C198" s="116"/>
       <c r="D198" s="95"/>
       <c r="E198" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="F198" s="249"/>
+      <c r="F198" s="248"/>
       <c r="G198" s="78"/>
       <c r="H198" s="164"/>
       <c r="I198" s="24" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B199" s="2"/>
       <c r="C199" s="116"/>
       <c r="D199" s="95"/>
       <c r="E199" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="F199" s="249"/>
+      <c r="F199" s="248"/>
       <c r="G199" s="78"/>
       <c r="H199" s="164"/>
       <c r="I199" s="24" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B200" s="2"/>
       <c r="C200" s="116"/>
       <c r="D200" s="95"/>
       <c r="E200" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="F200" s="249"/>
+      <c r="F200" s="248"/>
       <c r="G200" s="78" t="s">
         <v>303</v>
       </c>
       <c r="H200" s="164"/>
       <c r="I200" s="24" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B201" s="2"/>
       <c r="C201" s="116"/>
       <c r="D201" s="95"/>
       <c r="E201" s="10" t="s">
         <v>395</v>
       </c>
-      <c r="F201" s="249"/>
+      <c r="F201" s="248"/>
       <c r="G201" s="78"/>
       <c r="H201" s="164"/>
       <c r="I201" s="24"/>
     </row>
     <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B202" s="2"/>
       <c r="C202" s="116"/>
       <c r="D202" s="95"/>
       <c r="E202" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="F202" s="249"/>
+      <c r="F202" s="248"/>
       <c r="G202" s="78"/>
       <c r="H202" s="164"/>
       <c r="I202" s="24"/>
     </row>
     <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B203" s="2"/>
       <c r="C203" s="116"/>
       <c r="D203" s="95"/>
       <c r="E203" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="F203" s="249"/>
+      <c r="F203" s="248"/>
       <c r="G203" s="78" t="s">
         <v>377</v>
       </c>
       <c r="H203" s="164"/>
       <c r="I203" s="24" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B204" s="2"/>
       <c r="C204" s="116"/>
       <c r="D204" s="95"/>
       <c r="E204" s="10" t="s">
         <v>413</v>
       </c>
-      <c r="F204" s="249"/>
+      <c r="F204" s="248"/>
       <c r="G204" s="78" t="s">
         <v>345</v>
       </c>
       <c r="H204" s="164"/>
       <c r="I204" s="24" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B205" s="2"/>
       <c r="C205" s="116"/>
       <c r="D205" s="95"/>
       <c r="E205" s="41"/>
-      <c r="F205" s="256"/>
+      <c r="F205" s="255"/>
       <c r="G205" s="78"/>
       <c r="H205" s="164"/>
       <c r="I205" s="24" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B206" s="2"/>
       <c r="C206" s="126"/>
       <c r="D206" s="108"/>
       <c r="E206" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="F206" s="250"/>
+      <c r="F206" s="249"/>
       <c r="G206" s="79"/>
       <c r="H206" s="165"/>
       <c r="I206" s="24" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C207" s="123" t="s">
         <v>11</v>
       </c>
       <c r="D207" s="100"/>
       <c r="E207" s="51" t="s">
         <v>217</v>
       </c>
-      <c r="F207" s="248"/>
+      <c r="F207" s="247"/>
       <c r="G207" s="80"/>
       <c r="H207" s="166"/>
       <c r="I207" s="12" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B208" s="2"/>
       <c r="C208" s="114"/>
       <c r="D208" s="93"/>
       <c r="E208" s="10" t="s">
         <v>432</v>
       </c>
-      <c r="F208" s="249"/>
+      <c r="F208" s="248"/>
       <c r="G208" s="81"/>
       <c r="H208" s="165"/>
       <c r="I208" s="24"/>
     </row>
     <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B209" s="2"/>
       <c r="C209" s="114"/>
       <c r="D209" s="93"/>
       <c r="E209" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F209" s="249"/>
+      <c r="F209" s="248"/>
       <c r="G209" s="81"/>
       <c r="H209" s="165"/>
       <c r="I209" s="24" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B210" s="2"/>
       <c r="C210" s="114"/>
       <c r="D210" s="93"/>
       <c r="E210" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="F210" s="249"/>
+      <c r="F210" s="248"/>
       <c r="G210" s="81"/>
       <c r="H210" s="165"/>
       <c r="I210" s="24" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B211" s="2"/>
       <c r="C211" s="114"/>
       <c r="D211" s="93"/>
       <c r="E211" s="10" t="s">
         <v>453</v>
       </c>
-      <c r="F211" s="249"/>
+      <c r="F211" s="248"/>
       <c r="G211" s="81"/>
       <c r="H211" s="165"/>
       <c r="I211" s="24"/>
     </row>
     <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B212" s="2"/>
       <c r="C212" s="114"/>
       <c r="D212" s="93"/>
       <c r="E212" s="10" t="s">
         <v>428</v>
       </c>
-      <c r="F212" s="249"/>
+      <c r="F212" s="248"/>
       <c r="G212" s="78" t="s">
         <v>404</v>
       </c>
       <c r="H212" s="164"/>
       <c r="I212" s="24" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B213" s="2"/>
       <c r="C213" s="114"/>
       <c r="D213" s="93"/>
       <c r="E213" s="10" t="s">
         <v>393</v>
       </c>
-      <c r="F213" s="249"/>
+      <c r="F213" s="248"/>
       <c r="G213" s="78"/>
       <c r="H213" s="164"/>
       <c r="I213" s="24" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B214" s="2"/>
       <c r="C214" s="114"/>
       <c r="D214" s="93"/>
       <c r="E214" s="10" t="s">
         <v>420</v>
       </c>
-      <c r="F214" s="249"/>
+      <c r="F214" s="248"/>
       <c r="G214" s="78"/>
       <c r="H214" s="164"/>
       <c r="I214" s="24" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B215" s="2"/>
       <c r="C215" s="114"/>
       <c r="D215" s="93"/>
       <c r="E215" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="F215" s="249"/>
+      <c r="F215" s="248"/>
       <c r="G215" s="78"/>
       <c r="H215" s="164"/>
       <c r="I215" s="24" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B216" s="54"/>
       <c r="C216" s="130"/>
       <c r="D216" s="105"/>
       <c r="E216" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="F216" s="250"/>
+      <c r="F216" s="249"/>
       <c r="G216" s="79"/>
       <c r="H216" s="167"/>
       <c r="I216" s="42" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C217" s="115" t="s">
         <v>12</v>
       </c>
       <c r="D217" s="107"/>
       <c r="E217" s="51" t="s">
         <v>431</v>
       </c>
-      <c r="F217" s="249"/>
+      <c r="F217" s="248"/>
       <c r="G217" s="81"/>
       <c r="H217" s="165"/>
       <c r="I217" s="24" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="218" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B218" s="2"/>
       <c r="C218" s="116"/>
       <c r="D218" s="94"/>
       <c r="E218" s="19" t="s">
         <v>475</v>
       </c>
-      <c r="F218" s="247"/>
+      <c r="F218" s="246"/>
       <c r="G218" s="78" t="s">
         <v>435</v>
       </c>
       <c r="H218" s="164"/>
       <c r="I218" s="24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B219" s="2"/>
       <c r="C219" s="116"/>
       <c r="D219" s="95"/>
       <c r="E219" s="10" t="s">
         <v>444</v>
       </c>
-      <c r="F219" s="249"/>
+      <c r="F219" s="248"/>
       <c r="G219" s="81"/>
       <c r="H219" s="165"/>
       <c r="I219" s="24"/>
     </row>
     <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B220" s="2"/>
       <c r="C220" s="116"/>
       <c r="D220" s="94"/>
       <c r="E220" s="19" t="s">
         <v>458</v>
       </c>
-      <c r="F220" s="247"/>
+      <c r="F220" s="246"/>
       <c r="G220" s="78" t="s">
         <v>441</v>
       </c>
       <c r="H220" s="164"/>
       <c r="I220" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B221" s="2"/>
       <c r="C221" s="116"/>
       <c r="D221" s="95"/>
       <c r="E221" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="F221" s="249"/>
+      <c r="F221" s="248"/>
       <c r="G221" s="78" t="s">
         <v>438</v>
       </c>
       <c r="H221" s="164"/>
       <c r="I221" s="24" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B222" s="2"/>
       <c r="C222" s="116"/>
       <c r="D222" s="95"/>
       <c r="E222" s="10" t="s">
         <v>450</v>
       </c>
-      <c r="F222" s="249"/>
+      <c r="F222" s="248"/>
       <c r="G222" s="78"/>
       <c r="H222" s="164"/>
       <c r="I222" s="24"/>
     </row>
     <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B223" s="2"/>
       <c r="C223" s="116"/>
       <c r="D223" s="95"/>
       <c r="E223" s="10" t="s">
         <v>449</v>
       </c>
-      <c r="F223" s="249"/>
+      <c r="F223" s="248"/>
       <c r="G223" s="78" t="s">
         <v>473</v>
       </c>
       <c r="H223" s="164"/>
       <c r="I223" s="24"/>
     </row>
     <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21"/>
       <c r="C224" s="127"/>
       <c r="D224" s="109"/>
       <c r="E224" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="F224" s="249"/>
+      <c r="F224" s="248"/>
       <c r="G224" s="81"/>
       <c r="H224" s="165"/>
       <c r="I224" s="42" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B225" s="18"/>
       <c r="C225" s="115" t="s">
         <v>13</v>
       </c>
       <c r="D225" s="100"/>
       <c r="E225" s="27" t="s">
         <v>278</v>
       </c>
-      <c r="F225" s="248"/>
+      <c r="F225" s="247"/>
       <c r="G225" s="20" t="s">
         <v>466</v>
       </c>
       <c r="H225" s="147"/>
       <c r="I225" s="30" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B226" s="21"/>
       <c r="C226" s="116"/>
       <c r="D226" s="93"/>
       <c r="E226" s="29" t="s">
         <v>309</v>
       </c>
-      <c r="F226" s="249"/>
+      <c r="F226" s="248"/>
       <c r="G226" s="23" t="s">
         <v>436</v>
       </c>
       <c r="H226" s="147"/>
       <c r="I226" s="30"/>
     </row>
     <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B227" s="21"/>
       <c r="C227" s="116"/>
       <c r="D227" s="93"/>
       <c r="E227" s="29" t="s">
         <v>407</v>
       </c>
-      <c r="F227" s="249"/>
+      <c r="F227" s="248"/>
       <c r="G227" s="23" t="s">
         <v>92</v>
       </c>
       <c r="H227" s="147"/>
       <c r="I227" s="30"/>
     </row>
     <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B228" s="21"/>
       <c r="C228" s="116"/>
       <c r="D228" s="93"/>
       <c r="E228" s="29" t="s">
         <v>422</v>
       </c>
-      <c r="F228" s="249"/>
+      <c r="F228" s="248"/>
       <c r="G228" s="23" t="s">
         <v>93</v>
       </c>
       <c r="H228" s="147"/>
       <c r="I228" s="30" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B229" s="21"/>
       <c r="C229" s="116"/>
       <c r="D229" s="93"/>
       <c r="E229" s="29" t="s">
         <v>299</v>
       </c>
-      <c r="F229" s="249"/>
+      <c r="F229" s="248"/>
       <c r="G229" s="23" t="s">
         <v>465</v>
       </c>
       <c r="H229" s="147"/>
       <c r="I229" s="30" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B230" s="21"/>
       <c r="C230" s="116"/>
       <c r="D230" s="93"/>
       <c r="E230" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="F230" s="249"/>
+      <c r="F230" s="248"/>
       <c r="G230" s="23" t="s">
         <v>419</v>
       </c>
       <c r="H230" s="147"/>
       <c r="I230" s="30" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B231" s="21"/>
       <c r="C231" s="116"/>
       <c r="D231" s="93"/>
       <c r="E231" s="29" t="s">
         <v>430</v>
       </c>
-      <c r="F231" s="249"/>
+      <c r="F231" s="248"/>
       <c r="G231" s="23" t="s">
         <v>399</v>
       </c>
       <c r="H231" s="147"/>
       <c r="I231" s="30" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B232" s="21"/>
       <c r="C232" s="116"/>
       <c r="D232" s="93"/>
       <c r="E232" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="F232" s="249"/>
+      <c r="F232" s="248"/>
       <c r="G232" s="23" t="s">
         <v>400</v>
       </c>
       <c r="H232" s="147"/>
       <c r="I232" s="30"/>
     </row>
     <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B233" s="21"/>
       <c r="C233" s="116"/>
       <c r="D233" s="93"/>
       <c r="E233" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="F233" s="249"/>
+      <c r="F233" s="248"/>
       <c r="G233" s="23"/>
       <c r="H233" s="147"/>
       <c r="I233" s="30"/>
     </row>
     <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B234" s="21"/>
       <c r="C234" s="116"/>
       <c r="D234" s="93"/>
       <c r="E234" s="29" t="s">
         <v>408</v>
       </c>
-      <c r="F234" s="249"/>
+      <c r="F234" s="248"/>
       <c r="G234" s="23"/>
       <c r="H234" s="147"/>
       <c r="I234" s="30" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B235" s="21"/>
       <c r="C235" s="116"/>
       <c r="D235" s="93"/>
       <c r="E235" s="29" t="s">
         <v>463</v>
       </c>
-      <c r="F235" s="249"/>
+      <c r="F235" s="248"/>
       <c r="G235" s="23"/>
       <c r="H235" s="147"/>
       <c r="I235" s="30"/>
     </row>
     <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21"/>
       <c r="C236" s="116"/>
       <c r="D236" s="93"/>
       <c r="E236" s="29" t="s">
         <v>445</v>
       </c>
-      <c r="F236" s="249"/>
+      <c r="F236" s="248"/>
       <c r="G236" s="23"/>
       <c r="H236" s="147"/>
       <c r="I236" s="30"/>
     </row>
     <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B237" s="21"/>
       <c r="C237" s="116"/>
       <c r="D237" s="93"/>
       <c r="E237" s="29" t="s">
         <v>394</v>
       </c>
-      <c r="F237" s="249"/>
+      <c r="F237" s="248"/>
       <c r="G237" s="23"/>
       <c r="H237" s="147"/>
       <c r="I237" s="30"/>
     </row>
     <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B238" s="21"/>
       <c r="C238" s="116"/>
       <c r="D238" s="93"/>
       <c r="E238" s="29" t="s">
         <v>360</v>
       </c>
-      <c r="F238" s="249"/>
+      <c r="F238" s="248"/>
       <c r="G238" s="23" t="s">
         <v>365</v>
       </c>
       <c r="H238" s="147"/>
       <c r="I238" s="30" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B239" s="21"/>
       <c r="C239" s="116"/>
       <c r="D239" s="94"/>
       <c r="E239" s="45" t="s">
         <v>426</v>
       </c>
-      <c r="F239" s="253"/>
+      <c r="F239" s="252"/>
       <c r="G239" s="23"/>
       <c r="H239" s="147"/>
       <c r="I239" s="30"/>
     </row>
     <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B240" s="21"/>
       <c r="C240" s="116"/>
       <c r="D240" s="93"/>
       <c r="E240" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="F240" s="249"/>
+      <c r="F240" s="248"/>
       <c r="G240" s="23"/>
       <c r="H240" s="147"/>
       <c r="I240" s="30"/>
     </row>
     <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B241" s="21"/>
       <c r="C241" s="116"/>
       <c r="D241" s="94"/>
       <c r="E241" s="19" t="s">
         <v>459</v>
       </c>
-      <c r="F241" s="247"/>
+      <c r="F241" s="246"/>
       <c r="G241" s="23"/>
       <c r="H241" s="147"/>
       <c r="I241" s="30"/>
     </row>
     <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B242" s="4"/>
       <c r="C242" s="125"/>
       <c r="D242" s="102"/>
       <c r="E242" s="19" t="s">
         <v>467</v>
       </c>
-      <c r="F242" s="247"/>
+      <c r="F242" s="246"/>
       <c r="G242" s="33"/>
       <c r="H242" s="150"/>
       <c r="I242" s="49"/>
     </row>
     <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C243" s="114" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="93"/>
       <c r="E243" s="51" t="s">
         <v>451</v>
       </c>
-      <c r="F243" s="257"/>
+      <c r="F243" s="256"/>
       <c r="G243" s="82" t="s">
         <v>478</v>
       </c>
       <c r="H243" s="147"/>
       <c r="I243" s="30" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B244" s="21"/>
       <c r="C244" s="118"/>
       <c r="D244" s="94"/>
       <c r="E244" s="10" t="s">
         <v>452</v>
       </c>
-      <c r="F244" s="246"/>
+      <c r="F244" s="245"/>
       <c r="G244" s="83" t="s">
         <v>474</v>
       </c>
       <c r="H244" s="147"/>
       <c r="I244" s="49"/>
     </row>
     <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B245" s="21"/>
       <c r="C245" s="119"/>
       <c r="D245" s="97"/>
       <c r="E245" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="F245" s="246"/>
+      <c r="F245" s="245"/>
       <c r="G245" s="84"/>
       <c r="H245" s="150"/>
       <c r="I245" s="30" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B246" s="21"/>
       <c r="C246" s="114"/>
       <c r="D246" s="93"/>
       <c r="E246" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="F246" s="246"/>
+      <c r="F246" s="245"/>
       <c r="G246" s="83" t="s">
         <v>402</v>
       </c>
       <c r="H246" s="147"/>
       <c r="I246" s="30" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B247" s="21"/>
       <c r="C247" s="114"/>
       <c r="D247" s="93"/>
       <c r="E247" s="10" t="s">
         <v>440</v>
       </c>
-      <c r="F247" s="246"/>
+      <c r="F247" s="245"/>
       <c r="G247" s="83" t="s">
         <v>401</v>
       </c>
       <c r="H247" s="147"/>
       <c r="I247" s="30" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21"/>
       <c r="C248" s="114"/>
       <c r="D248" s="93"/>
       <c r="E248" s="10" t="s">
         <v>469</v>
       </c>
-      <c r="F248" s="246"/>
+      <c r="F248" s="245"/>
       <c r="G248" s="83"/>
       <c r="H248" s="147"/>
       <c r="I248" s="30"/>
     </row>
     <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="21"/>
       <c r="C249" s="114"/>
       <c r="D249" s="93"/>
       <c r="E249" s="10" t="s">
         <v>482</v>
       </c>
-      <c r="F249" s="246"/>
+      <c r="F249" s="245"/>
       <c r="G249" s="83"/>
       <c r="H249" s="147"/>
       <c r="I249" s="30"/>
     </row>
     <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
       <c r="C250" s="114"/>
       <c r="D250" s="93"/>
       <c r="E250" s="14" t="s">
         <v>483</v>
       </c>
-      <c r="F250" s="258"/>
+      <c r="F250" s="257"/>
       <c r="G250" s="85" t="s">
         <v>84</v>
       </c>
       <c r="H250" s="147"/>
       <c r="I250" s="30"/>
     </row>
     <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B251" s="48">
         <v>2024</v>
       </c>
       <c r="C251" s="123" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="93"/>
       <c r="E251" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="F251" s="246"/>
+      <c r="F251" s="245"/>
       <c r="G251" s="84"/>
       <c r="H251" s="150"/>
       <c r="I251" s="12" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
       <c r="C252" s="114"/>
       <c r="D252" s="93"/>
       <c r="E252" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="F252" s="246"/>
+      <c r="F252" s="245"/>
       <c r="G252" s="84"/>
       <c r="H252" s="150"/>
       <c r="I252" s="24" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
       <c r="C253" s="114"/>
       <c r="D253" s="93"/>
       <c r="E253" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="F253" s="246"/>
+      <c r="F253" s="245"/>
       <c r="G253" s="84"/>
       <c r="H253" s="150"/>
       <c r="I253" s="24"/>
     </row>
     <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
       <c r="C254" s="114"/>
       <c r="D254" s="93"/>
       <c r="E254" s="10" t="s">
         <v>314</v>
       </c>
-      <c r="F254" s="246"/>
+      <c r="F254" s="245"/>
       <c r="G254" s="83" t="s">
         <v>479</v>
       </c>
       <c r="H254" s="147"/>
       <c r="I254" s="71"/>
     </row>
     <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B255" s="21"/>
       <c r="C255" s="114"/>
       <c r="D255" s="93"/>
       <c r="E255" s="10" t="s">
         <v>499</v>
       </c>
-      <c r="F255" s="246"/>
+      <c r="F255" s="245"/>
       <c r="G255" s="83"/>
       <c r="H255" s="147"/>
       <c r="I255" s="24" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
       <c r="C256" s="114"/>
       <c r="D256" s="93"/>
       <c r="E256" s="10" t="s">
         <v>433</v>
       </c>
-      <c r="F256" s="246"/>
+      <c r="F256" s="245"/>
       <c r="G256" s="84"/>
       <c r="H256" s="150"/>
       <c r="I256" s="71"/>
     </row>
     <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
       <c r="C257" s="114"/>
       <c r="D257" s="93"/>
       <c r="E257" s="10" t="s">
         <v>391</v>
       </c>
-      <c r="F257" s="246"/>
+      <c r="F257" s="245"/>
       <c r="G257" s="84"/>
       <c r="H257" s="150"/>
       <c r="I257" s="30" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B258" s="21"/>
       <c r="C258" s="114"/>
       <c r="D258" s="93"/>
       <c r="E258" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="F258" s="246"/>
+      <c r="F258" s="245"/>
       <c r="G258" s="84"/>
       <c r="H258" s="150"/>
       <c r="I258" s="71"/>
     </row>
     <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B259" s="4"/>
       <c r="C259" s="128"/>
       <c r="D259" s="103"/>
       <c r="E259" s="14" t="s">
         <v>389</v>
       </c>
-      <c r="F259" s="258"/>
+      <c r="F259" s="257"/>
       <c r="G259" s="86"/>
       <c r="H259" s="150"/>
       <c r="I259" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="260" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G260" s="61"/>
       <c r="H260" s="157"/>
       <c r="I260" s="61"/>
     </row>
     <row r="261" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G261" s="61"/>
       <c r="H261" s="157"/>
       <c r="I261" s="61"/>
     </row>
     <row r="262" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G262" s="61"/>
       <c r="H262" s="157"/>
       <c r="I262" s="61"/>
     </row>
     <row r="263" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="I263" s="61"/>
     </row>
     <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B264" s="333" t="s">
-[...8 lines deleted...]
-      <c r="I264" s="335"/>
+      <c r="B264" s="357" t="s">
+        <v>652</v>
+      </c>
+      <c r="C264" s="358"/>
+      <c r="D264" s="358"/>
+      <c r="E264" s="358"/>
+      <c r="F264" s="358"/>
+      <c r="G264" s="358"/>
+      <c r="H264" s="358"/>
+      <c r="I264" s="359"/>
     </row>
     <row r="265" spans="2:9" s="112" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="113" t="s">
         <v>0</v>
       </c>
       <c r="C265" s="132" t="s">
         <v>1</v>
       </c>
       <c r="D265" s="168" t="s">
         <v>528</v>
       </c>
       <c r="E265" s="169" t="s">
         <v>2</v>
       </c>
       <c r="F265" s="181" t="s">
         <v>528</v>
       </c>
       <c r="G265" s="182" t="s">
         <v>3</v>
       </c>
       <c r="H265" s="196" t="s">
         <v>528</v>
       </c>
       <c r="I265" s="197" t="s">
         <v>4</v>
@@ -8150,2055 +8222,2375 @@
       <c r="B295" s="2"/>
       <c r="C295" s="114"/>
       <c r="D295" s="172"/>
       <c r="E295" s="173" t="s">
         <v>519</v>
       </c>
       <c r="F295" s="185"/>
       <c r="G295" s="190"/>
       <c r="H295" s="202"/>
       <c r="I295" s="204"/>
     </row>
     <row r="296" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B296" s="2"/>
       <c r="C296" s="114"/>
       <c r="D296" s="172"/>
       <c r="E296" s="173" t="s">
         <v>524</v>
       </c>
       <c r="F296" s="185"/>
       <c r="G296" s="190"/>
       <c r="H296" s="202"/>
       <c r="I296" s="204"/>
     </row>
     <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B297" s="90"/>
-      <c r="C297" s="336" t="s">
+      <c r="C297" s="360" t="s">
         <v>7</v>
       </c>
       <c r="D297" s="172">
         <v>15</v>
       </c>
       <c r="E297" s="173" t="s">
         <v>500</v>
       </c>
       <c r="F297" s="185"/>
       <c r="G297" s="190"/>
       <c r="H297" s="202"/>
       <c r="I297" s="204"/>
     </row>
     <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B298" s="21"/>
-      <c r="C298" s="336"/>
+      <c r="C298" s="360"/>
       <c r="D298" s="172">
         <v>25</v>
       </c>
       <c r="E298" s="173" t="s">
         <v>527</v>
       </c>
       <c r="F298" s="185"/>
       <c r="G298" s="190"/>
       <c r="H298" s="202"/>
       <c r="I298" s="204"/>
     </row>
     <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B299" s="21"/>
-      <c r="C299" s="336"/>
+      <c r="C299" s="360"/>
       <c r="D299" s="172">
         <v>27</v>
       </c>
       <c r="E299" s="173" t="s">
         <v>526</v>
       </c>
       <c r="F299" s="185"/>
       <c r="G299" s="190"/>
       <c r="H299" s="202"/>
       <c r="I299" s="204"/>
     </row>
     <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B300" s="4"/>
-      <c r="C300" s="337"/>
+      <c r="C300" s="361"/>
       <c r="D300" s="174">
         <v>31</v>
       </c>
       <c r="E300" s="175" t="s">
         <v>506</v>
       </c>
       <c r="F300" s="185"/>
       <c r="G300" s="193"/>
       <c r="H300" s="208"/>
       <c r="I300" s="209"/>
     </row>
     <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B301" s="237">
         <v>2025</v>
       </c>
       <c r="D301" s="176">
         <v>1</v>
       </c>
       <c r="E301" s="177" t="s">
         <v>540</v>
       </c>
-      <c r="F301" s="297"/>
-      <c r="G301" s="298"/>
+      <c r="F301" s="292"/>
+      <c r="G301" s="293"/>
       <c r="H301" s="210"/>
       <c r="I301" s="211"/>
     </row>
     <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B302" s="238"/>
       <c r="C302" s="221"/>
       <c r="D302" s="178">
         <v>1</v>
       </c>
       <c r="E302" s="177" t="s">
         <v>531</v>
       </c>
-      <c r="F302" s="297"/>
-      <c r="G302" s="298"/>
+      <c r="F302" s="292"/>
+      <c r="G302" s="293"/>
       <c r="H302" s="212"/>
       <c r="I302" s="213"/>
     </row>
     <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B303" s="238"/>
       <c r="C303" s="221"/>
       <c r="D303" s="178">
         <v>1</v>
       </c>
       <c r="E303" s="177" t="s">
         <v>541</v>
       </c>
-      <c r="F303" s="297"/>
-      <c r="G303" s="298"/>
+      <c r="F303" s="292"/>
+      <c r="G303" s="293"/>
       <c r="H303" s="214"/>
       <c r="I303" s="213"/>
     </row>
     <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B304" s="238"/>
       <c r="C304" s="221"/>
       <c r="D304" s="178">
         <v>3</v>
       </c>
       <c r="E304" s="177" t="s">
         <v>542</v>
       </c>
-      <c r="F304" s="297"/>
-      <c r="G304" s="298"/>
+      <c r="F304" s="292"/>
+      <c r="G304" s="293"/>
       <c r="H304" s="215"/>
       <c r="I304" s="213"/>
     </row>
     <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B305" s="238"/>
       <c r="C305" s="221"/>
       <c r="D305" s="178">
         <v>8</v>
       </c>
       <c r="E305" s="177" t="s">
         <v>543</v>
       </c>
       <c r="F305" s="185"/>
       <c r="G305" s="190"/>
       <c r="H305" s="212"/>
       <c r="I305" s="213"/>
     </row>
     <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B306" s="238"/>
       <c r="C306" s="221"/>
       <c r="D306" s="178">
         <v>8</v>
       </c>
       <c r="E306" s="177" t="s">
         <v>544</v>
       </c>
       <c r="F306" s="185"/>
       <c r="G306" s="190"/>
       <c r="H306" s="212"/>
       <c r="I306" s="213"/>
     </row>
-    <row r="307" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B307" s="339">
+    <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B307" s="370">
         <v>2025</v>
       </c>
-      <c r="C307" s="347" t="s">
+      <c r="C307" s="367" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="222">
         <v>15</v>
       </c>
       <c r="E307" s="225" t="s">
         <v>545</v>
       </c>
       <c r="F307" s="185">
         <v>23</v>
       </c>
       <c r="G307" s="226" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="H307" s="212"/>
       <c r="I307" s="213"/>
     </row>
-    <row r="308" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C308" s="348"/>
+    <row r="308" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B308" s="363"/>
+      <c r="C308" s="368"/>
       <c r="D308" s="222">
         <v>15</v>
       </c>
       <c r="E308" s="225" t="s">
         <v>530</v>
       </c>
       <c r="F308" s="185">
         <v>23</v>
       </c>
       <c r="G308" s="227" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="H308" s="212"/>
       <c r="I308" s="213"/>
     </row>
-    <row r="309" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C309" s="348"/>
+    <row r="309" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B309" s="363"/>
+      <c r="C309" s="368"/>
       <c r="D309" s="222">
         <v>22</v>
       </c>
       <c r="E309" s="225" t="s">
         <v>546</v>
       </c>
       <c r="F309" s="185">
         <v>29</v>
       </c>
       <c r="G309" s="228" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H309" s="212"/>
       <c r="I309" s="213"/>
     </row>
-    <row r="310" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C310" s="349"/>
+    <row r="310" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B310" s="363"/>
+      <c r="C310" s="369"/>
       <c r="D310" s="222">
         <v>29</v>
       </c>
       <c r="E310" s="225" t="s">
         <v>529</v>
       </c>
       <c r="F310" s="194">
         <v>30</v>
       </c>
       <c r="G310" s="229" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="H310" s="216"/>
       <c r="I310" s="213"/>
     </row>
-    <row r="311" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B311" s="339"/>
+    <row r="311" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B311" s="363"/>
       <c r="C311" s="342" t="s">
         <v>9</v>
       </c>
       <c r="D311" s="176">
         <v>6</v>
       </c>
       <c r="E311" s="224" t="s">
         <v>536</v>
       </c>
-      <c r="F311" s="273">
+      <c r="F311" s="271">
         <v>1</v>
       </c>
-      <c r="G311" s="268" t="s">
-        <v>579</v>
+      <c r="G311" s="266" t="s">
+        <v>578</v>
       </c>
       <c r="H311" s="198">
         <v>23</v>
       </c>
       <c r="I311" s="231" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      <c r="B312" s="339"/>
+        <v>562</v>
+      </c>
+    </row>
+    <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B312" s="363"/>
       <c r="C312" s="343"/>
       <c r="D312" s="178">
         <v>6</v>
       </c>
       <c r="E312" s="225" t="s">
         <v>539</v>
       </c>
-      <c r="F312" s="269">
+      <c r="F312" s="267">
         <v>2</v>
       </c>
-      <c r="G312" s="261" t="s">
-        <v>578</v>
+      <c r="G312" s="259" t="s">
+        <v>577</v>
       </c>
       <c r="H312" s="200">
         <v>23</v>
       </c>
       <c r="I312" s="232" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      <c r="B313" s="339"/>
+        <v>581</v>
+      </c>
+    </row>
+    <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B313" s="363"/>
       <c r="C313" s="343"/>
       <c r="D313" s="178">
         <v>19</v>
       </c>
       <c r="E313" s="225" t="s">
         <v>553</v>
       </c>
-      <c r="F313" s="274">
+      <c r="F313" s="272">
         <v>6</v>
       </c>
-      <c r="G313" s="261" t="s">
+      <c r="G313" s="259" t="s">
         <v>534</v>
       </c>
       <c r="H313" s="200"/>
       <c r="I313" s="232"/>
     </row>
-    <row r="314" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B314" s="339"/>
+    <row r="314" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B314" s="363"/>
       <c r="C314" s="343"/>
       <c r="D314" s="178">
         <v>20</v>
       </c>
       <c r="E314" s="236" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="F314" s="274">
+        <v>599</v>
+      </c>
+      <c r="F314" s="272">
         <v>6</v>
       </c>
-      <c r="G314" s="261" t="s">
-        <v>560</v>
+      <c r="G314" s="259" t="s">
+        <v>559</v>
       </c>
       <c r="H314" s="219"/>
       <c r="I314" s="230"/>
     </row>
-    <row r="315" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B315" s="339"/>
+    <row r="315" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B315" s="363"/>
       <c r="C315" s="343"/>
       <c r="D315" s="178"/>
       <c r="E315" s="236"/>
-      <c r="F315" s="274">
+      <c r="F315" s="272">
         <v>15</v>
       </c>
-      <c r="G315" s="261" t="s">
-        <v>603</v>
+      <c r="G315" s="259" t="s">
+        <v>602</v>
       </c>
       <c r="H315" s="219"/>
       <c r="I315" s="230"/>
     </row>
-    <row r="316" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B316" s="339"/>
+    <row r="316" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B316" s="363"/>
       <c r="C316" s="343"/>
       <c r="D316" s="178"/>
       <c r="E316" s="234"/>
       <c r="F316" s="185">
         <v>21</v>
       </c>
-      <c r="G316" s="262" t="s">
-        <v>597</v>
+      <c r="G316" s="260" t="s">
+        <v>596</v>
       </c>
       <c r="H316" s="220"/>
       <c r="I316" s="232"/>
     </row>
-    <row r="317" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B317" s="339"/>
+    <row r="317" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B317" s="363"/>
       <c r="C317" s="343"/>
       <c r="D317" s="178"/>
       <c r="E317" s="179"/>
       <c r="F317" s="185">
         <v>22</v>
       </c>
-      <c r="G317" s="262" t="s">
+      <c r="G317" s="260" t="s">
         <v>532</v>
       </c>
       <c r="H317" s="220"/>
       <c r="I317" s="230"/>
     </row>
-    <row r="318" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B318" s="339"/>
+    <row r="318" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B318" s="363"/>
       <c r="C318" s="343"/>
       <c r="D318" s="178"/>
       <c r="E318" s="225"/>
       <c r="F318" s="185">
         <v>22</v>
       </c>
-      <c r="G318" s="262" t="s">
-        <v>598</v>
+      <c r="G318" s="260" t="s">
+        <v>597</v>
       </c>
       <c r="H318" s="220"/>
       <c r="I318" s="230"/>
     </row>
-    <row r="319" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B319" s="339"/>
+    <row r="319" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B319" s="363"/>
       <c r="C319" s="343"/>
       <c r="D319" s="178"/>
       <c r="E319" s="225"/>
       <c r="F319" s="185">
         <v>28</v>
       </c>
-      <c r="G319" s="261" t="s">
+      <c r="G319" s="259" t="s">
         <v>533</v>
       </c>
       <c r="H319" s="220"/>
       <c r="I319" s="230"/>
     </row>
-    <row r="320" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B320" s="339"/>
+    <row r="320" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B320" s="363"/>
       <c r="C320" s="344"/>
       <c r="D320" s="180"/>
       <c r="E320" s="223"/>
-      <c r="F320" s="275">
+      <c r="F320" s="273">
         <v>29</v>
       </c>
-      <c r="G320" s="276" t="s">
-        <v>607</v>
+      <c r="G320" s="274" t="s">
+        <v>606</v>
       </c>
       <c r="H320" s="200"/>
       <c r="I320" s="232"/>
     </row>
-    <row r="321" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C321" s="345" t="s">
+    <row r="321" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B321" s="363"/>
+      <c r="C321" s="365" t="s">
         <v>10</v>
       </c>
       <c r="D321" s="233">
         <v>1</v>
       </c>
-      <c r="E321" s="265" t="s">
+      <c r="E321" s="263" t="s">
         <v>548</v>
       </c>
       <c r="F321" s="185">
         <v>6</v>
       </c>
-      <c r="G321" s="260" t="s">
-        <v>559</v>
+      <c r="G321" s="258" t="s">
+        <v>558</v>
       </c>
       <c r="H321" s="217">
         <v>4</v>
       </c>
       <c r="I321" s="231" t="s">
-        <v>583</v>
-[...4 lines deleted...]
-      <c r="C322" s="346"/>
+        <v>582</v>
+      </c>
+    </row>
+    <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B322" s="363"/>
+      <c r="C322" s="366"/>
       <c r="D322" s="222">
         <v>3</v>
       </c>
-      <c r="E322" s="243" t="s">
+      <c r="E322" s="242" t="s">
         <v>549</v>
       </c>
       <c r="F322" s="185">
         <v>17</v>
       </c>
-      <c r="G322" s="260" t="s">
-[...2 lines deleted...]
-      <c r="H322" s="272">
+      <c r="G322" s="258" t="s">
+        <v>570</v>
+      </c>
+      <c r="H322" s="270">
         <v>5</v>
       </c>
       <c r="I322" s="232" t="s">
-        <v>604</v>
-[...4 lines deleted...]
-      <c r="C323" s="346"/>
+        <v>603</v>
+      </c>
+    </row>
+    <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B323" s="363"/>
+      <c r="C323" s="366"/>
       <c r="D323" s="222">
         <v>3</v>
       </c>
       <c r="E323" s="225" t="s">
         <v>547</v>
       </c>
       <c r="F323" s="185">
         <v>18</v>
       </c>
-      <c r="G323" s="260" t="s">
-        <v>561</v>
+      <c r="G323" s="258" t="s">
+        <v>560</v>
       </c>
       <c r="H323" s="215">
         <v>25</v>
       </c>
       <c r="I323" s="232" t="s">
-        <v>565</v>
-[...4 lines deleted...]
-      <c r="C324" s="346"/>
+        <v>564</v>
+      </c>
+    </row>
+    <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B324" s="363"/>
+      <c r="C324" s="366"/>
       <c r="D324" s="222">
         <v>3</v>
       </c>
       <c r="E324" s="225" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="F324" s="185">
         <v>19</v>
       </c>
-      <c r="G324" s="260" t="s">
-        <v>572</v>
+      <c r="G324" s="258" t="s">
+        <v>571</v>
       </c>
       <c r="H324" s="212">
         <v>29</v>
       </c>
       <c r="I324" s="232" t="s">
-        <v>638</v>
-[...4 lines deleted...]
-      <c r="C325" s="346"/>
+        <v>636</v>
+      </c>
+    </row>
+    <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B325" s="363"/>
+      <c r="C325" s="366"/>
       <c r="D325" s="222">
         <v>13</v>
       </c>
       <c r="E325" s="225" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F325" s="266">
+        <v>580</v>
+      </c>
+      <c r="F325" s="264">
         <v>23</v>
       </c>
-      <c r="G325" s="260" t="s">
-        <v>585</v>
+      <c r="G325" s="258" t="s">
+        <v>584</v>
       </c>
       <c r="H325" s="215">
         <v>30</v>
       </c>
       <c r="I325" s="232" t="s">
-        <v>639</v>
-[...4 lines deleted...]
-      <c r="C326" s="346"/>
+        <v>637</v>
+      </c>
+    </row>
+    <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B326" s="363"/>
+      <c r="C326" s="366"/>
       <c r="D326" s="178">
         <v>15</v>
       </c>
-      <c r="E326" s="243" t="s">
+      <c r="E326" s="242" t="s">
         <v>552</v>
       </c>
       <c r="F326" s="185">
         <v>24</v>
       </c>
-      <c r="G326" s="260" t="s">
-[...2 lines deleted...]
-      <c r="H326" s="272">
+      <c r="G326" s="258" t="s">
+        <v>572</v>
+      </c>
+      <c r="H326" s="270">
         <v>30</v>
       </c>
       <c r="I326" s="232" t="s">
-        <v>640</v>
-[...4 lines deleted...]
-      <c r="C327" s="346"/>
+        <v>638</v>
+      </c>
+    </row>
+    <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B327" s="363"/>
+      <c r="C327" s="366"/>
       <c r="D327" s="222">
         <v>20</v>
       </c>
-      <c r="E327" s="243" t="s">
+      <c r="E327" s="242" t="s">
         <v>550</v>
       </c>
-      <c r="F327" s="271"/>
-      <c r="G327" s="287"/>
+      <c r="F327" s="269"/>
+      <c r="G327" s="285"/>
       <c r="H327" s="212"/>
       <c r="I327" s="230"/>
     </row>
-    <row r="328" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C328" s="346"/>
+    <row r="328" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B328" s="363"/>
+      <c r="C328" s="366"/>
       <c r="D328" s="235">
         <v>20</v>
       </c>
-      <c r="E328" s="244" t="s">
+      <c r="E328" s="243" t="s">
         <v>551</v>
       </c>
       <c r="F328" s="195"/>
-      <c r="G328" s="288"/>
+      <c r="G328" s="286"/>
       <c r="H328" s="212"/>
       <c r="I328" s="232"/>
     </row>
-    <row r="329" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C329" s="338" t="s">
+    <row r="329" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B329" s="363"/>
+      <c r="C329" s="362" t="s">
         <v>11</v>
       </c>
       <c r="D329" s="233">
         <v>1</v>
       </c>
       <c r="E329" s="225" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="F329" s="185">
         <v>15</v>
       </c>
       <c r="G329" s="226" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="H329" s="278">
+        <v>604</v>
+      </c>
+      <c r="H329" s="276">
         <v>25</v>
       </c>
       <c r="I329" s="231" t="s">
-        <v>620</v>
-[...4 lines deleted...]
-      <c r="C330" s="336"/>
+        <v>619</v>
+      </c>
+    </row>
+    <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B330" s="363"/>
+      <c r="C330" s="360"/>
       <c r="D330" s="178">
         <v>2</v>
       </c>
-      <c r="E330" s="282" t="s">
-        <v>634</v>
+      <c r="E330" s="280" t="s">
+        <v>632</v>
       </c>
       <c r="F330" s="185"/>
       <c r="G330" s="227"/>
-      <c r="H330" s="279">
+      <c r="H330" s="277">
         <v>25</v>
       </c>
       <c r="I330" s="232" t="s">
-        <v>621</v>
-[...4 lines deleted...]
-      <c r="C331" s="336"/>
+        <v>620</v>
+      </c>
+    </row>
+    <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B331" s="363"/>
+      <c r="C331" s="360"/>
       <c r="D331" s="222">
         <v>3</v>
       </c>
       <c r="E331" s="225" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="F331" s="185"/>
       <c r="G331" s="227"/>
-      <c r="H331" s="279">
+      <c r="H331" s="277">
         <v>25</v>
       </c>
       <c r="I331" s="232" t="s">
-        <v>623</v>
-[...4 lines deleted...]
-      <c r="C332" s="336"/>
+        <v>622</v>
+      </c>
+    </row>
+    <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B332" s="363"/>
+      <c r="C332" s="360"/>
       <c r="D332" s="222">
         <v>8</v>
       </c>
       <c r="E332" s="225" t="s">
         <v>537</v>
       </c>
       <c r="F332" s="185"/>
       <c r="G332" s="227"/>
-      <c r="H332" s="280">
+      <c r="H332" s="278">
         <v>29</v>
       </c>
       <c r="I332" s="232" t="s">
-        <v>641</v>
-[...4 lines deleted...]
-      <c r="C333" s="336"/>
+        <v>639</v>
+      </c>
+    </row>
+    <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B333" s="363"/>
+      <c r="C333" s="360"/>
       <c r="D333" s="222">
         <v>31</v>
       </c>
       <c r="E333" s="225" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="F333" s="185"/>
-      <c r="G333" s="263"/>
-      <c r="H333" s="279">
+      <c r="G333" s="261"/>
+      <c r="H333" s="277">
         <v>29</v>
       </c>
       <c r="I333" s="232" t="s">
-        <v>642</v>
-[...4 lines deleted...]
-      <c r="C334" s="337"/>
+        <v>640</v>
+      </c>
+    </row>
+    <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B334" s="363"/>
+      <c r="C334" s="361"/>
       <c r="D334" s="222"/>
       <c r="E334" s="225"/>
       <c r="F334" s="188"/>
-      <c r="G334" s="264"/>
-      <c r="H334" s="281">
+      <c r="G334" s="262"/>
+      <c r="H334" s="279">
         <v>29</v>
       </c>
-      <c r="I334" s="270" t="s">
-[...4 lines deleted...]
-      <c r="B335" s="339"/>
+      <c r="I334" s="268" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B335" s="363"/>
       <c r="C335" s="342" t="s">
         <v>12</v>
       </c>
       <c r="D335" s="233">
         <v>7</v>
       </c>
-      <c r="E335" s="284" t="s">
+      <c r="E335" s="282" t="s">
+        <v>600</v>
+      </c>
+      <c r="F335" s="298">
+        <v>14</v>
+      </c>
+      <c r="G335" s="258" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>602</v>
       </c>
       <c r="H335" s="212">
         <v>19</v>
       </c>
       <c r="I335" s="231" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      <c r="B336" s="339"/>
+        <v>651</v>
+      </c>
+    </row>
+    <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B336" s="363"/>
       <c r="C336" s="343"/>
       <c r="D336" s="222">
         <v>7</v>
       </c>
-      <c r="E336" s="286" t="s">
+      <c r="E336" s="284" t="s">
         <v>554</v>
       </c>
-      <c r="F336" s="305">
+      <c r="F336" s="298">
         <v>17</v>
       </c>
-      <c r="G336" s="260" t="s">
-        <v>606</v>
+      <c r="G336" s="258" t="s">
+        <v>605</v>
       </c>
       <c r="H336" s="212"/>
       <c r="I336" s="232"/>
     </row>
-    <row r="337" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B337" s="339"/>
+    <row r="337" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B337" s="363"/>
       <c r="C337" s="343"/>
       <c r="D337" s="222">
         <v>23</v>
       </c>
-      <c r="E337" s="286" t="s">
-[...3 lines deleted...]
-      <c r="G337" s="260"/>
+      <c r="E337" s="284" t="s">
+        <v>609</v>
+      </c>
+      <c r="F337" s="298"/>
+      <c r="G337" s="258"/>
       <c r="H337" s="212"/>
       <c r="I337" s="232"/>
     </row>
-    <row r="338" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B338" s="339"/>
+    <row r="338" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B338" s="363"/>
       <c r="C338" s="343"/>
       <c r="D338" s="178">
         <v>27</v>
       </c>
-      <c r="E338" s="306" t="s">
-[...3 lines deleted...]
-      <c r="G338" s="260"/>
+      <c r="E338" s="299" t="s">
+        <v>608</v>
+      </c>
+      <c r="F338" s="298"/>
+      <c r="G338" s="258"/>
       <c r="H338" s="212"/>
       <c r="I338" s="232"/>
     </row>
-    <row r="339" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B339" s="339"/>
+    <row r="339" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B339" s="363"/>
       <c r="C339" s="343"/>
       <c r="D339" s="180">
         <v>28</v>
       </c>
       <c r="E339" s="239" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-      <c r="G339" s="260"/>
+        <v>646</v>
+      </c>
+      <c r="F339" s="298"/>
+      <c r="G339" s="258"/>
       <c r="H339" s="212"/>
       <c r="I339" s="232"/>
     </row>
-    <row r="340" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C340" s="338" t="s">
+    <row r="340" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B340" s="363"/>
+      <c r="C340" s="362" t="s">
         <v>13</v>
       </c>
-      <c r="D340" s="283">
+      <c r="D340" s="281">
         <v>2</v>
       </c>
-      <c r="E340" s="285" t="s">
-        <v>625</v>
+      <c r="E340" s="283" t="s">
+        <v>624</v>
       </c>
       <c r="F340" s="183">
         <v>10</v>
       </c>
-      <c r="G340" s="268" t="s">
-[...2 lines deleted...]
-      <c r="H340" s="324">
+      <c r="G340" s="266" t="s">
+        <v>575</v>
+      </c>
+      <c r="H340" s="316">
         <v>1</v>
       </c>
       <c r="I340" s="231" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-      <c r="D341" s="283">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B341" s="363"/>
+      <c r="C341" s="360"/>
+      <c r="D341" s="281">
         <v>2</v>
       </c>
-      <c r="E341" s="285" t="s">
-        <v>557</v>
+      <c r="E341" s="283" t="s">
+        <v>556</v>
       </c>
       <c r="F341" s="185">
         <v>16</v>
       </c>
-      <c r="G341" s="261" t="s">
-[...2 lines deleted...]
-      <c r="H341" s="313">
+      <c r="G341" s="259" t="s">
+        <v>594</v>
+      </c>
+      <c r="H341" s="306">
         <v>3</v>
       </c>
       <c r="I341" s="232" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-      <c r="D342" s="283">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B342" s="363"/>
+      <c r="C342" s="360"/>
+      <c r="D342" s="281">
         <v>2</v>
       </c>
-      <c r="E342" s="285" t="s">
-        <v>615</v>
+      <c r="E342" s="283" t="s">
+        <v>614</v>
       </c>
       <c r="F342" s="185">
         <v>16</v>
       </c>
-      <c r="G342" s="261" t="s">
-[...2 lines deleted...]
-      <c r="H342" s="325">
+      <c r="G342" s="259" t="s">
+        <v>595</v>
+      </c>
+      <c r="H342" s="317">
         <v>12</v>
       </c>
       <c r="I342" s="232" t="s">
-        <v>661</v>
-[...5 lines deleted...]
-      <c r="D343" s="283">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B343" s="363"/>
+      <c r="C343" s="360"/>
+      <c r="D343" s="281">
         <v>9</v>
       </c>
-      <c r="E343" s="286" t="s">
+      <c r="E343" s="284" t="s">
         <v>535</v>
       </c>
       <c r="F343" s="194">
         <v>17</v>
       </c>
-      <c r="G343" s="261" t="s">
-[...2 lines deleted...]
-      <c r="H343" s="280"/>
+      <c r="G343" s="259" t="s">
+        <v>593</v>
+      </c>
+      <c r="H343" s="278"/>
       <c r="I343" s="232"/>
     </row>
-    <row r="344" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D344" s="283">
+    <row r="344" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B344" s="363"/>
+      <c r="C344" s="360"/>
+      <c r="D344" s="281">
         <v>9</v>
       </c>
-      <c r="E344" s="286" t="s">
-        <v>586</v>
+      <c r="E344" s="284" t="s">
+        <v>585</v>
       </c>
       <c r="F344" s="194">
         <v>18</v>
       </c>
-      <c r="G344" s="261" t="s">
-[...2 lines deleted...]
-      <c r="H344" s="280"/>
+      <c r="G344" s="259" t="s">
+        <v>574</v>
+      </c>
+      <c r="H344" s="278"/>
       <c r="I344" s="232"/>
     </row>
-    <row r="345" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D345" s="283">
+    <row r="345" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B345" s="363"/>
+      <c r="C345" s="360"/>
+      <c r="D345" s="281">
         <v>9</v>
       </c>
-      <c r="E345" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H345" s="280"/>
+      <c r="E345" s="284" t="s">
+        <v>627</v>
+      </c>
+      <c r="F345" s="264"/>
+      <c r="G345" s="293"/>
+      <c r="H345" s="278"/>
       <c r="I345" s="232"/>
     </row>
-    <row r="346" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D346" s="283">
+    <row r="346" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B346" s="363"/>
+      <c r="C346" s="360"/>
+      <c r="D346" s="281">
         <v>9</v>
       </c>
-      <c r="E346" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H346" s="326"/>
+      <c r="E346" s="284" t="s">
+        <v>616</v>
+      </c>
+      <c r="F346" s="269"/>
+      <c r="G346" s="305"/>
+      <c r="H346" s="318"/>
       <c r="I346" s="230"/>
     </row>
-    <row r="347" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D347" s="283">
+    <row r="347" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B347" s="363"/>
+      <c r="C347" s="360"/>
+      <c r="D347" s="281">
         <v>11</v>
       </c>
-      <c r="E347" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H347" s="280"/>
+      <c r="E347" s="284" t="s">
+        <v>662</v>
+      </c>
+      <c r="F347" s="269"/>
+      <c r="G347" s="305"/>
+      <c r="H347" s="278"/>
       <c r="I347" s="232"/>
     </row>
-    <row r="348" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D348" s="283">
+    <row r="348" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B348" s="363"/>
+      <c r="C348" s="360"/>
+      <c r="D348" s="281">
         <v>15</v>
       </c>
-      <c r="E348" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H348" s="280"/>
+      <c r="E348" s="284" t="s">
+        <v>610</v>
+      </c>
+      <c r="F348" s="285"/>
+      <c r="G348" s="302"/>
+      <c r="H348" s="278"/>
       <c r="I348" s="232"/>
     </row>
-    <row r="349" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D349" s="283">
+    <row r="349" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B349" s="363"/>
+      <c r="C349" s="360"/>
+      <c r="D349" s="281">
         <v>15</v>
       </c>
-      <c r="E349" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H349" s="280"/>
+      <c r="E349" s="284" t="s">
+        <v>664</v>
+      </c>
+      <c r="F349" s="285"/>
+      <c r="G349" s="302"/>
+      <c r="H349" s="278"/>
       <c r="I349" s="232"/>
     </row>
-    <row r="350" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D350" s="283">
+    <row r="350" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B350" s="363"/>
+      <c r="C350" s="360"/>
+      <c r="D350" s="281">
         <v>16</v>
       </c>
-      <c r="E350" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H350" s="280"/>
+      <c r="E350" s="284" t="s">
+        <v>670</v>
+      </c>
+      <c r="F350" s="285"/>
+      <c r="G350" s="302"/>
+      <c r="H350" s="278"/>
       <c r="I350" s="232"/>
     </row>
-    <row r="351" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D351" s="283">
+    <row r="351" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B351" s="363"/>
+      <c r="C351" s="360"/>
+      <c r="D351" s="281">
         <v>16</v>
       </c>
-      <c r="E351" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H351" s="280"/>
+      <c r="E351" s="284" t="s">
+        <v>591</v>
+      </c>
+      <c r="F351" s="285"/>
+      <c r="G351" s="302"/>
+      <c r="H351" s="278"/>
       <c r="I351" s="232"/>
     </row>
-    <row r="352" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D352" s="283">
+    <row r="352" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B352" s="363"/>
+      <c r="C352" s="360"/>
+      <c r="D352" s="281">
         <v>21</v>
       </c>
-      <c r="E352" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H352" s="280"/>
+      <c r="E352" s="284" t="s">
+        <v>679</v>
+      </c>
+      <c r="F352" s="285"/>
+      <c r="G352" s="302"/>
+      <c r="H352" s="278"/>
       <c r="I352" s="232"/>
     </row>
-    <row r="353" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D353" s="283">
+    <row r="353" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B353" s="363"/>
+      <c r="C353" s="360"/>
+      <c r="D353" s="281">
         <v>23</v>
       </c>
-      <c r="E353" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H353" s="280"/>
+      <c r="E353" s="284" t="s">
+        <v>629</v>
+      </c>
+      <c r="F353" s="285"/>
+      <c r="G353" s="302"/>
+      <c r="H353" s="278"/>
       <c r="I353" s="232"/>
     </row>
-    <row r="354" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D354" s="283">
+    <row r="354" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B354" s="363"/>
+      <c r="C354" s="360"/>
+      <c r="D354" s="281">
         <v>23</v>
       </c>
-      <c r="E354" s="286" t="s">
+      <c r="E354" s="284" t="s">
         <v>555</v>
       </c>
-      <c r="F354" s="287"/>
-[...1 lines deleted...]
-      <c r="H354" s="280"/>
+      <c r="F354" s="285"/>
+      <c r="G354" s="302"/>
+      <c r="H354" s="278"/>
       <c r="I354" s="232"/>
     </row>
-    <row r="355" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D355" s="283">
+    <row r="355" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B355" s="363"/>
+      <c r="C355" s="360"/>
+      <c r="D355" s="281">
         <v>23</v>
       </c>
-      <c r="E355" s="286" t="s">
-[...4 lines deleted...]
-      <c r="H355" s="280"/>
+      <c r="E355" s="284" t="s">
+        <v>645</v>
+      </c>
+      <c r="F355" s="285"/>
+      <c r="G355" s="302"/>
+      <c r="H355" s="278"/>
       <c r="I355" s="232"/>
     </row>
-    <row r="356" spans="1:34" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D356" s="368">
+    <row r="356" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B356" s="363"/>
+      <c r="C356" s="360"/>
+      <c r="D356" s="326">
         <v>25</v>
       </c>
-      <c r="E356" s="285" t="s">
-[...2 lines deleted...]
-      <c r="F356" s="376">
+      <c r="E356" s="283" t="s">
+        <v>634</v>
+      </c>
+      <c r="F356" s="329">
         <v>30</v>
       </c>
-      <c r="G356" s="261" t="s">
-[...7 lines deleted...]
-      <c r="B357" s="339"/>
+      <c r="G356" s="259" t="s">
+        <v>621</v>
+      </c>
+      <c r="H356" s="278"/>
+      <c r="I356" s="268"/>
+    </row>
+    <row r="357" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="275"/>
+      <c r="B357" s="363"/>
       <c r="C357" s="342" t="s">
         <v>14</v>
       </c>
-      <c r="D357" s="387">
+      <c r="D357" s="337">
         <v>3</v>
       </c>
-      <c r="E357" s="241" t="s">
-[...2 lines deleted...]
-      <c r="F357" s="377">
+      <c r="E357" s="240" t="s">
+        <v>633</v>
+      </c>
+      <c r="F357" s="330">
         <v>9</v>
       </c>
-      <c r="G357" s="268" t="s">
-        <v>618</v>
+      <c r="G357" s="266" t="s">
+        <v>617</v>
       </c>
       <c r="H357" s="217">
         <v>7</v>
       </c>
       <c r="I357" s="231" t="s">
-        <v>613</v>
-[...29 lines deleted...]
-      <c r="B358" s="339"/>
+        <v>612</v>
+      </c>
+      <c r="J357" s="275"/>
+      <c r="K357" s="275"/>
+      <c r="L357" s="275"/>
+      <c r="M357" s="275"/>
+      <c r="N357" s="275"/>
+      <c r="O357" s="275"/>
+      <c r="P357" s="275"/>
+      <c r="Q357" s="275"/>
+      <c r="R357" s="275"/>
+      <c r="S357" s="275"/>
+      <c r="T357" s="275"/>
+      <c r="U357" s="275"/>
+      <c r="V357" s="275"/>
+      <c r="W357" s="275"/>
+      <c r="X357" s="275"/>
+      <c r="Y357" s="275"/>
+      <c r="Z357" s="275"/>
+      <c r="AA357" s="275"/>
+      <c r="AB357" s="275"/>
+      <c r="AC357" s="275"/>
+      <c r="AD357" s="275"/>
+      <c r="AE357" s="275"/>
+      <c r="AF357" s="275"/>
+      <c r="AG357" s="275"/>
+      <c r="AH357" s="275"/>
+    </row>
+    <row r="358" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="275"/>
+      <c r="B358" s="363"/>
       <c r="C358" s="343"/>
-      <c r="D358" s="388">
+      <c r="D358" s="338">
         <v>6</v>
       </c>
-      <c r="E358" s="242" t="s">
-[...2 lines deleted...]
-      <c r="F358" s="378">
+      <c r="E358" s="241" t="s">
+        <v>665</v>
+      </c>
+      <c r="F358" s="331">
         <v>14</v>
       </c>
-      <c r="G358" s="261" t="s">
-        <v>644</v>
+      <c r="G358" s="259" t="s">
+        <v>642</v>
       </c>
       <c r="H358" s="215">
         <v>10</v>
       </c>
       <c r="I358" s="232" t="s">
-        <v>652</v>
-[...29 lines deleted...]
-      <c r="B359" s="339"/>
+        <v>649</v>
+      </c>
+      <c r="J358" s="275"/>
+      <c r="K358" s="275"/>
+      <c r="L358" s="275"/>
+      <c r="M358" s="275"/>
+      <c r="N358" s="275"/>
+      <c r="O358" s="275"/>
+      <c r="P358" s="275"/>
+      <c r="Q358" s="275"/>
+      <c r="R358" s="275"/>
+      <c r="S358" s="275"/>
+      <c r="T358" s="275"/>
+      <c r="U358" s="275"/>
+      <c r="V358" s="275"/>
+      <c r="W358" s="275"/>
+      <c r="X358" s="275"/>
+      <c r="Y358" s="275"/>
+      <c r="Z358" s="275"/>
+      <c r="AA358" s="275"/>
+      <c r="AB358" s="275"/>
+      <c r="AC358" s="275"/>
+      <c r="AD358" s="275"/>
+      <c r="AE358" s="275"/>
+      <c r="AF358" s="275"/>
+      <c r="AG358" s="275"/>
+      <c r="AH358" s="275"/>
+    </row>
+    <row r="359" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="275"/>
+      <c r="B359" s="363"/>
       <c r="C359" s="343"/>
-      <c r="D359" s="388">
+      <c r="D359" s="338">
         <v>7</v>
       </c>
-      <c r="E359" s="242" t="s">
-[...2 lines deleted...]
-      <c r="F359" s="307">
+      <c r="E359" s="241" t="s">
+        <v>681</v>
+      </c>
+      <c r="F359" s="300">
         <v>23</v>
       </c>
-      <c r="G359" s="261" t="s">
-[...2 lines deleted...]
-      <c r="H359" s="386">
+      <c r="G359" s="259" t="s">
+        <v>561</v>
+      </c>
+      <c r="H359" s="336">
         <v>15</v>
       </c>
       <c r="I359" s="232" t="s">
-        <v>659</v>
-[...28 lines deleted...]
-      <c r="B360" s="339"/>
+        <v>656</v>
+      </c>
+      <c r="J359" s="275"/>
+      <c r="K359" s="275"/>
+      <c r="L359" s="275"/>
+      <c r="M359" s="275"/>
+      <c r="N359" s="275"/>
+      <c r="O359" s="275"/>
+      <c r="P359" s="275"/>
+      <c r="Q359" s="275"/>
+      <c r="R359" s="275"/>
+      <c r="S359" s="275"/>
+      <c r="T359" s="275"/>
+      <c r="U359" s="275"/>
+      <c r="V359" s="275"/>
+      <c r="W359" s="275"/>
+      <c r="X359" s="275"/>
+      <c r="Y359" s="275"/>
+      <c r="Z359" s="275"/>
+      <c r="AA359" s="275"/>
+      <c r="AB359" s="275"/>
+      <c r="AC359" s="275"/>
+      <c r="AD359" s="275"/>
+      <c r="AE359" s="275"/>
+      <c r="AF359" s="275"/>
+      <c r="AG359" s="275"/>
+      <c r="AH359" s="275"/>
+    </row>
+    <row r="360" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B360" s="363"/>
       <c r="C360" s="343"/>
-      <c r="D360" s="310">
+      <c r="D360" s="303">
         <v>12</v>
       </c>
-      <c r="E360" s="243" t="s">
+      <c r="E360" s="242" t="s">
         <v>552</v>
       </c>
-      <c r="F360" s="307">
+      <c r="F360" s="300">
         <v>29</v>
       </c>
-      <c r="G360" s="262" t="s">
-        <v>566</v>
+      <c r="G360" s="260" t="s">
+        <v>565</v>
       </c>
       <c r="H360" s="215">
         <v>16</v>
       </c>
       <c r="I360" s="232" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      <c r="B361" s="339"/>
+        <v>647</v>
+      </c>
+    </row>
+    <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B361" s="363"/>
       <c r="C361" s="343"/>
-      <c r="D361" s="310">
+      <c r="D361" s="303">
         <v>13</v>
       </c>
-      <c r="E361" s="243" t="s">
-[...3 lines deleted...]
-      <c r="G361" s="298"/>
+      <c r="E361" s="242" t="s">
+        <v>682</v>
+      </c>
+      <c r="F361" s="264"/>
+      <c r="G361" s="293"/>
       <c r="H361" s="212">
         <v>22</v>
       </c>
       <c r="I361" s="232" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-      <c r="B362" s="339"/>
+        <v>583</v>
+      </c>
+    </row>
+    <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B362" s="363"/>
       <c r="C362" s="343"/>
-      <c r="D362" s="310">
+      <c r="D362" s="303">
         <v>14</v>
       </c>
-      <c r="E362" s="242" t="s">
-[...3 lines deleted...]
-      <c r="G362" s="298"/>
+      <c r="E362" s="241" t="s">
+        <v>630</v>
+      </c>
+      <c r="F362" s="264"/>
+      <c r="G362" s="293"/>
       <c r="H362" s="215">
         <v>27</v>
       </c>
       <c r="I362" s="232" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      <c r="B363" s="339"/>
+        <v>688</v>
+      </c>
+    </row>
+    <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B363" s="363"/>
       <c r="C363" s="343"/>
-      <c r="D363" s="310">
+      <c r="D363" s="303">
         <v>14</v>
       </c>
-      <c r="E363" s="242" t="s">
-[...3 lines deleted...]
-      <c r="G363" s="309"/>
+      <c r="E363" s="241" t="s">
+        <v>631</v>
+      </c>
+      <c r="F363" s="308"/>
+      <c r="G363" s="302"/>
       <c r="H363" s="215"/>
       <c r="I363" s="209"/>
     </row>
-    <row r="364" spans="1:34" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B364" s="339"/>
+    <row r="364" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="275"/>
+      <c r="B364" s="363"/>
       <c r="C364" s="343"/>
-      <c r="D364" s="388">
+      <c r="D364" s="338">
         <v>23</v>
       </c>
-      <c r="E364" s="242" t="s">
-[...3 lines deleted...]
-      <c r="G364" s="309"/>
+      <c r="E364" s="241" t="s">
+        <v>635</v>
+      </c>
+      <c r="F364" s="331"/>
+      <c r="G364" s="302"/>
       <c r="H364" s="215"/>
       <c r="I364" s="209"/>
-      <c r="J364" s="277"/>
-[...27 lines deleted...]
-      <c r="B365" s="339"/>
+      <c r="J364" s="275"/>
+      <c r="K364" s="275"/>
+      <c r="L364" s="275"/>
+      <c r="M364" s="275"/>
+      <c r="N364" s="275"/>
+      <c r="O364" s="275"/>
+      <c r="P364" s="275"/>
+      <c r="Q364" s="275"/>
+      <c r="R364" s="275"/>
+      <c r="S364" s="275"/>
+      <c r="T364" s="275"/>
+      <c r="U364" s="275"/>
+      <c r="V364" s="275"/>
+      <c r="W364" s="275"/>
+      <c r="X364" s="275"/>
+      <c r="Y364" s="275"/>
+      <c r="Z364" s="275"/>
+      <c r="AA364" s="275"/>
+      <c r="AB364" s="275"/>
+      <c r="AC364" s="275"/>
+      <c r="AD364" s="275"/>
+      <c r="AE364" s="275"/>
+      <c r="AF364" s="275"/>
+      <c r="AG364" s="275"/>
+      <c r="AH364" s="275"/>
+    </row>
+    <row r="365" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="275"/>
+      <c r="B365" s="363"/>
       <c r="C365" s="343"/>
-      <c r="D365" s="388">
+      <c r="D365" s="338">
         <v>24</v>
       </c>
-      <c r="E365" s="242" t="s">
-[...3 lines deleted...]
-      <c r="G365" s="309"/>
+      <c r="E365" s="241" t="s">
+        <v>666</v>
+      </c>
+      <c r="F365" s="331"/>
+      <c r="G365" s="302"/>
       <c r="H365" s="212"/>
       <c r="I365" s="232"/>
-      <c r="J365" s="277"/>
-[...26 lines deleted...]
-      <c r="B366" s="339"/>
+      <c r="J365" s="275"/>
+      <c r="K365" s="275"/>
+      <c r="L365" s="275"/>
+      <c r="M365" s="275"/>
+      <c r="N365" s="275"/>
+      <c r="O365" s="275"/>
+      <c r="P365" s="275"/>
+      <c r="Q365" s="275"/>
+      <c r="R365" s="275"/>
+      <c r="S365" s="275"/>
+      <c r="T365" s="275"/>
+      <c r="U365" s="275"/>
+      <c r="V365" s="275"/>
+      <c r="W365" s="275"/>
+      <c r="X365" s="275"/>
+      <c r="Y365" s="275"/>
+      <c r="Z365" s="275"/>
+      <c r="AA365" s="275"/>
+      <c r="AB365" s="275"/>
+      <c r="AC365" s="275"/>
+      <c r="AD365" s="275"/>
+      <c r="AE365" s="275"/>
+      <c r="AF365" s="275"/>
+      <c r="AG365" s="275"/>
+      <c r="AH365" s="275"/>
+    </row>
+    <row r="366" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B366" s="363"/>
       <c r="C366" s="343"/>
-      <c r="D366" s="310">
+      <c r="D366" s="303">
         <v>26</v>
       </c>
-      <c r="E366" s="289" t="s">
-[...3 lines deleted...]
-      <c r="G366" s="309"/>
+      <c r="E366" s="287" t="s">
+        <v>607</v>
+      </c>
+      <c r="F366" s="308"/>
+      <c r="G366" s="302"/>
       <c r="H366" s="215"/>
       <c r="I366" s="230"/>
     </row>
-    <row r="367" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="B367" s="339"/>
+    <row r="367" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B367" s="363"/>
       <c r="C367" s="344"/>
-      <c r="D367" s="310">
+      <c r="D367" s="303">
         <v>28</v>
       </c>
-      <c r="E367" s="243" t="s">
-[...3 lines deleted...]
-      <c r="G367" s="309"/>
+      <c r="E367" s="242" t="s">
+        <v>586</v>
+      </c>
+      <c r="F367" s="329"/>
+      <c r="G367" s="302"/>
       <c r="H367" s="218"/>
-      <c r="I367" s="270"/>
+      <c r="I367" s="268"/>
     </row>
     <row r="368" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="B368" s="340"/>
+      <c r="B368" s="363"/>
       <c r="C368" s="342" t="s">
         <v>15</v>
       </c>
-      <c r="D368" s="317">
+      <c r="D368" s="310">
         <v>4</v>
       </c>
       <c r="E368" s="224" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="F368" s="379">
+        <v>660</v>
+      </c>
+      <c r="F368" s="332">
         <v>4</v>
       </c>
       <c r="G368" s="226" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="H368" s="217">
         <v>4</v>
       </c>
-      <c r="I368" s="362" t="s">
-[...4 lines deleted...]
-      <c r="B369" s="340"/>
+      <c r="I368" s="322" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="369" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B369" s="363"/>
       <c r="C369" s="343"/>
-      <c r="D369" s="310">
+      <c r="D369" s="303">
         <v>10</v>
       </c>
       <c r="E369" s="225" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="F369" s="378">
+        <v>710</v>
+      </c>
+      <c r="F369" s="331">
         <v>4</v>
       </c>
       <c r="G369" s="227" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="H369" s="212">
         <v>4</v>
       </c>
-      <c r="I369" s="363" t="s">
-[...4 lines deleted...]
-      <c r="B370" s="340"/>
+      <c r="I369" s="323" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="370" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B370" s="363"/>
       <c r="C370" s="343"/>
-      <c r="D370" s="310">
+      <c r="D370" s="303">
         <v>11</v>
       </c>
       <c r="E370" s="225" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="F370" s="315">
+        <v>625</v>
+      </c>
+      <c r="F370" s="308">
         <v>5</v>
       </c>
       <c r="G370" s="227" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="H370" s="215">
         <v>4</v>
       </c>
-      <c r="I370" s="363" t="s">
-[...4 lines deleted...]
-      <c r="B371" s="340"/>
+      <c r="I370" s="323" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="371" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B371" s="363"/>
       <c r="C371" s="343"/>
-      <c r="D371" s="310">
+      <c r="D371" s="303">
         <v>11</v>
       </c>
       <c r="E371" s="225" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="F371" s="307">
+        <v>626</v>
+      </c>
+      <c r="F371" s="300">
         <v>17</v>
       </c>
       <c r="G371" s="228" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="H371" s="215">
         <v>7</v>
       </c>
-      <c r="I371" s="363" t="s">
+      <c r="I371" s="323" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="372" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B372" s="363"/>
+      <c r="C372" s="343"/>
+      <c r="D372" s="303">
+        <v>11</v>
+      </c>
+      <c r="E372" s="225" t="s">
+        <v>678</v>
+      </c>
+      <c r="F372" s="331">
+        <v>20</v>
+      </c>
+      <c r="G372" s="227" t="s">
         <v>653</v>
-      </c>
-[...14 lines deleted...]
-        <v>656</v>
       </c>
       <c r="H372" s="212">
         <v>19</v>
       </c>
-      <c r="I372" s="363" t="s">
-[...4 lines deleted...]
-      <c r="B373" s="340"/>
+      <c r="I372" s="323" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="373" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B373" s="363"/>
       <c r="C373" s="343"/>
-      <c r="D373" s="310">
+      <c r="D373" s="303">
         <v>18</v>
       </c>
       <c r="E373" s="225" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="F373" s="307">
+        <v>711</v>
+      </c>
+      <c r="F373" s="300">
         <v>23</v>
       </c>
       <c r="G373" s="228" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="H373" s="212"/>
-      <c r="I373" s="363"/>
-[...2 lines deleted...]
-      <c r="B374" s="340"/>
+      <c r="I373" s="323"/>
+    </row>
+    <row r="374" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B374" s="363"/>
       <c r="C374" s="343"/>
-      <c r="D374" s="389">
+      <c r="D374" s="339">
         <v>25</v>
       </c>
-      <c r="E374" s="361" t="s">
-[...2 lines deleted...]
-      <c r="F374" s="307">
+      <c r="E374" s="321" t="s">
+        <v>673</v>
+      </c>
+      <c r="F374" s="300">
         <v>25</v>
       </c>
       <c r="G374" s="227" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H374" s="215"/>
-      <c r="I374" s="363"/>
-[...2 lines deleted...]
-      <c r="B375" s="340"/>
+      <c r="I374" s="323"/>
+    </row>
+    <row r="375" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B375" s="363"/>
       <c r="C375" s="344"/>
-      <c r="D375" s="390">
+      <c r="D375" s="303">
         <v>28</v>
       </c>
-      <c r="E375" s="364" t="s">
-[...2 lines deleted...]
-      <c r="F375" s="376">
+      <c r="E375" s="321" t="s">
+        <v>667</v>
+      </c>
+      <c r="F375" s="308">
         <v>27</v>
       </c>
-      <c r="G375" s="316" t="s">
-        <v>689</v>
+      <c r="G375" s="227" t="s">
+        <v>683</v>
       </c>
       <c r="H375" s="215"/>
-      <c r="I375" s="372"/>
-[...2 lines deleted...]
-      <c r="B376" s="339"/>
+      <c r="I375" s="327"/>
+    </row>
+    <row r="376" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B376" s="363"/>
       <c r="C376" s="342" t="s">
         <v>16</v>
       </c>
       <c r="D376" s="310" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="E376" s="225" t="s">
+        <v>576</v>
+      </c>
+      <c r="E376" s="288" t="s">
         <v>475</v>
       </c>
-      <c r="F376" s="307"/>
-      <c r="G376" s="263"/>
+      <c r="F376" s="334"/>
+      <c r="G376" s="375"/>
       <c r="H376" s="217">
         <v>1</v>
       </c>
-      <c r="I376" s="362" t="s">
+      <c r="I376" s="231" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="377" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B377" s="363"/>
+      <c r="C377" s="343"/>
+      <c r="D377" s="303">
+        <v>2</v>
+      </c>
+      <c r="E377" s="284" t="s">
+        <v>695</v>
+      </c>
+      <c r="F377" s="300"/>
+      <c r="G377" s="302"/>
+      <c r="H377" s="386">
+        <v>16</v>
+      </c>
+      <c r="I377" s="232" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="378" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B378" s="363"/>
+      <c r="C378" s="343"/>
+      <c r="D378" s="303">
+        <v>2</v>
+      </c>
+      <c r="E378" s="284" t="s">
+        <v>696</v>
+      </c>
+      <c r="F378" s="300"/>
+      <c r="G378" s="302"/>
+      <c r="H378" s="386">
+        <v>16</v>
+      </c>
+      <c r="I378" s="232" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="379" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B379" s="363"/>
+      <c r="C379" s="343"/>
+      <c r="D379" s="303">
+        <v>2</v>
+      </c>
+      <c r="E379" s="284" t="s">
+        <v>687</v>
+      </c>
+      <c r="F379" s="300"/>
+      <c r="G379" s="302"/>
+      <c r="H379" s="386">
+        <v>18</v>
+      </c>
+      <c r="I379" s="232" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="380" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B380" s="363"/>
+      <c r="C380" s="343"/>
+      <c r="D380" s="303">
+        <v>2</v>
+      </c>
+      <c r="E380" s="284" t="s">
+        <v>588</v>
+      </c>
+      <c r="F380" s="300"/>
+      <c r="G380" s="302"/>
+      <c r="H380" s="386">
+        <v>18</v>
+      </c>
+      <c r="I380" s="232" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="381" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B381" s="363"/>
+      <c r="C381" s="343"/>
+      <c r="D381" s="303">
+        <v>9</v>
+      </c>
+      <c r="E381" s="284" t="s">
+        <v>712</v>
+      </c>
+      <c r="F381" s="300"/>
+      <c r="G381" s="302"/>
+      <c r="H381" s="215">
+        <v>31</v>
+      </c>
+      <c r="I381" s="232" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="382" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B382" s="363"/>
+      <c r="C382" s="343"/>
+      <c r="D382" s="303">
+        <v>9</v>
+      </c>
+      <c r="E382" s="284" t="s">
+        <v>698</v>
+      </c>
+      <c r="F382" s="300"/>
+      <c r="G382" s="302"/>
+      <c r="H382" s="215"/>
+      <c r="I382" s="232"/>
+    </row>
+    <row r="383" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B383" s="363"/>
+      <c r="C383" s="343"/>
+      <c r="D383" s="303">
+        <v>9</v>
+      </c>
+      <c r="E383" s="284" t="s">
+        <v>538</v>
+      </c>
+      <c r="F383" s="300"/>
+      <c r="G383" s="302"/>
+      <c r="H383" s="215"/>
+      <c r="I383" s="230"/>
+      <c r="L383" s="385"/>
+    </row>
+    <row r="384" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B384" s="363"/>
+      <c r="C384" s="343"/>
+      <c r="D384" s="303">
+        <v>15</v>
+      </c>
+      <c r="E384" s="284" t="s">
+        <v>713</v>
+      </c>
+      <c r="F384" s="300"/>
+      <c r="G384" s="302"/>
+      <c r="H384" s="215"/>
+      <c r="I384" s="230"/>
+    </row>
+    <row r="385" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B385" s="364"/>
+      <c r="C385" s="344"/>
+      <c r="D385" s="340">
+        <v>15</v>
+      </c>
+      <c r="E385" s="239" t="s">
+        <v>714</v>
+      </c>
+      <c r="F385" s="301"/>
+      <c r="G385" s="376"/>
+      <c r="H385" s="218"/>
+      <c r="I385" s="291"/>
+    </row>
+    <row r="386" spans="2:9" s="313" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B386" s="118"/>
+      <c r="C386" s="312"/>
+      <c r="D386" s="341"/>
+      <c r="E386" s="314"/>
+      <c r="F386" s="333"/>
+      <c r="G386" s="315"/>
+      <c r="H386" s="341"/>
+      <c r="I386" s="315"/>
+    </row>
+    <row r="387" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B387" s="370">
+        <v>2026</v>
+      </c>
+      <c r="C387" s="345" t="s">
+        <v>42</v>
+      </c>
+      <c r="D387" s="233">
+        <v>7</v>
+      </c>
+      <c r="E387" s="384" t="s">
+        <v>715</v>
+      </c>
+      <c r="F387" s="382">
+        <v>6</v>
+      </c>
+      <c r="G387" s="226" t="s">
+        <v>708</v>
+      </c>
+      <c r="H387" s="210">
+        <v>6</v>
+      </c>
+      <c r="I387" s="322" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="388" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B388" s="363"/>
+      <c r="C388" s="346"/>
+      <c r="D388" s="222">
+        <v>12</v>
+      </c>
+      <c r="E388" s="321" t="s">
+        <v>709</v>
+      </c>
+      <c r="F388" s="300">
+        <v>13</v>
+      </c>
+      <c r="G388" s="227" t="s">
+        <v>623</v>
+      </c>
+      <c r="H388" s="215">
+        <v>15</v>
+      </c>
+      <c r="I388" s="323" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="389" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B389" s="363"/>
+      <c r="C389" s="346"/>
+      <c r="D389" s="303">
+        <v>16</v>
+      </c>
+      <c r="E389" s="321" t="s">
+        <v>668</v>
+      </c>
+      <c r="F389" s="194"/>
+      <c r="G389" s="261"/>
+      <c r="H389" s="215">
+        <v>23</v>
+      </c>
+      <c r="I389" s="323" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="390" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B390" s="363"/>
+      <c r="C390" s="346"/>
+      <c r="D390" s="303">
+        <v>22</v>
+      </c>
+      <c r="E390" s="321" t="s">
+        <v>702</v>
+      </c>
+      <c r="F390" s="300"/>
+      <c r="G390" s="227"/>
+      <c r="H390" s="215"/>
+      <c r="I390" s="323"/>
+    </row>
+    <row r="391" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B391" s="363"/>
+      <c r="C391" s="347"/>
+      <c r="D391" s="340">
+        <v>27</v>
+      </c>
+      <c r="E391" s="324" t="s">
+        <v>615</v>
+      </c>
+      <c r="F391" s="301"/>
+      <c r="G391" s="309"/>
+      <c r="H391" s="291"/>
+      <c r="I391" s="325"/>
+    </row>
+    <row r="392" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B392" s="363"/>
+      <c r="C392" s="362" t="s">
+        <v>5</v>
+      </c>
+      <c r="D392" s="326">
+        <v>1</v>
+      </c>
+      <c r="E392" s="241" t="s">
+        <v>705</v>
+      </c>
+      <c r="F392" s="334">
+        <v>15</v>
+      </c>
+      <c r="G392" s="226" t="s">
+        <v>663</v>
+      </c>
+      <c r="H392" s="217">
+        <v>2</v>
+      </c>
+      <c r="I392" s="231" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="393" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B393" s="363"/>
+      <c r="C393" s="360"/>
+      <c r="D393" s="303">
+        <v>3</v>
+      </c>
+      <c r="E393" s="242" t="s">
+        <v>680</v>
+      </c>
+      <c r="F393" s="285"/>
+      <c r="G393" s="305"/>
+      <c r="H393" s="230"/>
+      <c r="I393" s="230"/>
+    </row>
+    <row r="394" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B394" s="363"/>
+      <c r="C394" s="360"/>
+      <c r="D394" s="303">
+        <v>3</v>
+      </c>
+      <c r="E394" s="242" t="s">
+        <v>694</v>
+      </c>
+      <c r="F394" s="300"/>
+      <c r="G394" s="227"/>
+      <c r="H394" s="215"/>
+      <c r="I394" s="232"/>
+    </row>
+    <row r="395" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B395" s="363"/>
+      <c r="C395" s="361"/>
+      <c r="D395" s="303">
+        <v>10</v>
+      </c>
+      <c r="E395" s="242" t="s">
+        <v>668</v>
+      </c>
+      <c r="F395" s="329"/>
+      <c r="G395" s="262"/>
+      <c r="H395" s="218"/>
+      <c r="I395" s="268"/>
+    </row>
+    <row r="396" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B396" s="363"/>
+      <c r="C396" s="348" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="310">
+        <v>3</v>
+      </c>
+      <c r="E396" s="224" t="s">
+        <v>716</v>
+      </c>
+      <c r="F396" s="334">
+        <v>9</v>
+      </c>
+      <c r="G396" s="228" t="s">
+        <v>693</v>
+      </c>
+      <c r="H396" s="215">
+        <v>1</v>
+      </c>
+      <c r="I396" s="231" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="397" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B397" s="363"/>
+      <c r="C397" s="349"/>
+      <c r="D397" s="303">
+        <v>10</v>
+      </c>
+      <c r="E397" s="225" t="s">
+        <v>671</v>
+      </c>
+      <c r="F397" s="300"/>
+      <c r="G397" s="258"/>
+      <c r="H397" s="215">
+        <v>3</v>
+      </c>
+      <c r="I397" s="232" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="398" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B398" s="363"/>
+      <c r="C398" s="349"/>
+      <c r="D398" s="303">
+        <v>24</v>
+      </c>
+      <c r="E398" s="225" t="s">
+        <v>686</v>
+      </c>
+      <c r="F398" s="300"/>
+      <c r="G398" s="258"/>
+      <c r="H398" s="215"/>
+      <c r="I398" s="232"/>
+    </row>
+    <row r="399" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B399" s="363"/>
+      <c r="C399" s="349"/>
+      <c r="D399" s="303">
+        <v>24</v>
+      </c>
+      <c r="E399" s="225" t="s">
+        <v>697</v>
+      </c>
+      <c r="F399" s="300"/>
+      <c r="G399" s="258"/>
+      <c r="H399" s="215"/>
+      <c r="I399" s="232"/>
+    </row>
+    <row r="400" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B400" s="363"/>
+      <c r="C400" s="349"/>
+      <c r="D400" s="303">
+        <v>24</v>
+      </c>
+      <c r="E400" s="225" t="s">
+        <v>587</v>
+      </c>
+      <c r="F400" s="300"/>
+      <c r="G400" s="258"/>
+      <c r="H400" s="215"/>
+      <c r="I400" s="232"/>
+    </row>
+    <row r="401" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B401" s="363"/>
+      <c r="C401" s="350"/>
+      <c r="D401" s="340">
+        <v>31</v>
+      </c>
+      <c r="E401" s="324" t="s">
         <v>690</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D377" s="310">
+      <c r="F401" s="335"/>
+      <c r="G401" s="286"/>
+      <c r="H401" s="218"/>
+      <c r="I401" s="291"/>
+    </row>
+    <row r="402" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B402" s="363"/>
+      <c r="C402" s="371" t="s">
+        <v>8</v>
+      </c>
+      <c r="D402" s="303">
+        <v>1</v>
+      </c>
+      <c r="E402" s="321" t="s">
+        <v>706</v>
+      </c>
+      <c r="F402" s="332">
+        <v>16</v>
+      </c>
+      <c r="G402" s="227" t="s">
+        <v>704</v>
+      </c>
+      <c r="H402" s="215">
+        <v>7</v>
+      </c>
+      <c r="I402" s="231" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="403" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B403" s="363"/>
+      <c r="C403" s="374"/>
+      <c r="D403" s="303">
+        <v>7</v>
+      </c>
+      <c r="E403" s="225" t="s">
+        <v>701</v>
+      </c>
+      <c r="F403" s="331">
+        <v>29</v>
+      </c>
+      <c r="G403" s="227" t="s">
+        <v>618</v>
+      </c>
+      <c r="H403" s="215">
+        <v>7</v>
+      </c>
+      <c r="I403" s="232" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="404" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B404" s="363"/>
+      <c r="C404" s="374"/>
+      <c r="D404" s="303">
+        <v>7</v>
+      </c>
+      <c r="E404" s="225" t="s">
+        <v>699</v>
+      </c>
+      <c r="F404" s="331"/>
+      <c r="G404" s="261"/>
+      <c r="H404" s="215">
+        <v>7</v>
+      </c>
+      <c r="I404" s="232" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B405" s="363"/>
+      <c r="C405" s="374"/>
+      <c r="D405" s="303">
+        <v>7</v>
+      </c>
+      <c r="E405" s="225" t="s">
+        <v>700</v>
+      </c>
+      <c r="F405" s="331"/>
+      <c r="G405" s="261"/>
+      <c r="H405" s="215">
+        <v>7</v>
+      </c>
+      <c r="I405" s="232" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B406" s="363"/>
+      <c r="C406" s="374"/>
+      <c r="D406" s="303">
+        <v>9</v>
+      </c>
+      <c r="E406" s="242" t="s">
+        <v>661</v>
+      </c>
+      <c r="F406" s="285"/>
+      <c r="G406" s="305"/>
+      <c r="H406" s="215"/>
+      <c r="I406" s="230"/>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B407" s="363"/>
+      <c r="C407" s="372"/>
+      <c r="D407" s="303">
+        <v>14</v>
+      </c>
+      <c r="E407" s="242" t="s">
+        <v>589</v>
+      </c>
+      <c r="F407" s="329"/>
+      <c r="G407" s="262"/>
+      <c r="H407" s="218"/>
+      <c r="I407" s="291"/>
+    </row>
+    <row r="408" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B408" s="363"/>
+      <c r="C408" s="371" t="s">
+        <v>674</v>
+      </c>
+      <c r="D408" s="310">
+        <v>12</v>
+      </c>
+      <c r="E408" s="288" t="s">
+        <v>717</v>
+      </c>
+      <c r="F408" s="330">
+        <v>29</v>
+      </c>
+      <c r="G408" s="377" t="s">
+        <v>693</v>
+      </c>
+      <c r="H408" s="217"/>
+      <c r="I408" s="290"/>
+    </row>
+    <row r="409" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B409" s="363"/>
+      <c r="C409" s="372"/>
+      <c r="D409" s="340">
+        <v>19</v>
+      </c>
+      <c r="E409" s="307" t="s">
+        <v>675</v>
+      </c>
+      <c r="F409" s="308"/>
+      <c r="G409" s="285"/>
+      <c r="H409" s="215"/>
+      <c r="I409" s="230"/>
+    </row>
+    <row r="410" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B410" s="363"/>
+      <c r="C410" s="371" t="s">
+        <v>10</v>
+      </c>
+      <c r="D410" s="303">
+        <v>1</v>
+      </c>
+      <c r="E410" s="241" t="s">
+        <v>705</v>
+      </c>
+      <c r="F410" s="330"/>
+      <c r="G410" s="378"/>
+      <c r="H410" s="217"/>
+      <c r="I410" s="379"/>
+    </row>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B411" s="363"/>
+      <c r="C411" s="374"/>
+      <c r="D411" s="303">
         <v>2</v>
       </c>
-      <c r="E377" s="225" t="s">
-[...4 lines deleted...]
-      <c r="H377" s="215">
+      <c r="E411" s="225" t="s">
+        <v>718</v>
+      </c>
+      <c r="F411" s="308"/>
+      <c r="G411" s="261"/>
+      <c r="H411" s="215"/>
+      <c r="I411" s="327"/>
+    </row>
+    <row r="412" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B412" s="363"/>
+      <c r="C412" s="374"/>
+      <c r="D412" s="303">
+        <v>9</v>
+      </c>
+      <c r="E412" s="241" t="s">
+        <v>592</v>
+      </c>
+      <c r="F412" s="331"/>
+      <c r="G412" s="227"/>
+      <c r="H412" s="215"/>
+      <c r="I412" s="327"/>
+    </row>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B413" s="363"/>
+      <c r="C413" s="372"/>
+      <c r="D413" s="340">
+        <v>16</v>
+      </c>
+      <c r="E413" s="289" t="s">
+        <v>719</v>
+      </c>
+      <c r="F413" s="335"/>
+      <c r="G413" s="262"/>
+      <c r="H413" s="218"/>
+      <c r="I413" s="325"/>
+    </row>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B414" s="363"/>
+      <c r="C414" s="265" t="s">
+        <v>11</v>
+      </c>
+      <c r="D414" s="383">
         <v>31</v>
       </c>
-      <c r="I377" s="363" t="s">
-[...9 lines deleted...]
-      <c r="E378" s="225" t="s">
+      <c r="E414" s="304" t="s">
+        <v>669</v>
+      </c>
+      <c r="F414" s="335"/>
+      <c r="G414" s="286"/>
+      <c r="H414" s="218"/>
+      <c r="I414" s="291"/>
+    </row>
+    <row r="415" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B415" s="363"/>
+      <c r="C415" s="265" t="s">
+        <v>12</v>
+      </c>
+      <c r="D415" s="383"/>
+      <c r="E415" s="295"/>
+      <c r="F415" s="181">
+        <v>27</v>
+      </c>
+      <c r="G415" s="297" t="s">
+        <v>643</v>
+      </c>
+      <c r="H415" s="294"/>
+      <c r="I415" s="296"/>
+    </row>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B416" s="363"/>
+      <c r="C416" s="373" t="s">
+        <v>13</v>
+      </c>
+      <c r="D416" s="310">
+        <v>22</v>
+      </c>
+      <c r="E416" s="280" t="s">
+        <v>720</v>
+      </c>
+      <c r="F416" s="332">
+        <v>15</v>
+      </c>
+      <c r="G416" s="259" t="s">
+        <v>703</v>
+      </c>
+      <c r="H416" s="217"/>
+      <c r="I416" s="379"/>
+    </row>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B417" s="363"/>
+      <c r="C417" s="380" t="s">
+        <v>14</v>
+      </c>
+      <c r="D417" s="310">
+        <v>1</v>
+      </c>
+      <c r="E417" s="240" t="s">
+        <v>707</v>
+      </c>
+      <c r="F417" s="332"/>
+      <c r="G417" s="226"/>
+      <c r="H417" s="217"/>
+      <c r="I417" s="379"/>
+    </row>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B418" s="363"/>
+      <c r="C418" s="381"/>
+      <c r="D418" s="340">
+        <v>1</v>
+      </c>
+      <c r="E418" s="289" t="s">
+        <v>705</v>
+      </c>
+      <c r="F418" s="335"/>
+      <c r="G418" s="309"/>
+      <c r="H418" s="218"/>
+      <c r="I418" s="325"/>
+    </row>
+    <row r="419" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B419" s="364"/>
+      <c r="C419" s="311" t="s">
+        <v>15</v>
+      </c>
+      <c r="D419" s="340">
+        <v>12</v>
+      </c>
+      <c r="E419" s="304" t="s">
+        <v>672</v>
+      </c>
+      <c r="F419" s="335">
+        <v>23</v>
+      </c>
+      <c r="G419" s="328" t="s">
         <v>693</v>
       </c>
-      <c r="F378" s="307"/>
-[...402 lines deleted...]
-      <c r="D432" s="111"/>
+      <c r="H419" s="218"/>
+      <c r="I419" s="325"/>
+    </row>
+    <row r="421" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="D421" s="319"/>
+      <c r="E421" s="320"/>
+    </row>
+    <row r="424" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E424" s="5"/>
     </row>
     <row r="435" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C435" s="134"/>
-      <c r="D435" s="111"/>
+      <c r="C435" s="133"/>
+      <c r="D435" s="110"/>
     </row>
     <row r="436" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B436" s="89"/>
-[...1 lines deleted...]
-      <c r="D436" s="111"/>
+      <c r="B436" s="87"/>
+    </row>
+    <row r="438" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C438" s="133"/>
+      <c r="D438" s="110"/>
     </row>
     <row r="439" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="C439" s="134"/>
-[...10 lines deleted...]
-      <c r="B442" s="89"/>
+      <c r="C439" s="133"/>
+      <c r="D439" s="110"/>
+    </row>
+    <row r="449" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E449" s="88"/>
+    </row>
+    <row r="450" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B450" s="87"/>
+    </row>
+    <row r="451" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C451" s="134"/>
+      <c r="D451" s="111"/>
+    </row>
+    <row r="454" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C454" s="134"/>
+      <c r="D454" s="111"/>
+    </row>
+    <row r="455" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B455" s="89"/>
+      <c r="C455" s="134"/>
+      <c r="D455" s="111"/>
+    </row>
+    <row r="458" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C458" s="134"/>
+      <c r="D458" s="111"/>
+    </row>
+    <row r="459" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C459" s="134"/>
+      <c r="D459" s="111"/>
+    </row>
+    <row r="460" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B460" s="89"/>
+    </row>
+    <row r="461" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B461" s="89"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E141:E142">
     <sortCondition ref="E141:E142"/>
   </sortState>
-  <mergeCells count="21">
-[...4 lines deleted...]
-    <mergeCell ref="C396:C397"/>
+  <mergeCells count="22">
+    <mergeCell ref="C376:C385"/>
+    <mergeCell ref="B307:B385"/>
+    <mergeCell ref="B387:B419"/>
+    <mergeCell ref="C408:C409"/>
+    <mergeCell ref="C417:C418"/>
+    <mergeCell ref="C410:C413"/>
+    <mergeCell ref="C402:C407"/>
+    <mergeCell ref="C392:C395"/>
     <mergeCell ref="C357:C367"/>
-    <mergeCell ref="C382:C384"/>
     <mergeCell ref="C387:C391"/>
+    <mergeCell ref="C396:C401"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B119:I119"/>
     <mergeCell ref="B264:I264"/>
     <mergeCell ref="C297:C300"/>
     <mergeCell ref="C329:C334"/>
-    <mergeCell ref="B307:B380"/>
     <mergeCell ref="C311:C320"/>
     <mergeCell ref="C340:C356"/>
     <mergeCell ref="C321:C328"/>
-    <mergeCell ref="C376:C380"/>
     <mergeCell ref="C307:C310"/>
     <mergeCell ref="C368:C375"/>
     <mergeCell ref="C335:C339"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E7" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E8" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E23" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="E9" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="E10" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="E12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="E13" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="E14" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="E15" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="E85" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="E16" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="E26" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="E48" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="E17" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="E19" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="E77" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
@@ -10393,515 +10785,546 @@
     <hyperlink ref="E286" r:id="rId209" display="18 ZonMW Vroege Opsporing Open Ronde 2024-2025 (opening call)" xr:uid="{0AF6384E-6199-4A93-978E-0F3DAF888C7E}"/>
     <hyperlink ref="E283" r:id="rId210" display="1 ZonMW Kennisontwikkeling Passende zorg binnen de Wet langdurige zorg (deadline LOI)" xr:uid="{1A28F3C9-2E55-445F-BDAC-6639BAA8418D}"/>
     <hyperlink ref="E306" r:id="rId211" display="5 NWO VIDI (deadline pre-proposal)" xr:uid="{7291DD4F-9347-44CD-84A3-6F13E9B51001}"/>
     <hyperlink ref="I271" r:id="rId212" display="13 Rally Foundation Collaborative Pediatric Cancer Research Awards Program Grant (deadline LOI)" xr:uid="{39C9560A-1D67-461D-85FF-2594528B9DAA}"/>
     <hyperlink ref="G266" r:id="rId213" xr:uid="{20C5188C-7CED-46A2-B502-45F7CC8D0C32}"/>
     <hyperlink ref="E266" r:id="rId214" xr:uid="{42EF1F44-742D-4E6A-8615-7D3FD2FFB5F5}"/>
     <hyperlink ref="E376" r:id="rId215" xr:uid="{CF62C185-42BD-4C06-B6FF-79AE6E2A7836}"/>
     <hyperlink ref="I285" r:id="rId216" xr:uid="{B3014A40-1304-4F39-ABAB-B41BD588FE13}"/>
     <hyperlink ref="E270" r:id="rId217" xr:uid="{9BED5CCE-5538-4956-B93D-328E6085BDA3}"/>
     <hyperlink ref="E323" r:id="rId218" display="27 KWF Proof of Concept 2025-2 (deadline)" xr:uid="{8F70032B-A755-48BB-A5DC-DEC3912C2054}"/>
     <hyperlink ref="E354" r:id="rId219" display="23 KWF Proof of Concept 2025-3 (deadline)" xr:uid="{9F99C2D8-632D-4CAC-9F73-41DBF271054B}"/>
     <hyperlink ref="I286" r:id="rId220" display="30 WCRF Regular Grant Programme (deadline pre-proposal)" xr:uid="{E00686A5-A8EE-455D-B3E5-0BBFF0EE17AA}"/>
     <hyperlink ref="I283" r:id="rId221" display="8 WCRF INSPIRE Research Challenge (deadline LOI)" xr:uid="{1818149B-D0D5-427B-9BE7-9C90F0AC80B8}"/>
     <hyperlink ref="E267" r:id="rId222" xr:uid="{AF353F0D-C5DE-4DA1-9558-1C9FC0F709D7}"/>
     <hyperlink ref="E268" r:id="rId223" display="15 NWO TTW Open Technologieprogamma (opening call)" xr:uid="{F01F3E4C-B16D-41A3-9F85-8157E146E6BC}"/>
     <hyperlink ref="E269" r:id="rId224" display="13 Amsterdam UMC Postdoc Career Bridging Grant" xr:uid="{58E613AD-95C6-4DAE-9414-B865B4F0EED9}"/>
     <hyperlink ref="E274" r:id="rId225" display="31 AGEM talent development grant (deadline)" xr:uid="{B8E8B439-8086-40D1-A02F-3C4FB08627C9}"/>
     <hyperlink ref="E277" r:id="rId226" xr:uid="{25686987-D47E-47C0-9F73-0CA84F0DA803}"/>
     <hyperlink ref="E302" r:id="rId227" display="1 Kika Research programs (pre-proposal)" xr:uid="{B2F47F52-4CA3-49B1-800A-3AC23F2B858F}"/>
     <hyperlink ref="E290" r:id="rId228" xr:uid="{88AEEE4C-5A56-4465-B6E0-88101F683680}"/>
     <hyperlink ref="E281" r:id="rId229" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{074D4AFE-E42F-400E-9564-3D52C99957DD}"/>
     <hyperlink ref="E321" r:id="rId230" display="1 Gastrostart (deadline)" xr:uid="{B3E1E3B1-0083-4C94-91D6-4D9493D65F68}"/>
     <hyperlink ref="E294" r:id="rId231" display="1 Hersenstichting Op Weg Naar Genezing Ronde 3" xr:uid="{3A625014-BB13-43C3-94ED-775E31A6CE2C}"/>
     <hyperlink ref="E333" r:id="rId232" display="1 Hersenstichting Op Weg Naar Genezing Ronde 3" xr:uid="{61496E9A-7D5F-47CF-B74E-94F534B91483}"/>
     <hyperlink ref="E322" r:id="rId233" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{F422D683-C5F7-4224-A1A3-C74C6CF62501}"/>
-    <hyperlink ref="E377" r:id="rId234" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{6368EC66-B0D0-48FA-8E85-5399F68A7864}"/>
-[...460 lines deleted...]
-    <hyperlink ref="G400" r:id="rId695" display="Rising Tide Clinical Cancer Research" xr:uid="{2E754EEB-744E-45CC-BAB0-BBD81F7A1FFF}"/>
+    <hyperlink ref="E287" r:id="rId234" display="NWO NWA Science Communication 2025 (deadline)" xr:uid="{0A864D31-C166-4504-9F8A-B996C3EC5B80}"/>
+    <hyperlink ref="G292" r:id="rId235" xr:uid="{991ACC4D-F073-42C5-8C6A-D0F4806966C3}"/>
+    <hyperlink ref="E276" r:id="rId236" location="Voor-wie" xr:uid="{1C533EE4-529F-4566-B9EA-03E375AD8EC5}"/>
+    <hyperlink ref="E289" r:id="rId237" xr:uid="{5517339A-1449-44D7-A717-46C06388C5E7}"/>
+    <hyperlink ref="E273" r:id="rId238" xr:uid="{35198979-A707-46CF-AB72-9E2B6F22B8F9}"/>
+    <hyperlink ref="E305" r:id="rId239" location="orientate-who" display="8 ZonMw Ontwikkeling en versterking van de regionale samenwerkingsstructuur Integraal Zorgakkoord - Ronde 2 (deadline)" xr:uid="{3BE34454-1C4E-4752-947A-A1B8E36D060F}"/>
+    <hyperlink ref="G360" r:id="rId240" display="29 EIC Pathfinder Challenge: Generative-AI based Agents to Revolutionize Medical Diagnosis and Treatment of Cancer (deadline)" xr:uid="{C08BF4E6-0C0C-4095-908F-E4197BDAC9D9}"/>
+    <hyperlink ref="G268" r:id="rId241" xr:uid="{71680C5A-8F0E-4BDF-A32C-152E24F7A61E}"/>
+    <hyperlink ref="E297" r:id="rId242" xr:uid="{E88201F4-4B75-41A2-A47F-768AAB13EBFF}"/>
+    <hyperlink ref="E275" r:id="rId243" xr:uid="{B6FCA28D-7588-4B20-98CE-EAA9185CF73A}"/>
+    <hyperlink ref="E278" r:id="rId244" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{B77BA886-DDA7-46C3-9543-A54358E90388}"/>
+    <hyperlink ref="G274" r:id="rId245" xr:uid="{8689B4FA-1D8C-4BDC-A882-A829B11C45A1}"/>
+    <hyperlink ref="I284" r:id="rId246" xr:uid="{C010928C-24D4-434E-BBAE-8D7553F415D7}"/>
+    <hyperlink ref="I281" r:id="rId247" xr:uid="{52E29802-40B4-4FF1-A9C5-CDB19039CC6C}"/>
+    <hyperlink ref="I324" r:id="rId248" display="2 C-Further call for collaborative projects (deadline EOI)" xr:uid="{BAC12668-B150-406E-B332-77521BED0486}"/>
+    <hyperlink ref="I340" r:id="rId249" display="2 C-Further call for collaborative projects (deadline EOI)" xr:uid="{120B60AD-55E8-43B0-B36D-D5506EE25FB4}"/>
+    <hyperlink ref="E300" r:id="rId250" xr:uid="{25784527-D9BC-41A5-A9A5-1B9830BEA4FC}"/>
+    <hyperlink ref="I381" r:id="rId251" location="awards" display="31 MMRF Myeloma Omics Initiative Programma (final deadline)" xr:uid="{C61CC0CD-3CFE-4788-9F74-359EE96FF03D}"/>
+    <hyperlink ref="I311" r:id="rId252" display="23 Gateway All Grant Programs (deadline)" xr:uid="{2BCB76BD-B687-4EC7-B09A-CCC49253E9A6}"/>
+    <hyperlink ref="I276" r:id="rId253" xr:uid="{CFD7A2E8-611E-40B9-9365-BFD36C005EAE}"/>
+    <hyperlink ref="I274" r:id="rId254" xr:uid="{63DB18AC-0111-433F-906A-6A22EB252F61}"/>
+    <hyperlink ref="I275" r:id="rId255" xr:uid="{C7794FB8-578A-4D2E-B12B-AABBCBBDD1C7}"/>
+    <hyperlink ref="E279" r:id="rId256" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{47C46466-6D01-466A-90A6-226D5E951D33}"/>
+    <hyperlink ref="E280" r:id="rId257" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{A94706EC-33FA-42B2-976F-9DDEE69B32FA}"/>
+    <hyperlink ref="G374" r:id="rId258" display="25 MSCA Doctoral Networks (deadline)" xr:uid="{2D7D9A42-2460-4675-BE5D-136D6442E6AD}"/>
+    <hyperlink ref="G319" r:id="rId259" display="28 MSCA Doctoral Networks (opening call)" xr:uid="{00D8F966-1E37-4D95-8750-EA13C0158543}"/>
+    <hyperlink ref="G340" r:id="rId260" display="10 MSCA Postdoctoral Fellowships (deadline)" xr:uid="{DACC8E32-70BA-4D56-898E-080989495470}"/>
+    <hyperlink ref="G273" r:id="rId261" xr:uid="{9BFAFFAC-D9E8-46A1-80D4-B59EC423848F}"/>
+    <hyperlink ref="G269" r:id="rId262" xr:uid="{F4ED5694-BAF7-449C-B8D6-E724F0CDFA61}"/>
+    <hyperlink ref="G276" r:id="rId263" xr:uid="{F56521D9-7A7E-4ED6-B361-5CA2354B36F5}"/>
+    <hyperlink ref="E282" r:id="rId264" xr:uid="{95E38540-1CE5-4111-A62E-D5C221F6AF69}"/>
+    <hyperlink ref="I272" r:id="rId265" xr:uid="{9AAA15F9-432B-4E9D-871C-E56FE1BCE60D}"/>
+    <hyperlink ref="G267" r:id="rId266" location="c1575" xr:uid="{BFD3F171-6B34-40A4-84D0-A7B08C4269F7}"/>
+    <hyperlink ref="I255" r:id="rId267" xr:uid="{D40D1C1F-484C-46BA-BEA7-B0463DBEE457}"/>
+    <hyperlink ref="E255" r:id="rId268" xr:uid="{E027B63A-7297-4D37-8136-42BB66EBA37F}"/>
+    <hyperlink ref="E250" r:id="rId269" xr:uid="{579D0773-2FD0-4848-B590-F5970EDE5A1F}"/>
+    <hyperlink ref="E249" r:id="rId270" xr:uid="{235C7566-9895-40BD-AE0A-01D46135E196}"/>
+    <hyperlink ref="I252" r:id="rId271" xr:uid="{520C7492-6E0D-4DC9-B4D9-58F765EC55BA}"/>
+    <hyperlink ref="G254" r:id="rId272" xr:uid="{CD4F5369-6795-4355-87D8-56BB83C6C069}"/>
+    <hyperlink ref="G243" r:id="rId273" xr:uid="{A900C60A-32DC-42DF-8355-39C574DA6AC4}"/>
+    <hyperlink ref="I257" r:id="rId274" display="11 Cholangiocarcionma Foundation Research Fellowship Program (deadline LOI)" xr:uid="{5A8CE311-31B9-4199-BF3F-B26BD827E69A}"/>
+    <hyperlink ref="I230" r:id="rId275" xr:uid="{009DC978-3289-465E-AA3E-B07764AD359C}"/>
+    <hyperlink ref="E218" r:id="rId276" xr:uid="{8C90A24A-00C7-46D2-BAB6-A9F60CC631E6}"/>
+    <hyperlink ref="G244" r:id="rId277" xr:uid="{D220EC53-6C62-46AC-8532-CBA7109FC2A8}"/>
+    <hyperlink ref="G223" r:id="rId278" xr:uid="{05A55A39-1A9F-4B42-9DE0-1A526C63F01B}"/>
+    <hyperlink ref="I234" r:id="rId279" xr:uid="{E4DAE3BD-D329-4467-8550-3D0182C79F1C}"/>
+    <hyperlink ref="E248" r:id="rId280" xr:uid="{0E58F77F-C5AE-40E0-8D10-421C646C8484}"/>
+    <hyperlink ref="I231" r:id="rId281" xr:uid="{A34C3CAA-8862-4910-9313-05DBF224936E}"/>
+    <hyperlink ref="E242" r:id="rId282" xr:uid="{11921FFC-0AC3-4CBD-A57D-E5A0D94AB891}"/>
+    <hyperlink ref="G225" r:id="rId283" xr:uid="{F5E7A414-D1A0-4C4B-874A-7386C77F9D90}"/>
+    <hyperlink ref="G229" r:id="rId284" xr:uid="{0AB77D53-9611-429B-88A7-16BA061162AE}"/>
+    <hyperlink ref="E245" r:id="rId285" xr:uid="{47128054-CCC3-4AE1-8745-102C47E3CABF}"/>
+    <hyperlink ref="I228" r:id="rId286" display="31 Melanoma Research Alliance Next Steps Program: Melanoma Biomarker Development (deadline LOI)" xr:uid="{FFE70055-9F68-4B36-97A1-F9FB8446DDF7}"/>
+    <hyperlink ref="I214" r:id="rId287" xr:uid="{DDA56EEE-7454-4590-99E5-A1C99097CF78}"/>
+    <hyperlink ref="E241" r:id="rId288" display="20 NWO Take-off phase 1 (deadline pre-proposal)" xr:uid="{215D82E7-E618-4E08-880F-53793240B0EC}"/>
+    <hyperlink ref="E220" r:id="rId289" xr:uid="{C4B7661C-2515-4DAD-BD9F-94BFBDAD2A23}"/>
+    <hyperlink ref="I246" r:id="rId290" location="Fellow" display="18 Leukemia &amp; Lymphoma Society Career Development program (deadline eligibility check)" xr:uid="{1DC20353-DD09-47E9-88DD-B491E33BF78A}"/>
+    <hyperlink ref="I243" r:id="rId291" location="Fellow" display="18 Leukemia &amp; Lymphoma Society Career Development program (deadline eligibility check)" xr:uid="{FF473828-B47E-49FF-A337-66E0A403495C}"/>
+    <hyperlink ref="E243" r:id="rId292" display="28 CCA Proof of Concept Studies (deadline pre-proposals)" xr:uid="{F1118147-C2CA-4969-8A43-707E67B340C2}"/>
+    <hyperlink ref="E244" r:id="rId293" display="28 CCA Call (deadline pre-proposals)" xr:uid="{5DF8D4CF-64DC-4FE7-8351-209B1E4E3214}"/>
+    <hyperlink ref="E222" r:id="rId294" xr:uid="{71CEB1E2-E1C2-4EDA-AEE3-798C9C4FA51E}"/>
+    <hyperlink ref="E223" r:id="rId295" xr:uid="{6D877302-577E-45F9-AC90-BC315898CC99}"/>
+    <hyperlink ref="I247" r:id="rId296" display="31 The Brain Tumour Charity Translational Award (deadline pre-proposals)" xr:uid="{254E0983-C6A7-4858-A408-30490F7D6DF7}"/>
+    <hyperlink ref="I215" r:id="rId297" xr:uid="{1B166E70-A848-4EE7-A0D3-75C4553E0C97}"/>
+    <hyperlink ref="E233" r:id="rId298" xr:uid="{DC791AF7-7AF3-44C1-9DA1-8F3C4322FBA6}"/>
+    <hyperlink ref="E236" r:id="rId299" xr:uid="{45217903-AA30-4D2F-B277-642586DB22A6}"/>
+    <hyperlink ref="E219" r:id="rId300" xr:uid="{A2F6DE53-A646-4770-8B82-1BC422ABE75B}"/>
+    <hyperlink ref="E253" r:id="rId301" display="3 KWF Long-Term Prgramme Biomarkers 2025 (opening checklist)" xr:uid="{341DC28E-B73A-47AB-9E09-903CD6D9CC02}"/>
+    <hyperlink ref="E230" r:id="rId302" xr:uid="{24276272-AB73-4CA0-A660-C50C21EF31E6}"/>
+    <hyperlink ref="G220" r:id="rId303" xr:uid="{5FB94872-4D43-421A-A55D-1526ADD1DD77}"/>
+    <hyperlink ref="E240" r:id="rId304" display="18 ZonMW Vroege Opsporing Open Ronde 2024-2025 (opening call)" xr:uid="{336C86FB-8E42-4686-B2B3-DB4986D8756A}"/>
+    <hyperlink ref="E247" r:id="rId305" xr:uid="{99A787F2-F7EF-458E-99AE-C4265648542D}"/>
+    <hyperlink ref="E202" r:id="rId306" xr:uid="{C9B79730-CE38-4D23-8367-44D5DAF9AEB0}"/>
+    <hyperlink ref="G221" r:id="rId307" xr:uid="{FE4ABC4A-39F7-4C76-9908-909A398DC551}"/>
+    <hyperlink ref="I224" r:id="rId308" xr:uid="{CCAD9A42-D377-4F9A-A4D9-29236CA6C98C}"/>
+    <hyperlink ref="G226" r:id="rId309" display="5 MSCA 4 Ukraine (opening call)" xr:uid="{D86C6B0F-E1DC-44A4-9366-895D9A915AC1}"/>
+    <hyperlink ref="G218" r:id="rId310" xr:uid="{AF244850-82B4-42E5-BEA9-19AE41FDF738}"/>
+    <hyperlink ref="E252" r:id="rId311" display="3 NWO PSIDER TOP Projects (deadline)" xr:uid="{C4C9C975-1272-4EB2-B25B-A8342350AF29}"/>
+    <hyperlink ref="E208" r:id="rId312" xr:uid="{2F59FCD6-2BA8-43D9-AB92-98528F005B5B}"/>
+    <hyperlink ref="E217" r:id="rId313" xr:uid="{85FCEDC7-E38E-438A-8AA7-461548C40853}"/>
+    <hyperlink ref="E231" r:id="rId314" xr:uid="{53A3F320-FD1A-4746-ACCF-D1FE8CC1BD0F}"/>
+    <hyperlink ref="E211" r:id="rId315" display="NWO KIC Demand-driven Research by consortia - S (expected opening)" xr:uid="{E94641A8-5E3A-4D13-BBD2-49D0D794FCB5}"/>
+    <hyperlink ref="E239" r:id="rId316" location="orientate-when" xr:uid="{D880A20D-F803-4EEF-B590-7D68252A7C06}"/>
+    <hyperlink ref="I217" r:id="rId317" xr:uid="{4EF24FFF-8E43-449D-A29B-392920916F86}"/>
+    <hyperlink ref="E196" r:id="rId318" xr:uid="{6FCD3BA9-64C6-48FE-97DE-D050AF471D75}"/>
+    <hyperlink ref="E235" r:id="rId319" display="16 ZonMW Goed Gebruik Geneesmiddelen Open Ronde 14  (deadline)" xr:uid="{1AAEBC49-B530-4CA1-AC38-77CEAA3B0DF5}"/>
+    <hyperlink ref="E228" r:id="rId320" display="3 ZonMW Doelmatigheidsonderzoek Open Ronde 2026" xr:uid="{2C45B793-5B1F-49D6-B4C4-BA5BA9C6EDAF}"/>
+    <hyperlink ref="E215" r:id="rId321" xr:uid="{D5505259-56D0-4A5E-94F1-C14D3E6A7CC4}"/>
+    <hyperlink ref="E214" r:id="rId322" xr:uid="{5C72A335-4395-4230-ACF3-CC01F8B41DA8}"/>
+    <hyperlink ref="G230" r:id="rId323" xr:uid="{B7258EA9-9C55-4866-BBE3-374E5115DE3A}"/>
+    <hyperlink ref="E212" r:id="rId324" display="2 KIC Negt Generation Infrastructures: Responsible Transformations (deadline pre-proposal)" xr:uid="{79717EC4-28CC-4BD0-B3A7-830F3B95FD19}"/>
+    <hyperlink ref="E224" r:id="rId325" xr:uid="{764FF983-EE93-457B-BE76-452A0DB3EDCF}"/>
+    <hyperlink ref="I213" r:id="rId326" xr:uid="{9726FA97-308F-4459-A67E-7484744E7E77}"/>
+    <hyperlink ref="I209" r:id="rId327" xr:uid="{6F4D4422-D430-457F-8E4E-CAE966037259}"/>
+    <hyperlink ref="E210" r:id="rId328" xr:uid="{EA77D6D2-0F0F-42B9-B4DE-BB5032EDE236}"/>
+    <hyperlink ref="I207" r:id="rId329" xr:uid="{7E8FC734-1A1E-43E0-A01A-5FE4A2290129}"/>
+    <hyperlink ref="I205" r:id="rId330" xr:uid="{8835E11F-A958-4BA3-A9C8-74BA44C08AD7}"/>
+    <hyperlink ref="I200" r:id="rId331" xr:uid="{C95BD2C3-7862-4CB2-8C3C-8A807B8065CC}"/>
+    <hyperlink ref="E227" r:id="rId332" xr:uid="{A0113373-2AFD-4554-937A-004E70DF707C}"/>
+    <hyperlink ref="I229" r:id="rId333" xr:uid="{56AAF659-4B44-4916-A926-A06186B6ACBA}"/>
+    <hyperlink ref="I251" r:id="rId334" xr:uid="{7AC73496-8058-4328-8407-2785E3A89C08}"/>
+    <hyperlink ref="G212" r:id="rId335" xr:uid="{41475AA5-2DF7-4709-8281-BEF0CC40D55A}"/>
+    <hyperlink ref="I206" r:id="rId336" xr:uid="{08162210-95A0-4DF7-8799-609C2391A93B}"/>
+    <hyperlink ref="G246" r:id="rId337" xr:uid="{E3617186-E4F7-48D9-9654-3C52FCD210DA}"/>
+    <hyperlink ref="G247" r:id="rId338" xr:uid="{67B5C385-0CB5-43EA-9AEB-F9F3504C8738}"/>
+    <hyperlink ref="G232" r:id="rId339" xr:uid="{F9EB4604-1A98-409A-BC1D-BA8CAAB16658}"/>
+    <hyperlink ref="G231" r:id="rId340" xr:uid="{FA38368D-7808-4C55-BAC3-BDE4315370C5}"/>
+    <hyperlink ref="E198" r:id="rId341" location="orientate-what" xr:uid="{EF4399B2-B379-43AC-8787-BC6F00FDCB90}"/>
+    <hyperlink ref="E199" r:id="rId342" location="orientate-who" xr:uid="{202DC96A-0C80-4FC1-80B1-ACE9F2018B33}"/>
+    <hyperlink ref="E201" r:id="rId343" xr:uid="{EF0D9E27-3758-432F-B293-285E5EFF4F52}"/>
+    <hyperlink ref="E237" r:id="rId344" xr:uid="{D26B5CDC-42ED-417C-92DD-C42231F95609}"/>
+    <hyperlink ref="E213" r:id="rId345" xr:uid="{A351310F-BEC1-4CBC-A720-94B92793ABF1}"/>
+    <hyperlink ref="E187" r:id="rId346" xr:uid="{4764D7D5-3790-4DFF-B923-04AC05F457BE}"/>
+    <hyperlink ref="E257" r:id="rId347" xr:uid="{88B19B51-D027-4CA6-A997-6F42671BD042}"/>
+    <hyperlink ref="E258" r:id="rId348" xr:uid="{8E260CFA-B4B9-4AE9-9D8D-A054E3DF05D7}"/>
+    <hyperlink ref="E259" r:id="rId349" xr:uid="{707C9710-7C4D-4BAB-9623-267B2EE3B2EA}"/>
+    <hyperlink ref="I259" r:id="rId350" xr:uid="{6B00EBBE-DA83-4C0A-9273-37BE9461DBE3}"/>
+    <hyperlink ref="I245" r:id="rId351" xr:uid="{E17E1B25-2244-46FA-AB4B-BF3876309DB6}"/>
+    <hyperlink ref="I238" r:id="rId352" xr:uid="{8934300E-5868-44F8-ABA6-69CA7FAA5754}"/>
+    <hyperlink ref="I220" r:id="rId353" xr:uid="{E388BA5C-B2DC-43A8-ADA9-F7106BB49776}"/>
+    <hyperlink ref="I216" r:id="rId354" xr:uid="{9357183A-79E3-49B8-91CF-7BA68DF53C4A}"/>
+    <hyperlink ref="I192" r:id="rId355" xr:uid="{5C4FE7FC-2C1C-483E-AD63-4026CFF71E81}"/>
+    <hyperlink ref="I178" r:id="rId356" xr:uid="{EF864212-0765-4A04-9F5C-0C5B426CB4D6}"/>
+    <hyperlink ref="E186" r:id="rId357" xr:uid="{DAD744C4-F848-47EC-B49D-5DC50D3D144E}"/>
+    <hyperlink ref="E197" r:id="rId358" xr:uid="{82352124-E6A4-4A6E-B29A-2F34639D44AD}"/>
+    <hyperlink ref="G190" r:id="rId359" xr:uid="{6F288DC1-09E2-44B4-AADB-82DF899B58AA}"/>
+    <hyperlink ref="E190" r:id="rId360" display="15 NVGE Researchprijs (deadline)" xr:uid="{DB3D31C5-78A2-46C6-AF9D-D98B3F2DED49}"/>
+    <hyperlink ref="I185" r:id="rId361" xr:uid="{FEAAA1B4-4A88-4111-B124-E3F65510C43F}"/>
+    <hyperlink ref="E188" r:id="rId362" location="orientate-what" xr:uid="{D800912F-48B7-4FB0-B110-2E939CEBA06B}"/>
+    <hyperlink ref="E184" r:id="rId363" display="10 NGF AiNed ELSA Labs (deadline)" xr:uid="{81F98011-BBAA-43DA-8A36-3977C2268EE4}"/>
+    <hyperlink ref="E246" r:id="rId364" display="21 NWO Mozaiek 2.0 (deadline pre-proposal)" xr:uid="{A1177C6D-C3FF-4B54-A5B4-2161C5D222AC}"/>
+    <hyperlink ref="E191" r:id="rId365" xr:uid="{8471A3FD-455B-41E7-A373-98FC1B31032B}"/>
+    <hyperlink ref="G203" r:id="rId366" xr:uid="{49085AB1-84F2-46CA-9076-A0658A238605}"/>
+    <hyperlink ref="I203" r:id="rId367" display="27 Ovarian Cancer Research Alliance Grants (deadline LOI)" xr:uid="{554B9C03-CF48-4C4F-8858-3D880EA99899}"/>
+    <hyperlink ref="I166" r:id="rId368" xr:uid="{1F3DAAA9-9C55-4DAF-8B5B-83AC07190366}"/>
+    <hyperlink ref="I210" r:id="rId369" display="14 CureSearch Young Investigator Award Pediatric Cancer Drug Development (deadline LOI)" xr:uid="{403E02B6-3D86-4BD9-8669-FB6721BB57F2}"/>
+    <hyperlink ref="I173" r:id="rId370" xr:uid="{7D6EEAD8-06F8-4F43-89F5-D20B429DC2A2}"/>
+    <hyperlink ref="G178" r:id="rId371" xr:uid="{8A167D8B-A11C-490D-B39D-CC774E9A1F5E}"/>
+    <hyperlink ref="I204" r:id="rId372" display="8 Prostate Cancer Foundation Challenge Awards (deadline LOI)" xr:uid="{876D2FD5-C56B-4364-A93B-55A13D916CC7}"/>
+    <hyperlink ref="I168" r:id="rId373" xr:uid="{E0064012-97E3-4A11-8071-9545DD5678FF}"/>
+    <hyperlink ref="G238" r:id="rId374" xr:uid="{3FF4541F-E5F9-4E50-B72E-B725011C677D}"/>
+    <hyperlink ref="E176" r:id="rId375" xr:uid="{9FC2565C-016A-4E1F-AB48-C12180D38BDE}"/>
+    <hyperlink ref="G145" r:id="rId376" xr:uid="{B7792600-B2B8-469D-B062-470F9C3B961C}"/>
+    <hyperlink ref="G142" r:id="rId377" xr:uid="{5DDB415E-69EE-4FBA-B9B1-5F7E5E1A6581}"/>
+    <hyperlink ref="E192" r:id="rId378" location="doel-kiem-hightech" display="21 KIEM HighTech" xr:uid="{4FDE3DCC-0A83-4B6A-9049-E7ABB66EA061}"/>
+    <hyperlink ref="E146" r:id="rId379" xr:uid="{BBC11BB2-AB5A-4E4F-A2F5-08636C3D0409}"/>
+    <hyperlink ref="E238" r:id="rId380" location=":~:text=Tijdpad,12%20september%202024%2014%3A00u" xr:uid="{D7806D7A-B3D3-4FB9-925C-4DD8FE9730A6}"/>
+    <hyperlink ref="I212" r:id="rId381" display="8 THRIVE grant program (deadline LOI)" xr:uid="{FFD05478-57F8-40B0-92CB-0F673FDD9299}"/>
+    <hyperlink ref="I169" r:id="rId382" xr:uid="{8295A649-B313-4F59-9848-570213F24751}"/>
+    <hyperlink ref="I165" r:id="rId383" xr:uid="{9229FC67-4973-4B93-A352-37F5905663E6}"/>
+    <hyperlink ref="E185" r:id="rId384" display="7 KWF Smart measurement technology for conologic patient care (deadline pre-proposal)" xr:uid="{8B97A952-FBDF-4E48-9EFD-CE6FB8913D29}"/>
+    <hyperlink ref="E203" r:id="rId385" display="14 Hanarth Fonds Fellowship (deadline)" xr:uid="{1FEB18A1-5DE6-457D-BD2F-AB11D9BA4647}"/>
+    <hyperlink ref="E204" r:id="rId386" display="14 Hanarth Fonds Research Project (deadline pre-proposal)" xr:uid="{34DA940F-5E0B-48C9-BDA8-351B193EF375}"/>
+    <hyperlink ref="E159" r:id="rId387" xr:uid="{608F9DA8-4ED4-485A-B962-3B9634D33E0B}"/>
+    <hyperlink ref="E150" r:id="rId388" location="orientate-when" xr:uid="{E474DD53-1FD5-48A7-BAF8-7ABAD9D8309D}"/>
+    <hyperlink ref="E232" r:id="rId389" display="KWF Advancement of Biomarkers to daily practice (expected opening)" xr:uid="{873278AA-0083-4058-86BA-2EE5D72D53E1}"/>
+    <hyperlink ref="E182" r:id="rId390" display="KWF Advancement of Biomarkers to daily practice (expected opening)" xr:uid="{8409DF3C-E2E9-4CE4-B8D7-98B765CD6A3D}"/>
+    <hyperlink ref="E148" r:id="rId391" display="KWF Advancement of Biomarkers to daily practice (expected opening)" xr:uid="{4BFF4E55-58A3-4823-9368-954A586D6DCB}"/>
+    <hyperlink ref="E171" r:id="rId392" xr:uid="{B27B391C-2EEA-47A6-83BE-1D2BA0732FF2}"/>
+    <hyperlink ref="E161" r:id="rId393" xr:uid="{D4C6A7C3-B360-40F0-9337-AB928623DA1C}"/>
+    <hyperlink ref="G177" r:id="rId394" xr:uid="{766C95DB-8B75-4770-8163-D37EECAB6F4D}"/>
+    <hyperlink ref="I183" r:id="rId395" location=":~:text=The%20Rising%20Tide%2FLUNGevity%20Team,driven%20lung%20adenocarcinoma%20(LUAD)." display="9 Rising Tide/LUNGevity Team Award for Resistance (deadline LOI)" xr:uid="{E90C38DB-92B2-4A6A-B39A-58D70FE5432C}"/>
+    <hyperlink ref="I164" r:id="rId396" location=":~:text=The%20Rising%20Tide%2FLUNGevity%20Team,driven%20lung%20adenocarcinoma%20(LUAD)." display="9 Rising Tide/LUNGevity Team Award for Resistance (deadline LOI)" xr:uid="{1D263ECD-EEA8-4367-BCC9-815EDA8EC786}"/>
+    <hyperlink ref="E156" r:id="rId397" xr:uid="{54D0C9AA-CADA-451F-8049-D3F53F5A9C3A}"/>
+    <hyperlink ref="G204" r:id="rId398" display="5 EP PerMed Joint Transnational Call: Identification or Validation of Targets for Personalised Medicine Approaches (deadline pre-proposal)" xr:uid="{33CB045B-89A9-47D0-8F3E-EDD6F7099F3D}"/>
+    <hyperlink ref="G147" r:id="rId399" xr:uid="{AB8D857E-7A0B-4ABA-B374-7BF03A16929F}"/>
+    <hyperlink ref="I197" r:id="rId400" display="4 LCRF Research Grants on Understanding Reistance in Lung Cancer (deadline LOI)" xr:uid="{8A71AAC4-8F04-46BA-8C04-6DFD915CFFD1}"/>
+    <hyperlink ref="I160" r:id="rId401" xr:uid="{B00D2043-2D05-41A3-9D9E-C9B6E32FD0CA}"/>
+    <hyperlink ref="I158" r:id="rId402" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{D8822AED-FC1B-4C7A-A34E-AC1DC317ECA2}"/>
+    <hyperlink ref="I198" r:id="rId403" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{5EBABC5B-E5DC-469A-A0B6-7FDE230D84A8}"/>
+    <hyperlink ref="I199" r:id="rId404" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{94F3D291-F5F0-4BBA-8C3D-085EFDD0451D}"/>
+    <hyperlink ref="I157" r:id="rId405" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{096C7AAB-6B8C-4833-BF1F-2348CD2143C3}"/>
+    <hyperlink ref="I221" r:id="rId406" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{A0221858-F49C-4453-8C62-1657E77C9C6E}"/>
+    <hyperlink ref="I155" r:id="rId407" display="4 IASLC/LCR Team Science Award on Advancing Therapies Towards Curing Oncogene-Driven Lung Cancers" xr:uid="{D4792D88-0979-4614-A514-07D781DC9486}"/>
+    <hyperlink ref="I195" r:id="rId408" display="4 AACR Gertrude B. Elion Cancer Research Award (deadline LOI)" xr:uid="{BDA60E27-7A29-4F1C-91D5-D2034A7E79A1}"/>
+    <hyperlink ref="I153" r:id="rId409" xr:uid="{9A14B7FF-A58B-4AA7-8961-A250CB13011A}"/>
+    <hyperlink ref="I181" r:id="rId410" xr:uid="{44914954-65C3-4530-9D25-D293D6A4DDFA}"/>
+    <hyperlink ref="I149" r:id="rId411" xr:uid="{8CEC991D-C4F4-43E8-8C97-E3A5D6A82BDA}"/>
+    <hyperlink ref="I147" r:id="rId412" xr:uid="{7009194D-D028-48A5-BD80-69E6D2FDFF1B}"/>
+    <hyperlink ref="I225" r:id="rId413" xr:uid="{CCCCC2E1-9092-4B9A-984B-0F379678D35F}"/>
+    <hyperlink ref="E124" r:id="rId414" xr:uid="{CA4F1B12-645C-4DCD-8ABF-C5951CB95BC7}"/>
+    <hyperlink ref="I140" r:id="rId415" xr:uid="{E6DEF59C-4146-432C-BDBB-CBF7CA2713DE}"/>
+    <hyperlink ref="I139" r:id="rId416" xr:uid="{BC5F9EAD-A524-4B3B-93E5-8AC72C9CF862}"/>
+    <hyperlink ref="E175" r:id="rId417" location=":~:text=Tijdpad,12%20september%202024%2014%3A00u" xr:uid="{30F69ECA-6322-41EA-B7BE-971BC9B70D6D}"/>
+    <hyperlink ref="E127" r:id="rId418" xr:uid="{40C8BE87-E3BA-403C-A689-799E03CC06EC}"/>
+    <hyperlink ref="E183" r:id="rId419" xr:uid="{A1CD03E4-E55B-4407-AE77-57FB9DFB0459}"/>
+    <hyperlink ref="E131" r:id="rId420" xr:uid="{F6B1829B-D96C-436A-9D63-89934DA81975}"/>
+    <hyperlink ref="E139" r:id="rId421" xr:uid="{E891F461-7934-421B-9C25-63D4318120B5}"/>
+    <hyperlink ref="E130" r:id="rId422" xr:uid="{32F8C7D5-C401-4179-898E-3B4D84AC8D2A}"/>
+    <hyperlink ref="I167" r:id="rId423" xr:uid="{D09C0EC7-F466-43E8-A400-CA36E82C3A8F}"/>
+    <hyperlink ref="E155" r:id="rId424" location="orientate-when" xr:uid="{BEA0D99C-97C1-4E84-8D81-4128D3D0D39B}"/>
+    <hyperlink ref="E209" r:id="rId425" display="4 MLDS Call 2024" xr:uid="{6583924B-60B5-4E6F-940C-28AC3F4B4869}"/>
+    <hyperlink ref="E147" r:id="rId426" xr:uid="{F3EAB324-AE0C-475F-B8B1-E49142B0B345}"/>
+    <hyperlink ref="E129" r:id="rId427" xr:uid="{41BD72BF-3D0B-4DE6-B4EB-B6616A6464D8}"/>
+    <hyperlink ref="E149" r:id="rId428" xr:uid="{2DED2E48-70BC-44A5-A2E1-B532D47BFBD9}"/>
+    <hyperlink ref="E138" r:id="rId429" xr:uid="{CF84CA71-E664-4978-99D9-CC39B92A3391}"/>
+    <hyperlink ref="E254" r:id="rId430" xr:uid="{0D43E57C-89BC-4D5E-9668-E97F4667D1CF}"/>
+    <hyperlink ref="E125" r:id="rId431" xr:uid="{6C2C349D-03E4-492D-AB1D-882DE894721F}"/>
+    <hyperlink ref="E151" r:id="rId432" xr:uid="{373EBEF3-5C68-4651-8DC2-7358388991D4}"/>
+    <hyperlink ref="I189" r:id="rId433" display="19 AICR Investigator-Initiated Research Grant Program (deadline LOI)" xr:uid="{6F01DA49-6508-4FA5-ADB3-68593A447D96}"/>
+    <hyperlink ref="I131" r:id="rId434" xr:uid="{F9C0FB38-B76D-41B3-94C9-723E49898C76}"/>
+    <hyperlink ref="E226" r:id="rId435" display="6 Zorginstituut Nederland Subsidieregeling Veelbelovende Zorg (deadline pre-proposals)" xr:uid="{D5ADAD32-F27D-4975-B1D4-58A07C47DA3F}"/>
+    <hyperlink ref="E140" r:id="rId436" xr:uid="{86E29CFC-2E2E-418F-8BA9-29A0EAAE7A97}"/>
+    <hyperlink ref="I129" r:id="rId437" xr:uid="{12F7B51C-8586-44B8-9B58-AD28E6C878F8}"/>
+    <hyperlink ref="E160" r:id="rId438" xr:uid="{F048065A-919D-439D-B41C-43A8CCF409A6}"/>
+    <hyperlink ref="E181" r:id="rId439" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{0CA18C2C-4DD2-42E5-9471-E4EFE915035F}"/>
+    <hyperlink ref="E136" r:id="rId440" xr:uid="{08B66232-0C86-492B-B292-185038FD25D4}"/>
+    <hyperlink ref="G200" r:id="rId441" display="30 ERA4Health Joint Transnational Call on Nanomedicine -NANOTECMEC (deadline pre-proposal)" xr:uid="{85625F3E-6284-4A56-B994-A17A87BE615F}"/>
+    <hyperlink ref="G133" r:id="rId442" xr:uid="{112CB1C4-D000-48C7-9D2D-44F28D9110B8}"/>
+    <hyperlink ref="E164" r:id="rId443" xr:uid="{0FA227C9-8865-43C6-A50B-C341FFDC8360}"/>
+    <hyperlink ref="E251" r:id="rId444" xr:uid="{9FE6FFA1-1BF0-4789-9F63-49FD6D8A61B7}"/>
+    <hyperlink ref="E229" r:id="rId445" xr:uid="{AA399ABE-F52F-4264-99F6-F678FA5421D9}"/>
+    <hyperlink ref="E221" r:id="rId446" xr:uid="{6D4D5AE1-C1A3-4F13-A6F3-2B389D738A6A}"/>
+    <hyperlink ref="E189" r:id="rId447" xr:uid="{7E7500B8-8869-4266-85D3-7D21C6E10236}"/>
+    <hyperlink ref="E194" r:id="rId448" xr:uid="{FC896956-BE9A-47C8-B349-0B6FD380CE2F}"/>
+    <hyperlink ref="E157" r:id="rId449" xr:uid="{46DFC55A-2275-444C-BCC6-5F0C5D1F67D0}"/>
+    <hyperlink ref="E165" r:id="rId450" xr:uid="{209BCBA3-24E1-425E-96FF-EA17575A71C4}"/>
+    <hyperlink ref="E234" r:id="rId451" display="12 NWO VICI (full proposals)" xr:uid="{06AD1A9A-0CC8-45A4-8673-634499165C25}"/>
+    <hyperlink ref="E158" r:id="rId452" xr:uid="{B35AF5D0-B239-4B98-BF0F-33FF4C7D2D3C}"/>
+    <hyperlink ref="G135" r:id="rId453" xr:uid="{8C91A4A9-CD17-4BAA-8FED-09327A8D0B7D}"/>
+    <hyperlink ref="E162" r:id="rId454" xr:uid="{E1DF5CDD-46E8-43F6-94CB-7BF9E4432876}"/>
+    <hyperlink ref="I135" r:id="rId455" xr:uid="{7579267A-7B09-454C-A9C1-E7847E4E252B}"/>
+    <hyperlink ref="I125" r:id="rId456" xr:uid="{00000000-0004-0000-0000-000018010000}"/>
+    <hyperlink ref="I142" r:id="rId457" display="5 AACR-ASTRAZENECA CAREER DEVELOPMENT AWARD FOR PHYSICIAN-SCIENTISTS, IN HONOR OF JOSÉ BASELGA (deadline LOI)" xr:uid="{00000000-0004-0000-0000-000017010000}"/>
+    <hyperlink ref="G151" r:id="rId458" xr:uid="{00000000-0004-0000-0000-000010010000}"/>
+    <hyperlink ref="I130" r:id="rId459" xr:uid="{00000000-0004-0000-0000-00000E010000}"/>
+    <hyperlink ref="E225" r:id="rId460" location="orientate-who" xr:uid="{00000000-0004-0000-0000-00000D010000}"/>
+    <hyperlink ref="E123" r:id="rId461" location="orientate-who" xr:uid="{00000000-0004-0000-0000-00000C010000}"/>
+    <hyperlink ref="E174" r:id="rId462" display="5 Hersentumorfonds (deadline pre-propsoal)" xr:uid="{00000000-0004-0000-0000-00000B010000}"/>
+    <hyperlink ref="E122" r:id="rId463" xr:uid="{00000000-0004-0000-0000-00000A010000}"/>
+    <hyperlink ref="G121" r:id="rId464" xr:uid="{00000000-0004-0000-0000-000009010000}"/>
+    <hyperlink ref="I175" r:id="rId465" display="4 ALSF Crazy 8 Predisposition Award (deadline LOI)" xr:uid="{00000000-0004-0000-0000-000008010000}"/>
+    <hyperlink ref="I121" r:id="rId466" xr:uid="{00000000-0004-0000-0000-000007010000}"/>
+    <hyperlink ref="E126" r:id="rId467" xr:uid="{00000000-0004-0000-0000-000006010000}"/>
+    <hyperlink ref="G144" r:id="rId468" xr:uid="{00000000-0004-0000-0000-000000010000}"/>
+    <hyperlink ref="E134" r:id="rId469" xr:uid="{00000000-0004-0000-0000-0000FD000000}"/>
+    <hyperlink ref="G130" r:id="rId470" display="29 BJA-ESAIC Anaesthesiology and Intensive Care Grants (deadline pre-proposal)" xr:uid="{00000000-0004-0000-0000-0000FB000000}"/>
+    <hyperlink ref="G128" r:id="rId471" display="29 BJA-ESAIC Early Career Grant (deadline pre-proposal)" xr:uid="{00000000-0004-0000-0000-0000F9000000}"/>
+    <hyperlink ref="E170" r:id="rId472" xr:uid="{00000000-0004-0000-0000-0000F6000000}"/>
+    <hyperlink ref="I145" r:id="rId473" display="WCRF Regular Grant Programma (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000F5000000}"/>
+    <hyperlink ref="I134" r:id="rId474" display="25 Leukemia &amp; Lymphoma society - Academic Clinical Trials Program (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000F3000000}"/>
+    <hyperlink ref="E172" r:id="rId475" display="3 KWF Langetermijnprogramma Biomarkers (expected opening)" xr:uid="{00000000-0004-0000-0000-0000F1000000}"/>
+    <hyperlink ref="E132" r:id="rId476" display="3 KWF Langetermijnprogramma Biomarkers (expected opening)" xr:uid="{00000000-0004-0000-0000-0000F0000000}"/>
+    <hyperlink ref="I180" r:id="rId477" display="1 CRI Clinical Innovator Grant (deadline protocol concept)" xr:uid="{00000000-0004-0000-0000-0000EB000000}"/>
+    <hyperlink ref="I144" r:id="rId478" xr:uid="{00000000-0004-0000-0000-0000E8000000}"/>
+    <hyperlink ref="G166" r:id="rId479" display="12 R&amp;D for the next generation of scientific instrumentation, tools, methods, solutions for RI upgrade" xr:uid="{00000000-0004-0000-0000-0000E2000000}"/>
+    <hyperlink ref="G163" r:id="rId480" display="12 Consolidation of the RI landscape – Individual support for evolution, long term sustainability and emerging needs of pan-European research infrastructures" xr:uid="{00000000-0004-0000-0000-0000E1000000}"/>
+    <hyperlink ref="G153" r:id="rId481" display="12 Strengthen the bilateral cooperation on research infrastructures with Africa. " xr:uid="{00000000-0004-0000-0000-0000E0000000}"/>
+    <hyperlink ref="G152" r:id="rId482" display="12 Research infrastructure concept development: Developing, consolidating and optimising the European research infrastructures landscape, maintaining global leadership" xr:uid="{00000000-0004-0000-0000-0000DF000000}"/>
+    <hyperlink ref="E152" r:id="rId483" display="5 ZonMW Clinical Fellows (deadline)" xr:uid="{00000000-0004-0000-0000-0000DE000000}"/>
+    <hyperlink ref="G141" r:id="rId484" xr:uid="{00000000-0004-0000-0000-0000D9000000}"/>
+    <hyperlink ref="E207" r:id="rId485" display="1 Niels Stensen Fellowship (deadline nomination)" xr:uid="{00000000-0004-0000-0000-0000D4000000}"/>
+    <hyperlink ref="E206" r:id="rId486" display="1 Niels Stensen Fellowship (deadline nomination)" xr:uid="{00000000-0004-0000-0000-0000D3000000}"/>
+    <hyperlink ref="E180" r:id="rId487" xr:uid="{00000000-0004-0000-0000-0000D2000000}"/>
+    <hyperlink ref="I132" r:id="rId488" display="20 Leukemia &amp; Lymphoma Society - Translational Research Program (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000D0000000}"/>
+    <hyperlink ref="I123" r:id="rId489" display="16 Lustgarten Foundation - AACR Career Development Awards for Pancreatic Cancer Research- (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
+    <hyperlink ref="I122" r:id="rId490" display="16 Lustgarten Foundation - AACR Career Development Awards - women only (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000CD000000}"/>
+    <hyperlink ref="E135" r:id="rId491" xr:uid="{00000000-0004-0000-0000-0000CC000000}"/>
+    <hyperlink ref="I137" r:id="rId492" xr:uid="{00000000-0004-0000-0000-0000CB000000}"/>
+    <hyperlink ref="G137" r:id="rId493" xr:uid="{00000000-0004-0000-0000-0000CA000000}"/>
+    <hyperlink ref="E133" r:id="rId494" xr:uid="{00000000-0004-0000-0000-0000C9000000}"/>
+    <hyperlink ref="G132" r:id="rId495" xr:uid="{00000000-0004-0000-0000-0000C8000000}"/>
+    <hyperlink ref="I133" r:id="rId496" display="26 AACR Anna D. Barker Basic Cancer Research Fellowship (deadline LOI)" xr:uid="{00000000-0004-0000-0000-0000C7000000}"/>
+    <hyperlink ref="E137" r:id="rId497" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="G126" r:id="rId498" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="G123" r:id="rId499" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="G179" r:id="rId500" display="8 IHI Establishing novel approaches to improve clinical trials for rare and ultra-rare diseases (deadline pre-proposal)" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="E163" r:id="rId501" display="3 NWO Research along Routes by Consortia 2023" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="E216" r:id="rId502" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="E173" r:id="rId503" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="I126" r:id="rId504" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="I128" r:id="rId505" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="E145" r:id="rId506" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="E128" r:id="rId507" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="E177" r:id="rId508" display="30 NWO Impact Explorer" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="E154" r:id="rId509" display="31 Stichting Sacha Swarttouw-Hijmans (deadline)" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="E121" r:id="rId510" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="G176" r:id="rId511" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="G174" r:id="rId512" display="19 Innovative non-animal human-based tools and strategies for biomedical research HORIZON-HLTH-2024-TOOL-05-06-two-stage" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="E200" r:id="rId513" display="19 NWO ENW Open Competition Domain Science XL" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="G175" r:id="rId514" display="19 Personalised prevention of non-communicable diseases - addressing areas of unmet needs using multiple data sources HORIZON-HLTH-2024-STAYHLTH-01-05-two-stage" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="G173" r:id="rId515" display="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="G172" r:id="rId516" display="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="G171" r:id="rId517" display="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="G170" r:id="rId518" display="19 Tackling high-burden for patients, under-researched medical conditions HORIZON-HLTH-2024-DISEASE-03-14-two-stage" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="E143" r:id="rId519" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="E142" r:id="rId520" display="KWF 2024-3 Exploratie" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="G250" r:id="rId521" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="G169" r:id="rId522" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="G168" r:id="rId523" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="G228" r:id="rId524" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="G227" r:id="rId525" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="G185" r:id="rId526" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="G194" r:id="rId527" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="G143" r:id="rId528" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="I218" r:id="rId529" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="E141" r:id="rId530" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="E195" r:id="rId531" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="E168" r:id="rId532" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="E144" r:id="rId533" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="E295" r:id="rId534" xr:uid="{E6A69C1A-C98A-466B-BE22-A65CC3569931}"/>
+    <hyperlink ref="E285" r:id="rId535" xr:uid="{190D9778-8944-4DC8-80EA-1A9683017C9D}"/>
+    <hyperlink ref="E284" r:id="rId536" xr:uid="{EA230805-3E6F-4DC9-ABEA-96A112D431C8}"/>
+    <hyperlink ref="I282" r:id="rId537" xr:uid="{83C6DA7D-0B81-4EED-8692-D96248B17B8B}"/>
+    <hyperlink ref="E307" r:id="rId538" display="15 NWO KIC Langetermijnprogramma's (deadline)" xr:uid="{9C9E1ADA-C29B-4076-969F-C4DAA4A8E5BA}"/>
+    <hyperlink ref="E308" r:id="rId539" display="15 NWO KIC Langetermijnprogramma's obligatory registration for internal support" xr:uid="{5188D5FF-F7DE-405E-BFCC-D2EFF04EF1ED}"/>
+    <hyperlink ref="E296" r:id="rId540" display="13 Hanarth Fonds - deadline preproposals " xr:uid="{2BA88965-B8ED-4FDA-9BC4-20E1A6A31AF8}"/>
+    <hyperlink ref="E327" r:id="rId541" display="20 Hanarth Fonds - deadline invited full proposals (13 March deadline preproposals)" xr:uid="{3F6A1E02-C2F7-42A5-A137-ECF4D34235F5}"/>
+    <hyperlink ref="E328" r:id="rId542" display="20 Hanarth Fonds Fellowships - deadline " xr:uid="{FCDC0CBD-C3D8-4292-A0F0-B17B36CCEEB2}"/>
+    <hyperlink ref="E288" r:id="rId543" xr:uid="{5D704533-CE31-4A79-8376-CBBDDF26B8E8}"/>
+    <hyperlink ref="E299" r:id="rId544" xr:uid="{0966C868-56AA-4DA9-B668-1A07E64908EE}"/>
+    <hyperlink ref="E336" r:id="rId545" display="7 Lymph&amp;Co Paul Fentener van Vlissingen Fellowship (deadline proposal)" xr:uid="{725CC3F7-658C-41AE-8EEE-180C8C6433AB}"/>
+    <hyperlink ref="E298" r:id="rId546" xr:uid="{7ECFBA2B-18E6-424D-865E-78A29B273365}"/>
+    <hyperlink ref="G326" r:id="rId547" xr:uid="{0F02EB6D-0C4D-4522-9D70-74ADEEA2717C}"/>
+    <hyperlink ref="G324" r:id="rId548" xr:uid="{078AB186-A4F1-488F-A6A3-AF7637A7DFCD}"/>
+    <hyperlink ref="G322" r:id="rId549" display="17 MSCA Doctoral Networks - internal research grant support deadline " xr:uid="{8FDD5A9E-E111-426F-8947-A0F90ED1C918}"/>
+    <hyperlink ref="E303" r:id="rId550" display="1 Maurits en Anna de Kock Foundation (deadline)" xr:uid="{0A899D1C-B118-42D9-9C68-D66D63C89D84}"/>
+    <hyperlink ref="G341" r:id="rId551" display="18 Horizon Europe Cluster Health (deadline)" xr:uid="{701B2A37-23ED-4036-8694-A4217DA88BB6}"/>
+    <hyperlink ref="G342" r:id="rId552" display="18 Horizon Europe Mission Cancer (deadline)" xr:uid="{8E6FDA70-BDC5-48D5-B2DD-D718B0817C25}"/>
+    <hyperlink ref="G313" r:id="rId553" display="6 Expected opening call EU Mission Cancer" xr:uid="{FAE0F0A7-DB8B-446B-88E9-72591FB63EBE}"/>
+    <hyperlink ref="G308" r:id="rId554" display="10 IHI Modelling regulatory sandbox mechanisms and enabling their deployment to support breakthrough innovation (deadline pre-proposal)" xr:uid="{B375976A-BA79-4EF1-B564-4D873108A8E6}"/>
+    <hyperlink ref="G309" r:id="rId555" display="29 IHI Call 9 (single-stage): deadline full proposals 29 April 2025" xr:uid="{764C8FF1-12EF-44D2-8170-111768AED3DF}"/>
+    <hyperlink ref="G307" r:id="rId556" display="23 IHI Call 10 (two-stage; deadline short proposals 23 April)" xr:uid="{FEB54D30-1519-402F-9B2A-6EDB4D5DB697}"/>
+    <hyperlink ref="G317" r:id="rId557" display="22 Exoected opening EU Cluster Health" xr:uid="{CE5050FF-042E-4B58-ACE8-5C1E9B29C2E6}"/>
+    <hyperlink ref="E395" r:id="rId558" xr:uid="{87BB7D37-8E40-4824-A47A-8CBBAC2AA545}"/>
+    <hyperlink ref="E304" r:id="rId559" display="3 ZonMw Open Competition (deadline)" xr:uid="{8D3F3815-CE95-4850-A995-A3CCEB55EAA2}"/>
+    <hyperlink ref="E310" r:id="rId560" xr:uid="{0C157DD7-BFF3-40C1-B8DA-D4B2588FCA45}"/>
+    <hyperlink ref="E343" r:id="rId561" xr:uid="{D1ABB494-612D-4DB1-98B5-31B4DDA75437}"/>
+    <hyperlink ref="G310" r:id="rId562" xr:uid="{F08EBFFA-ED88-4F53-A91B-AEAEFA01AD16}"/>
+    <hyperlink ref="E311" r:id="rId563" xr:uid="{EFBDEDD9-AF25-4A10-9E7F-635449D48BAE}"/>
+    <hyperlink ref="E340" r:id="rId564" display="KWF Exploration Call (full proposal)" xr:uid="{79391BB6-646A-4D07-8FDA-E1F98B7F1D67}"/>
+    <hyperlink ref="E312" r:id="rId565" xr:uid="{97E7FABF-D2F3-417B-94E4-D66B8739B895}"/>
+    <hyperlink ref="E313" r:id="rId566" xr:uid="{F7210D69-890D-4EEB-A5ED-CE5A0B34AA96}"/>
+    <hyperlink ref="G314" r:id="rId567" xr:uid="{646788B6-77FD-4EC3-A8DB-C4FD32619577}"/>
+    <hyperlink ref="G316" r:id="rId568" display="EIC Pathfinder Open (deadline)" xr:uid="{7D37EAE6-1A72-4842-93B5-C0D21D439121}"/>
+    <hyperlink ref="G321" r:id="rId569" xr:uid="{8CF658CA-9CAA-4941-A742-C278BA9F4649}"/>
+    <hyperlink ref="G323" r:id="rId570" xr:uid="{D43BC860-DF6E-4B58-A3B6-955FEF88CCA1}"/>
+    <hyperlink ref="I323" r:id="rId571" xr:uid="{ADDC185B-EAEB-4A21-869A-A7F652DF098C}"/>
+    <hyperlink ref="E326" r:id="rId572" xr:uid="{0B649C32-4703-4980-A60D-72DE84E05A8B}"/>
+    <hyperlink ref="E360" r:id="rId573" xr:uid="{4C7488DD-96E0-43B4-8A8A-E902FD9747CA}"/>
+    <hyperlink ref="E332" r:id="rId574" xr:uid="{8E638A45-2202-4CBE-92E9-1DC370311AE5}"/>
+    <hyperlink ref="G344" r:id="rId575" xr:uid="{3AA373F6-46A2-4A32-96CC-306226C965B1}"/>
+    <hyperlink ref="G318" r:id="rId576" display="ERC Advanced Grant (expected opening)" xr:uid="{F0E1D6B2-DBB9-4866-BE5A-82DE104F3C16}"/>
+    <hyperlink ref="E341" r:id="rId577" xr:uid="{0391AED6-8FCA-454B-927D-0F5E55D02372}"/>
+    <hyperlink ref="G359" r:id="rId578" xr:uid="{13774440-20F2-4370-A2BC-416AA332E0B9}"/>
+    <hyperlink ref="E379" r:id="rId579" display="NWO Rubicon" xr:uid="{BBA2B73F-4B2A-416C-B975-F61946E406E7}"/>
+    <hyperlink ref="E383" r:id="rId580" xr:uid="{285ECDAD-D317-4C16-9A6F-8220541B14E6}"/>
+    <hyperlink ref="G312" r:id="rId581" xr:uid="{1CCC02DA-6C4C-45FF-B684-2B2140D08AE2}"/>
+    <hyperlink ref="G371" r:id="rId582" xr:uid="{F597CDA9-8EF5-465B-94A0-B62C5F3839F6}"/>
+    <hyperlink ref="G311" r:id="rId583" xr:uid="{CA100528-360A-40EF-80BF-8B2E5DB3ABAC}"/>
+    <hyperlink ref="I312" r:id="rId584" xr:uid="{0A8FEB1F-9C26-43E7-B6B7-B5CA95314BD7}"/>
+    <hyperlink ref="I321" r:id="rId585" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{91772E3B-B266-4C3F-A5FC-D84A153B0C78}"/>
+    <hyperlink ref="I361" r:id="rId586" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{3AF7E856-DC80-49F0-B070-63EF67CC9BDA}"/>
+    <hyperlink ref="G325" r:id="rId587" xr:uid="{A8D90C24-F10A-4D99-93A9-3AFE75F41651}"/>
+    <hyperlink ref="E344" r:id="rId588" xr:uid="{31BDC83D-7C9F-4A99-BE49-1CC3CA08E9D2}"/>
+    <hyperlink ref="E367" r:id="rId589" xr:uid="{9C697B87-4C77-44E5-9AF8-28455AC4CE57}"/>
+    <hyperlink ref="E400" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
+    <hyperlink ref="E380" r:id="rId591" xr:uid="{3266B8CF-6AE4-4C20-BBAC-E16A0BBD8B23}"/>
+    <hyperlink ref="E407" r:id="rId592" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
+    <hyperlink ref="E329" r:id="rId593" xr:uid="{328E481A-65E7-4F16-B568-EAFEDBB1A9C4}"/>
+    <hyperlink ref="E351" r:id="rId594" xr:uid="{83C4226E-8DC6-4104-A881-C7759F2EDEE3}"/>
+    <hyperlink ref="E412" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
+    <hyperlink ref="G343" r:id="rId596" xr:uid="{C6B65852-A3D5-4E4C-B324-3263B0199E53}"/>
+    <hyperlink ref="E324" r:id="rId597" display="Faculty of Impact" xr:uid="{AE227DA5-C8F0-4FFB-AEF0-D0B649509292}"/>
+    <hyperlink ref="E325" r:id="rId598" xr:uid="{045CFE40-7957-4352-95EA-F671E00CF49C}"/>
+    <hyperlink ref="E314" r:id="rId599" xr:uid="{DC2640E1-CE6E-4281-9B04-91AFD5B4936E}"/>
+    <hyperlink ref="E342" r:id="rId600" display="NWO Veni (expected deadline)" xr:uid="{8CB4B970-42F6-448E-9D2D-DBEA8C018F3D}"/>
+    <hyperlink ref="E391" r:id="rId601" display="NWO Veni (expected deadline)" xr:uid="{4AAC1A79-84F2-41FD-9863-335F583353B4}"/>
+    <hyperlink ref="G358" r:id="rId602" display="ERC Starting Grant (expected deadline)" xr:uid="{CFF418DE-F09F-4289-9B47-EBE0C67BC730}"/>
+    <hyperlink ref="G388" r:id="rId603" display="ERC Consolidator Grant (expected deadline)" xr:uid="{C9FBAE79-515B-4EE4-B06A-4CDAD2DB6B32}"/>
+    <hyperlink ref="E335" r:id="rId604" xr:uid="{0D6CA846-535B-432A-AFB4-8893CCE01E0D}"/>
+    <hyperlink ref="G335" r:id="rId605" xr:uid="{26DF9EF2-3141-4C64-8808-99CA627C027E}"/>
+    <hyperlink ref="G315" r:id="rId606" xr:uid="{BC61C7D3-D48D-46A5-A1AD-81BEEB128ADF}"/>
+    <hyperlink ref="I322" r:id="rId607" xr:uid="{5077F715-9303-443D-9376-DE73DE29131D}"/>
+    <hyperlink ref="G329" r:id="rId608" display="Open Call for Transnational Service Provision" xr:uid="{53D3FCD8-4309-4D15-953D-CCADEF9A8D97}"/>
+    <hyperlink ref="G336" r:id="rId609" xr:uid="{8B7B83BD-48FE-4553-A0C0-CC7F07BBC421}"/>
+    <hyperlink ref="G320" r:id="rId610" xr:uid="{844072E6-5B0C-4037-9BC2-55146C5CABD8}"/>
+    <hyperlink ref="E337" r:id="rId611" xr:uid="{9CE66579-7373-4788-9F27-0E032835530B}"/>
+    <hyperlink ref="E348" r:id="rId612" xr:uid="{4F986696-93A5-4290-A5EA-44F1D9D55A08}"/>
+    <hyperlink ref="I332" r:id="rId613" display="LCRF Team Science Award" xr:uid="{F30562FE-7947-40F9-BCEB-56ED291FAD4E}"/>
+    <hyperlink ref="I368" r:id="rId614" display="LCRF Team Science Award" xr:uid="{2DABA678-5010-4052-A34A-9F37AB247B99}"/>
+    <hyperlink ref="I333" r:id="rId615" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{A2265066-F850-434F-B795-D31FB5696827}"/>
+    <hyperlink ref="I357" r:id="rId616" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{63D94197-3DD8-4606-91C2-9731933FADA9}"/>
+    <hyperlink ref="I334" r:id="rId617" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{DE92ABF7-AE8B-4C94-84BB-12AF2E89A341}"/>
+    <hyperlink ref="I369" r:id="rId618" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{A7B212EC-2F3A-4383-910B-16FC02B32B18}"/>
+    <hyperlink ref="E346" r:id="rId619" xr:uid="{BB3A30DD-6151-4BA6-825E-D61E2E4E2B41}"/>
+    <hyperlink ref="G357" r:id="rId620" xr:uid="{ACEE172E-C8E9-4201-BB47-55E2C69A493C}"/>
+    <hyperlink ref="G403" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
+    <hyperlink ref="I325" r:id="rId622" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{C80F1CBC-D7B6-45FD-8175-8700835DF6E5}"/>
+    <hyperlink ref="I329" r:id="rId623" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{9C1E48D3-9BF4-4122-9038-978A3800EDA5}"/>
+    <hyperlink ref="I326" r:id="rId624" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{C5171A96-86C3-43A2-8D23-46948D107C1D}"/>
+    <hyperlink ref="I330" r:id="rId625" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{7C8A71A5-DCB2-4A2A-9695-250A26DC2618}"/>
+    <hyperlink ref="G356" r:id="rId626" xr:uid="{2D07294A-2789-4E11-8056-32A08A3156BE}"/>
+    <hyperlink ref="I331" r:id="rId627" xr:uid="{344F7F85-B2AD-4E02-B837-63942A03ED58}"/>
+    <hyperlink ref="E370" r:id="rId628" xr:uid="{BD76C125-7413-4348-814C-1A49057C33BD}"/>
+    <hyperlink ref="E371" r:id="rId629" xr:uid="{2A00D487-7479-4A62-BCDB-DB86FE105272}"/>
+    <hyperlink ref="E331" r:id="rId630" display="ZonMW: voorbereidende implementatieactiviteiten ronde 1 " xr:uid="{84627BCD-4ADD-4654-8EE7-9F7B96B9A25E}"/>
+    <hyperlink ref="E345" r:id="rId631" xr:uid="{65D3395E-2823-4847-99F8-7FD80E72C113}"/>
+    <hyperlink ref="E347" r:id="rId632" display="ZonMW Open Competitie" xr:uid="{BE9080F0-3E32-4435-A86F-1A3A6E17B5A0}"/>
+    <hyperlink ref="E353" r:id="rId633" xr:uid="{455DDECF-266D-4407-8386-7CFCE2E078FF}"/>
+    <hyperlink ref="E362" r:id="rId634" xr:uid="{A03FBA3B-1E59-4195-AA6A-9ED8DA96146D}"/>
+    <hyperlink ref="E413" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
+    <hyperlink ref="E363" r:id="rId636" xr:uid="{745663B9-977C-47D6-9439-A7E2877BEA66}"/>
+    <hyperlink ref="E330" r:id="rId637" xr:uid="{10AF2882-E6AF-46FF-80BC-BF707EB36263}"/>
+    <hyperlink ref="E356" r:id="rId638" display="Health~Holland International Kickstarter" xr:uid="{9921D40D-1FD0-4AD7-BE5A-88BCFB348251}"/>
+    <hyperlink ref="G415" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
+    <hyperlink ref="G370" r:id="rId640" xr:uid="{DB0A2B75-9A56-4229-B096-038F55AC124E}"/>
+    <hyperlink ref="E355" r:id="rId641" location=":~:text=BOOST%20funding%20is%20available%20exclusively,or%20models%20within%20a%20lab." xr:uid="{22551DA7-E432-44DA-876C-DA57A982CF1B}"/>
+    <hyperlink ref="E339" r:id="rId642" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg" xr:uid="{F78FF6EA-860F-4089-A750-7615B35B6DF4}"/>
+    <hyperlink ref="I360" r:id="rId643" xr:uid="{80091A70-FB39-4300-A7BE-69C62C37196D}"/>
+    <hyperlink ref="I389" r:id="rId644" display="Leukemia &amp; Lymphoma Society Translational Research Program (LOI)" xr:uid="{EAE0A2D4-6877-430A-97AD-53CD7B334159}"/>
+    <hyperlink ref="I358" r:id="rId645" xr:uid="{34BC0A72-E11F-4818-9D4C-4C511F4AEDF5}"/>
+    <hyperlink ref="I371" r:id="rId646" xr:uid="{802874A7-D7D0-49ED-9284-4868C8BDF028}"/>
+    <hyperlink ref="I335" r:id="rId647" xr:uid="{D2036271-E2A1-4676-A1AD-99F7EC283011}"/>
+    <hyperlink ref="I372" r:id="rId648" display="Leukemia &amp; Lymphoma Society Discovery Grant Program (LOI)" xr:uid="{ADA1C4A1-0875-4C67-B2A5-9CC23324357B}"/>
+    <hyperlink ref="E352" r:id="rId649" display="KWF internal deadline pre-proposal 2026-1 EXPL and 2026-2 DEV calls" xr:uid="{C2939F66-729D-41C5-8ECE-FA1BABE28225}"/>
+    <hyperlink ref="G372" r:id="rId650" xr:uid="{EF4CA7BF-BA31-4338-8ACD-9DAF71774D4C}"/>
+    <hyperlink ref="G368" r:id="rId651" xr:uid="{5AF3396F-5C1F-4797-8BEE-EED9BB808488}"/>
+    <hyperlink ref="G369" r:id="rId652" xr:uid="{E638B598-9F27-46E2-98D7-FB21A0524D69}"/>
+    <hyperlink ref="I359" r:id="rId653" xr:uid="{93F1C799-9402-433A-9D60-15B5B1FE90CF}"/>
+    <hyperlink ref="I388" r:id="rId654" display="IASLC Career Advancement Grant (LOI)" xr:uid="{E1F61B4F-DD53-4ED7-A676-1BF38BE70D63}"/>
+    <hyperlink ref="I342" r:id="rId655" xr:uid="{5FA484D2-3C9B-47BC-AFD9-6E854F0C7614}"/>
+    <hyperlink ref="I387" r:id="rId656" display="Collaborative Pediatric Cancer Research Awards Program (LOI)" xr:uid="{3BF530A5-4429-4099-AC65-CD627A122302}"/>
+    <hyperlink ref="G392" r:id="rId657" display="Worldwide Cancer Research 2026 Grant Round (opening)" xr:uid="{34FB3097-8890-4DE5-96EE-BB9DEF424636}"/>
+    <hyperlink ref="E406" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
+    <hyperlink ref="E349" r:id="rId659" xr:uid="{A679B1A4-B008-4E5F-9DC3-1C927C850E67}"/>
+    <hyperlink ref="E396" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
+    <hyperlink ref="E358" r:id="rId661" xr:uid="{55ABCF78-44A6-44B8-9541-5B3334F18544}"/>
+    <hyperlink ref="E365" r:id="rId662" xr:uid="{0AA5A75D-FFD8-4353-BFB2-A5E0FE13E9E8}"/>
+    <hyperlink ref="E364" r:id="rId663" xr:uid="{A0C9B80D-38DD-47FD-8685-3F6E507A19E6}"/>
+    <hyperlink ref="E375" r:id="rId664" display="Health~Holland Organ-on-Chip call (pre-proposal)" xr:uid="{5CFC0857-BC0F-43BB-A3E4-D95CF584A170}"/>
+    <hyperlink ref="E389" r:id="rId665" xr:uid="{FF4DF44E-B710-40A6-A73A-9D248EC2303B}"/>
+    <hyperlink ref="E414" r:id="rId666" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
+    <hyperlink ref="E350" r:id="rId667" xr:uid="{30A9E72C-1553-4B7E-A348-D5F6D391BA74}"/>
+    <hyperlink ref="E397" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
+    <hyperlink ref="E419" r:id="rId669" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
+    <hyperlink ref="E374" r:id="rId670" xr:uid="{941A3CC3-2E88-4C6B-8455-87811505B502}"/>
+    <hyperlink ref="E409" r:id="rId671" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
+    <hyperlink ref="I341" r:id="rId672" xr:uid="{4C2EA722-F968-43E5-AB2F-F56ED70FA20F}"/>
+    <hyperlink ref="E357" r:id="rId673" xr:uid="{B93A953A-B802-499E-86B2-72755D4CE99D}"/>
+    <hyperlink ref="E372" r:id="rId674" xr:uid="{B930B32F-6486-475F-A084-CDA27A47968D}"/>
+    <hyperlink ref="E368" r:id="rId675" xr:uid="{6B06C0AA-9A64-4C73-8D8A-5ECAD9167BCE}"/>
+    <hyperlink ref="E369" r:id="rId676" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{6EEA4B0E-554B-439B-BFC9-AA8A803C2A96}"/>
+    <hyperlink ref="E393" r:id="rId677" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
+    <hyperlink ref="E359" r:id="rId678" xr:uid="{E14A937A-A9AC-472B-B50C-0D015BE418B0}"/>
+    <hyperlink ref="E361" r:id="rId679" location="Deadline" xr:uid="{B77BFC2B-2E5F-44B7-993E-F639F3E1CB8C}"/>
+    <hyperlink ref="E373" r:id="rId680" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{92FD3D55-7E9B-4B5E-B3BB-AB6BD238E7F9}"/>
+    <hyperlink ref="E408" r:id="rId681" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
+    <hyperlink ref="G373" r:id="rId682" display="Rising Tide Clinical Cancer Research" xr:uid="{294170DB-5145-4263-A8D7-EFF551BF6DF4}"/>
+    <hyperlink ref="G375" r:id="rId683" xr:uid="{F0996DAA-0DFA-48CD-AF83-D81E50A58C66}"/>
+    <hyperlink ref="I376" r:id="rId684" xr:uid="{3E5E29BF-D133-458A-A5B9-3A2BF25CFDF1}"/>
+    <hyperlink ref="I396" r:id="rId685" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
+    <hyperlink ref="E398" r:id="rId686" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
+    <hyperlink ref="I362" r:id="rId687" xr:uid="{09D52ED5-EA88-4C5A-AEED-C1B874928B9C}"/>
+    <hyperlink ref="I392" r:id="rId688" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
+    <hyperlink ref="E401" r:id="rId689" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
+    <hyperlink ref="I370" r:id="rId690" xr:uid="{46BD1AEF-2F8A-4731-AB3E-BD9AEE486095}"/>
+    <hyperlink ref="I397" r:id="rId691" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{98DC2919-1E4B-4F40-A90E-BED2F0303008}"/>
+    <hyperlink ref="G396" r:id="rId692" display="Rising Tide Clinical Cancer Research" xr:uid="{7EA8618E-ED2D-4943-9553-01C5C9CF503D}"/>
+    <hyperlink ref="G408" r:id="rId693" display="Rising Tide Clinical Cancer Research" xr:uid="{F9E2128A-53E5-46BD-9C51-6DEE58C20E5F}"/>
+    <hyperlink ref="G419" r:id="rId694" display="Rising Tide Clinical Cancer Research" xr:uid="{2E754EEB-744E-45CC-BAB0-BBD81F7A1FFF}"/>
+    <hyperlink ref="E394" r:id="rId695" xr:uid="{FD4D8657-CB38-4217-90C6-992554479C86}"/>
+    <hyperlink ref="E377" r:id="rId696" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{6368EC66-B0D0-48FA-8E85-5399F68A7864}"/>
+    <hyperlink ref="E378" r:id="rId697" xr:uid="{BEF30092-EAB0-4C5E-A757-770D2DB34B3A}"/>
+    <hyperlink ref="E399" r:id="rId698" display="NWO Research Infrastructure (RI): national consortia (LOI)" xr:uid="{A4D235A6-49AD-4C16-95F9-D070472B5F2C}"/>
+    <hyperlink ref="E387" r:id="rId699" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{92CDAF32-820B-4095-A5D3-336862C0197E}"/>
+    <hyperlink ref="E416" r:id="rId700" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{9B191C31-85CC-4B99-B50E-F962B7FD4B22}"/>
+    <hyperlink ref="E384" r:id="rId701" location="orientate-when" display="ZonMW: Conducting a systematic literature review of animal studies 2025" xr:uid="{729A5560-C605-4ABE-9C2A-52D1E39AAA34}"/>
+    <hyperlink ref="E385" r:id="rId702" display="ZonMW: Publishing neutral/negative results from animal experiments 2025" xr:uid="{4F9C36B4-B3BF-4E04-9E46-5E5908994C6F}"/>
+    <hyperlink ref="E411" r:id="rId703" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{D863926C-9ECD-4C99-A680-1BC2D1A2D771}"/>
+    <hyperlink ref="E381" r:id="rId704" location="orientate-when" display="ZonMW: Voorbereidende implementatieactiviteiten Ronde 2 – niet-medisch-specialistische zorg" xr:uid="{88A08EA7-1355-4329-B26B-1D36117F315B}"/>
+    <hyperlink ref="E382" r:id="rId705" location="orientate-when" xr:uid="{7F54FC89-2989-494E-9605-21C20AEE8B52}"/>
+    <hyperlink ref="E403" r:id="rId706" display="KWF Exploration Call 2026-1 (pre-proposal)" xr:uid="{68C106E1-7288-4E9F-A526-F26796D8CC8C}"/>
+    <hyperlink ref="E404" r:id="rId707" display="KWF Development Call 2026-2 (pre-proposal)" xr:uid="{B1B7704F-A782-492A-B575-AF00AFB55424}"/>
+    <hyperlink ref="E405" r:id="rId708" display="KWF Young Investigator Grant 2026 (pre-proposal)" xr:uid="{BCB11499-53B1-4EAB-8396-CEC101D4FA58}"/>
+    <hyperlink ref="E390" r:id="rId709" xr:uid="{360EEBD4-C3E9-4B5B-880F-858D9FAC9375}"/>
+    <hyperlink ref="G402" r:id="rId710" display="EU Cluster Health Programme" xr:uid="{7FC3A205-8104-4D32-B70D-6DBC0528E4FD}"/>
+    <hyperlink ref="G416" r:id="rId711" xr:uid="{67BFC41C-1EF2-4AA5-8C38-B3C56ED197EC}"/>
+    <hyperlink ref="E392" r:id="rId712" xr:uid="{A13A9C2F-A484-431E-BC6E-148F527CC3F9}"/>
+    <hyperlink ref="E410" r:id="rId713" xr:uid="{E3B61383-08A1-4576-B8C9-18B65D43E444}"/>
+    <hyperlink ref="E418" r:id="rId714" xr:uid="{7073BBBC-FE29-45E4-8C2F-06A864BAB7A8}"/>
+    <hyperlink ref="E402" r:id="rId715" xr:uid="{5BC8CEB3-A14C-41EC-A4EE-8CC03DCAAE89}"/>
+    <hyperlink ref="E417" r:id="rId716" display="Kika research programs (pre-proposal)" xr:uid="{2F108B54-DEB3-4FFC-93F4-BDFE7F707567}"/>
+    <hyperlink ref="G387" r:id="rId717" xr:uid="{BDCF60B1-95BB-4CCD-9F46-4C293D89DE9E}"/>
+    <hyperlink ref="E388" r:id="rId718" xr:uid="{FBB097FE-00B0-4A47-A7EF-7D275D13273F}"/>
+    <hyperlink ref="I379" r:id="rId719" xr:uid="{F412AFC8-7F98-497E-BA07-B2AF245B7F0F}"/>
+    <hyperlink ref="I402" r:id="rId720" display="AACR Think Forward Foundation Career Development Award (LOI)" xr:uid="{38368540-52E2-463A-B3CB-9BCFFFA27304}"/>
+    <hyperlink ref="I380" r:id="rId721" xr:uid="{75720C7A-380B-4131-85A2-745882000AD7}"/>
+    <hyperlink ref="I403" r:id="rId722" display="AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)" xr:uid="{C6FE0B10-6C7C-49E3-993A-37864D9E371C}"/>
+    <hyperlink ref="I377" r:id="rId723" xr:uid="{B32E607F-3F2A-4ACE-8EC7-052E572C3073}"/>
+    <hyperlink ref="I404" r:id="rId724" display="AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)" xr:uid="{DB48DC04-5886-4A7F-AEE7-5916A01E8F69}"/>
+    <hyperlink ref="I378" r:id="rId725" xr:uid="{CC58C967-D746-41BC-BB8B-D031CCAD3177}"/>
+    <hyperlink ref="I405" r:id="rId726" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId696"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId727"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Overview calendar all grants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>