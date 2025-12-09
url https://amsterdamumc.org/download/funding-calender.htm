--- v1 (2025-11-18)
+++ v2 (2025-12-09)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{198CA62E-89EF-491C-91B0-6C302774E58A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{332163EC-C1F2-47A5-B677-D1826C2D4404}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview calendar all grants" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="729">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="756">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>European</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>Deadlines Oncology-relevant grants</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
@@ -2221,50 +2221,131 @@
     <t>ZonMw Drug Rediscovery Ronde 8 (full proposal)</t>
   </si>
   <si>
     <t>AACR Think Forward Foundation Career Development Award (LOI)</t>
   </si>
   <si>
     <t>AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)</t>
   </si>
   <si>
     <t>AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)</t>
   </si>
   <si>
     <t>Breast Cancer Research Foundation-AACR Career Development Awards (LOI)</t>
   </si>
   <si>
     <t>AACR Think Forward Foundation Career Development Award (full proposal)</t>
   </si>
   <si>
     <t>AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (full proposal)</t>
   </si>
   <si>
     <t>AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (full proposal)</t>
   </si>
   <si>
     <t>Breast Cancer Research Foundation-AACR Career Development Awards (full proposal)</t>
+  </si>
+  <si>
+    <t>KWF INTER-LOCAL (full-proposal)</t>
+  </si>
+  <si>
+    <t>KWF IMPLEMENTATION RESEARCH FOR CANCER PREVENTION IN EUROPE 2026</t>
+  </si>
+  <si>
+    <t>AACR-Conquer Cancer®, the ASCO Foundation Young Investigator Award for Translational Cancer Research</t>
+  </si>
+  <si>
+    <t>Research grant Mesothelioma Applied Research Foundation (LOI)</t>
+  </si>
+  <si>
+    <t>Amsterdam UMC Fellowship</t>
+  </si>
+  <si>
+    <t>Amsterdam UMC Foundation Young Talent Fund</t>
+  </si>
+  <si>
+    <t>ZonMw Klinische Fellows 2025 (project idea)</t>
+  </si>
+  <si>
+    <t>ZonMw Klinische Fellows 2025 (full proposal)</t>
+  </si>
+  <si>
+    <t>Transforming Health &amp; Care Systems (THCS) Joint Transnational Call (pre-proposal)</t>
+  </si>
+  <si>
+    <t>Transforming Health &amp; Care Systems (THCS) Joint Transnational Call (full proposal)</t>
+  </si>
+  <si>
+    <t>Landsteiner Foundation for Blood Transfusion Research (pre-proposal)</t>
+  </si>
+  <si>
+    <t>Landsteiner Foundation for Blood Transfusion Research Early Career Grant</t>
+  </si>
+  <si>
+    <t>NWO XS 2026-1</t>
+  </si>
+  <si>
+    <t>NWO Open Mind 2026</t>
+  </si>
+  <si>
+    <t>ZonMw Businesscase preventie (project idea)</t>
+  </si>
+  <si>
+    <t>ZonMw Businesscase preventie (full proposal)</t>
+  </si>
+  <si>
+    <t>Lustgarten Foundation-AACR Career Development Award for Pancreatic Cancer Research, in Honor of John Robert Lewis</t>
+  </si>
+  <si>
+    <t>Lustgarten Foundation-AACR Career Development Award for Pancreatic Cancer Research, in honor of Ruth Bader Ginsburg</t>
+  </si>
+  <si>
+    <t>AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)</t>
+  </si>
+  <si>
+    <t>AACR Non-Small Cell Lung Cancer Research Fellowship (full proposal)</t>
+  </si>
+  <si>
+    <t>RGS Consortium Coordination Support (CCS) grant</t>
+  </si>
+  <si>
+    <t>Nierstichting Kolff+ Call 2 (pre-proposal)</t>
+  </si>
+  <si>
+    <t>ERDERA Joint Transnational Call, “Resolving unsolved cases in rare genetic and non‑genetic diseases” (pre-proposal)</t>
+  </si>
+  <si>
+    <t>AACR-Mark Foundation Chemistry in Cancer Research Grants (LOI)</t>
+  </si>
+  <si>
+    <t>The Hatcher Pathology Fellowship</t>
+  </si>
+  <si>
+    <t>NWO Vici (pre-proposal - expected deadline)</t>
+  </si>
+  <si>
+    <t>European Partnership for Personalised Medicine: Fast Track Validation Programme 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2432,51 +2513,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEEF1DA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5E5D5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC7D9DD"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -2681,67 +2762,56 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="387">
+  <cellXfs count="332">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -2970,189 +3040,117 @@
     <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...5 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...77 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -3206,126 +3204,90 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -3344,573 +3306,516 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FFC7D9DD"/>
       <color rgb="FFEEF1DA"/>
       <color rgb="FFD5E5D5"/>
+      <color rgb="FFC7D9DD"/>
       <color rgb="FFD7EDC1"/>
       <color rgb="FFE7E7FF"/>
       <color rgb="FFF3FFE7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
@@ -4149,6451 +4054,6739 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erdera.org/call/joint-transnational-call-2026/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/support/policies/talent-policies/amsterdam-umc-fellowship-1.htm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msts.org/hatcher-fellowship" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/funding-projects/calls/fast-track-call/fast-track-validation-programme-2026/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-2026-pakket-26-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nierstichting.nl/onderzoekers/grants-aanvragen/kolff-programma-2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemeso.org/research-grants/research-funding/grants-by-the-mesothelioma-applied-research-foundation/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mark-foundation-chemistry-in-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/phd-student/trajectory/amsterdam-umc-foundation-young-talent-fund.htm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/%F0%9F%93%A2-Now-Open--Internal-grant-for-Horizon-Europe-Cluster-Health-proposals.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH461"/>
+  <dimension ref="A1:AH478"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="F260" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K375" sqref="K375"/>
+    <sheetView tabSelected="1" topLeftCell="A260" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="F407" sqref="F407"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="2" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="12.140625" style="112" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" style="91" customWidth="1"/>
     <col min="5" max="5" width="108" style="6" customWidth="1"/>
-    <col min="6" max="6" width="5.7109375" style="244" customWidth="1"/>
+    <col min="6" max="6" width="5.7109375" style="272" customWidth="1"/>
     <col min="7" max="7" width="118.42578125" style="5" customWidth="1"/>
-    <col min="8" max="8" width="5.5703125" style="138" customWidth="1"/>
-    <col min="9" max="9" width="108.140625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="114" customWidth="1"/>
+    <col min="9" max="9" width="114.7109375" style="5" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:9" ht="20.25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="351" t="s">
+      <c r="B2" s="308" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="352"/>
-[...5 lines deleted...]
-      <c r="I2" s="353"/>
+      <c r="C2" s="309"/>
+      <c r="D2" s="309"/>
+      <c r="E2" s="309"/>
+      <c r="F2" s="309"/>
+      <c r="G2" s="309"/>
+      <c r="H2" s="309"/>
+      <c r="I2" s="310"/>
     </row>
     <row r="3" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="113" t="s">
+      <c r="C3" s="92" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="92"/>
       <c r="E3" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="8"/>
+      <c r="F3" s="273"/>
       <c r="G3" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="H3" s="139"/>
+      <c r="H3" s="115"/>
       <c r="I3" s="9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C4" s="114" t="s">
+      <c r="C4" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="93"/>
       <c r="E4" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="245"/>
+      <c r="F4" s="274"/>
       <c r="G4" s="11"/>
-      <c r="H4" s="140"/>
+      <c r="H4" s="116"/>
       <c r="I4" s="12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B5" s="13"/>
-      <c r="C5" s="114"/>
+      <c r="C5" s="93"/>
       <c r="D5" s="93"/>
       <c r="E5" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="245"/>
+      <c r="F5" s="274"/>
       <c r="G5" s="15"/>
-      <c r="H5" s="141"/>
+      <c r="H5" s="117"/>
       <c r="I5" s="16"/>
     </row>
     <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B6" s="17">
         <v>2023</v>
       </c>
-      <c r="C6" s="115" t="s">
+      <c r="C6" s="94" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="94"/>
+      <c r="D6" s="97"/>
       <c r="E6" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="F6" s="246"/>
+      <c r="F6" s="275"/>
       <c r="G6" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="H6" s="142"/>
+      <c r="H6" s="118"/>
       <c r="I6" s="12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B7" s="21"/>
-      <c r="C7" s="116"/>
-      <c r="D7" s="95"/>
+      <c r="C7" s="95"/>
+      <c r="D7" s="245"/>
       <c r="E7" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="136"/>
+      <c r="F7" s="276"/>
       <c r="G7" s="22"/>
-      <c r="H7" s="143"/>
+      <c r="H7" s="119"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21"/>
-      <c r="C8" s="116"/>
-      <c r="D8" s="95"/>
+      <c r="C8" s="95"/>
+      <c r="D8" s="245"/>
       <c r="E8" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="F8" s="136"/>
+      <c r="F8" s="276"/>
       <c r="G8" s="23" t="s">
         <v>55</v>
       </c>
-      <c r="H8" s="144"/>
+      <c r="H8" s="120"/>
       <c r="I8" s="24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21"/>
-      <c r="C9" s="116"/>
-      <c r="D9" s="95"/>
+      <c r="C9" s="95"/>
+      <c r="D9" s="245"/>
       <c r="E9" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="136"/>
+      <c r="F9" s="276"/>
       <c r="G9" s="22"/>
-      <c r="H9" s="143"/>
+      <c r="H9" s="119"/>
       <c r="I9" s="25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B10" s="21"/>
-      <c r="C10" s="116"/>
-      <c r="D10" s="94"/>
+      <c r="C10" s="95"/>
+      <c r="D10" s="97"/>
       <c r="E10" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="246"/>
+      <c r="F10" s="275"/>
       <c r="G10" s="22"/>
-      <c r="H10" s="143"/>
+      <c r="H10" s="119"/>
       <c r="I10" s="24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B11" s="21"/>
-      <c r="C11" s="116"/>
-      <c r="D11" s="95"/>
+      <c r="C11" s="95"/>
+      <c r="D11" s="245"/>
       <c r="E11" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="F11" s="136"/>
+      <c r="F11" s="276"/>
       <c r="G11" s="22"/>
-      <c r="H11" s="143"/>
+      <c r="H11" s="119"/>
       <c r="I11" s="16"/>
     </row>
     <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B12" s="21"/>
-      <c r="C12" s="116"/>
-      <c r="D12" s="95"/>
+      <c r="C12" s="95"/>
+      <c r="D12" s="245"/>
       <c r="E12" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="136"/>
+      <c r="F12" s="276"/>
       <c r="G12" s="22"/>
-      <c r="H12" s="145"/>
+      <c r="H12" s="121"/>
       <c r="I12" s="26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" s="21"/>
-      <c r="C13" s="116"/>
-      <c r="D13" s="95"/>
+      <c r="C13" s="95"/>
+      <c r="D13" s="245"/>
       <c r="E13" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="136"/>
+      <c r="F13" s="276"/>
       <c r="G13" s="22"/>
-      <c r="H13" s="143"/>
+      <c r="H13" s="119"/>
       <c r="I13" s="16"/>
     </row>
     <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B14" s="21"/>
-      <c r="C14" s="116"/>
-      <c r="D14" s="94"/>
+      <c r="C14" s="95"/>
+      <c r="D14" s="97"/>
       <c r="E14" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="246"/>
+      <c r="F14" s="275"/>
       <c r="G14" s="22"/>
-      <c r="H14" s="143"/>
+      <c r="H14" s="119"/>
       <c r="I14" s="16"/>
     </row>
     <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" s="21"/>
-      <c r="C15" s="116"/>
-      <c r="D15" s="95"/>
+      <c r="C15" s="95"/>
+      <c r="D15" s="245"/>
       <c r="E15" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="F15" s="136"/>
+      <c r="F15" s="276"/>
       <c r="G15" s="22"/>
-      <c r="H15" s="143"/>
+      <c r="H15" s="119"/>
       <c r="I15" s="16"/>
     </row>
     <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B16" s="21"/>
-      <c r="C16" s="116"/>
-      <c r="D16" s="95"/>
+      <c r="C16" s="95"/>
+      <c r="D16" s="245"/>
       <c r="E16" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="F16" s="136"/>
+      <c r="F16" s="276"/>
       <c r="G16" s="22"/>
-      <c r="H16" s="143"/>
+      <c r="H16" s="119"/>
       <c r="I16" s="16"/>
     </row>
     <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B17" s="21"/>
-      <c r="C17" s="116"/>
-      <c r="D17" s="95"/>
+      <c r="C17" s="95"/>
+      <c r="D17" s="245"/>
       <c r="E17" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="F17" s="136"/>
+      <c r="F17" s="276"/>
       <c r="G17" s="22"/>
-      <c r="H17" s="143"/>
+      <c r="H17" s="119"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B18" s="21"/>
-      <c r="C18" s="116"/>
-      <c r="D18" s="94"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="97"/>
       <c r="E18" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="F18" s="246"/>
+      <c r="F18" s="275"/>
       <c r="G18" s="22"/>
-      <c r="H18" s="143"/>
+      <c r="H18" s="119"/>
       <c r="I18" s="16"/>
     </row>
     <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B19" s="18"/>
-      <c r="C19" s="117" t="s">
+      <c r="C19" s="96" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="96"/>
       <c r="E19" s="27" t="s">
         <v>64</v>
       </c>
-      <c r="F19" s="247"/>
+      <c r="F19" s="277"/>
       <c r="G19" s="20" t="s">
         <v>87</v>
       </c>
-      <c r="H19" s="146"/>
+      <c r="H19" s="122"/>
       <c r="I19" s="28" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21"/>
-      <c r="C20" s="118"/>
-      <c r="D20" s="94"/>
+      <c r="C20" s="97"/>
+      <c r="D20" s="97"/>
       <c r="E20" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="248"/>
+      <c r="F20" s="278"/>
       <c r="G20" s="20" t="s">
         <v>86</v>
       </c>
-      <c r="H20" s="147"/>
+      <c r="H20" s="123"/>
       <c r="I20" s="30"/>
     </row>
     <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21"/>
-      <c r="C21" s="118"/>
-      <c r="D21" s="94"/>
+      <c r="C21" s="97"/>
+      <c r="D21" s="97"/>
       <c r="E21" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="F21" s="248"/>
+      <c r="F21" s="278"/>
       <c r="G21" s="23" t="s">
         <v>30</v>
       </c>
-      <c r="H21" s="147"/>
+      <c r="H21" s="123"/>
       <c r="I21" s="30" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B22" s="21"/>
-      <c r="C22" s="119"/>
-      <c r="D22" s="97"/>
+      <c r="C22" s="98"/>
+      <c r="D22" s="98"/>
       <c r="E22" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="248"/>
+      <c r="F22" s="278"/>
       <c r="G22" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="H22" s="147"/>
+      <c r="H22" s="123"/>
       <c r="I22" s="31"/>
     </row>
     <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B23" s="21"/>
-      <c r="C23" s="119"/>
-      <c r="D23" s="97"/>
+      <c r="C23" s="98"/>
+      <c r="D23" s="98"/>
       <c r="E23" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="F23" s="248"/>
+      <c r="F23" s="278"/>
       <c r="G23" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="H23" s="147"/>
+      <c r="H23" s="123"/>
       <c r="I23" s="31"/>
     </row>
     <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B24" s="21"/>
-      <c r="C24" s="118"/>
-      <c r="D24" s="94"/>
+      <c r="C24" s="97"/>
+      <c r="D24" s="97"/>
       <c r="E24" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="F24" s="248"/>
+      <c r="F24" s="278"/>
       <c r="G24" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="H24" s="147"/>
+      <c r="H24" s="123"/>
       <c r="I24" s="31"/>
     </row>
     <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B25" s="21"/>
-      <c r="C25" s="118"/>
-      <c r="D25" s="94"/>
+      <c r="C25" s="97"/>
+      <c r="D25" s="97"/>
       <c r="E25" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="F25" s="248"/>
+      <c r="F25" s="278"/>
       <c r="G25" s="23" t="s">
         <v>81</v>
       </c>
-      <c r="H25" s="147"/>
+      <c r="H25" s="123"/>
       <c r="I25" s="31"/>
     </row>
     <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B26" s="21"/>
-      <c r="C26" s="118"/>
-      <c r="D26" s="94"/>
+      <c r="C26" s="97"/>
+      <c r="D26" s="97"/>
       <c r="E26" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="F26" s="248"/>
+      <c r="F26" s="278"/>
       <c r="G26" s="23" t="s">
         <v>104</v>
       </c>
-      <c r="H26" s="147"/>
+      <c r="H26" s="123"/>
       <c r="I26" s="31"/>
     </row>
     <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B27" s="4"/>
-      <c r="C27" s="120"/>
-      <c r="D27" s="98"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
       <c r="E27" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="F27" s="249"/>
+      <c r="F27" s="279"/>
       <c r="G27" s="33"/>
-      <c r="H27" s="148"/>
+      <c r="H27" s="124"/>
       <c r="I27" s="34"/>
     </row>
     <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C28" s="121" t="s">
+      <c r="C28" s="100" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="94"/>
+      <c r="D28" s="97"/>
       <c r="E28" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="F28" s="246"/>
+      <c r="F28" s="275"/>
       <c r="G28" s="23" t="s">
         <v>56</v>
       </c>
-      <c r="H28" s="144"/>
+      <c r="H28" s="120"/>
       <c r="I28" s="16"/>
     </row>
     <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B29" s="21"/>
-      <c r="C29" s="122"/>
-      <c r="D29" s="94"/>
+      <c r="C29" s="101"/>
+      <c r="D29" s="97"/>
       <c r="E29" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="F29" s="246"/>
+      <c r="F29" s="275"/>
       <c r="G29" s="23"/>
-      <c r="H29" s="144"/>
+      <c r="H29" s="120"/>
       <c r="I29" s="16"/>
     </row>
     <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B30" s="21"/>
-      <c r="C30" s="122"/>
-      <c r="D30" s="94"/>
+      <c r="C30" s="101"/>
+      <c r="D30" s="97"/>
       <c r="E30" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="F30" s="246"/>
+      <c r="F30" s="275"/>
       <c r="G30" s="23"/>
-      <c r="H30" s="144"/>
+      <c r="H30" s="120"/>
       <c r="I30" s="16"/>
     </row>
     <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B31" s="21"/>
-      <c r="C31" s="122"/>
-      <c r="D31" s="99"/>
+      <c r="C31" s="101"/>
+      <c r="D31" s="101"/>
       <c r="E31" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="F31" s="136"/>
+      <c r="F31" s="276"/>
       <c r="G31" s="23"/>
-      <c r="H31" s="144"/>
+      <c r="H31" s="120"/>
       <c r="I31" s="16"/>
     </row>
     <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21"/>
-      <c r="C32" s="122"/>
-      <c r="D32" s="99"/>
+      <c r="C32" s="101"/>
+      <c r="D32" s="101"/>
       <c r="E32" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F32" s="136"/>
+      <c r="F32" s="276"/>
       <c r="G32" s="23" t="s">
         <v>105</v>
       </c>
-      <c r="H32" s="144"/>
+      <c r="H32" s="120"/>
       <c r="I32" s="16"/>
     </row>
     <row r="33" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B33" s="21"/>
-      <c r="C33" s="122"/>
-      <c r="D33" s="99"/>
+      <c r="C33" s="101"/>
+      <c r="D33" s="101"/>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="F33" s="136"/>
+      <c r="F33" s="276"/>
       <c r="G33" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="H33" s="144"/>
+      <c r="H33" s="120"/>
       <c r="I33" s="16"/>
     </row>
     <row r="34" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B34" s="21"/>
-      <c r="C34" s="122"/>
-      <c r="D34" s="99"/>
+      <c r="C34" s="101"/>
+      <c r="D34" s="101"/>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="F34" s="136"/>
+      <c r="F34" s="276"/>
       <c r="G34" s="23"/>
-      <c r="H34" s="144"/>
+      <c r="H34" s="120"/>
       <c r="I34" s="16"/>
     </row>
     <row r="35" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21"/>
-      <c r="C35" s="122"/>
-      <c r="D35" s="99"/>
+      <c r="C35" s="101"/>
+      <c r="D35" s="101"/>
       <c r="E35" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="F35" s="136"/>
+      <c r="F35" s="276"/>
       <c r="G35" s="23"/>
-      <c r="H35" s="144"/>
+      <c r="H35" s="120"/>
       <c r="I35" s="16"/>
     </row>
     <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B36" s="21"/>
-      <c r="C36" s="122"/>
-      <c r="D36" s="99"/>
+      <c r="C36" s="101"/>
+      <c r="D36" s="101"/>
       <c r="E36" s="10" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="136"/>
+      <c r="F36" s="276"/>
       <c r="G36" s="35"/>
-      <c r="H36" s="149"/>
+      <c r="H36" s="125"/>
       <c r="I36" s="16"/>
     </row>
     <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B37" s="36"/>
-      <c r="C37" s="123" t="s">
+      <c r="C37" s="102" t="s">
         <v>10</v>
       </c>
-      <c r="D37" s="100"/>
+      <c r="D37" s="102"/>
       <c r="E37" s="27" t="s">
         <v>63</v>
       </c>
-      <c r="F37" s="247"/>
+      <c r="F37" s="277"/>
       <c r="G37" s="20" t="s">
         <v>118</v>
       </c>
-      <c r="H37" s="146"/>
+      <c r="H37" s="122"/>
       <c r="I37" s="37"/>
     </row>
     <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2"/>
-      <c r="C38" s="114"/>
+      <c r="C38" s="93"/>
       <c r="D38" s="93"/>
       <c r="E38" s="29" t="s">
         <v>140</v>
       </c>
-      <c r="F38" s="248"/>
+      <c r="F38" s="278"/>
       <c r="G38" s="23"/>
-      <c r="H38" s="147"/>
+      <c r="H38" s="123"/>
       <c r="I38" s="31"/>
     </row>
     <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2"/>
-      <c r="C39" s="114"/>
+      <c r="C39" s="93"/>
       <c r="D39" s="93"/>
       <c r="E39" s="29" t="s">
         <v>144</v>
       </c>
-      <c r="F39" s="248"/>
+      <c r="F39" s="278"/>
       <c r="G39" s="23"/>
-      <c r="H39" s="147"/>
+      <c r="H39" s="123"/>
       <c r="I39" s="31"/>
     </row>
     <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B40" s="2"/>
-      <c r="C40" s="114"/>
+      <c r="C40" s="93"/>
       <c r="D40" s="93"/>
       <c r="E40" s="29" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="248"/>
+      <c r="F40" s="278"/>
       <c r="G40" s="23" t="s">
         <v>119</v>
       </c>
-      <c r="H40" s="147"/>
+      <c r="H40" s="123"/>
       <c r="I40" s="31"/>
     </row>
     <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B41" s="2"/>
-      <c r="C41" s="114"/>
+      <c r="C41" s="93"/>
       <c r="D41" s="93"/>
       <c r="E41" s="29" t="s">
         <v>128</v>
       </c>
-      <c r="F41" s="248"/>
+      <c r="F41" s="278"/>
       <c r="G41" s="23"/>
-      <c r="H41" s="147"/>
+      <c r="H41" s="123"/>
       <c r="I41" s="31"/>
     </row>
     <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
-      <c r="C42" s="114"/>
+      <c r="C42" s="93"/>
       <c r="D42" s="93"/>
       <c r="E42" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="F42" s="248"/>
+      <c r="F42" s="278"/>
       <c r="G42" s="23" t="s">
         <v>120</v>
       </c>
-      <c r="H42" s="147"/>
+      <c r="H42" s="123"/>
       <c r="I42" s="30" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2"/>
-      <c r="C43" s="114"/>
+      <c r="C43" s="93"/>
       <c r="D43" s="93"/>
       <c r="E43" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="F43" s="248"/>
+      <c r="F43" s="278"/>
       <c r="G43" s="35"/>
-      <c r="H43" s="150"/>
+      <c r="H43" s="126"/>
       <c r="I43" s="30" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2"/>
-      <c r="C44" s="114"/>
+      <c r="C44" s="93"/>
       <c r="D44" s="93"/>
       <c r="E44" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="F44" s="248"/>
+      <c r="F44" s="278"/>
       <c r="G44" s="23" t="s">
         <v>88</v>
       </c>
-      <c r="H44" s="147"/>
+      <c r="H44" s="123"/>
       <c r="I44" s="30"/>
     </row>
     <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2"/>
-      <c r="C45" s="114"/>
+      <c r="C45" s="93"/>
       <c r="D45" s="93"/>
       <c r="E45" s="29" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="248"/>
+      <c r="F45" s="278"/>
       <c r="G45" s="23" t="s">
         <v>161</v>
       </c>
-      <c r="H45" s="147"/>
+      <c r="H45" s="123"/>
       <c r="I45" s="30"/>
     </row>
     <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2"/>
-      <c r="C46" s="114"/>
+      <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="29" t="s">
         <v>134</v>
       </c>
-      <c r="F46" s="248"/>
+      <c r="F46" s="278"/>
       <c r="G46" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="H46" s="147"/>
+      <c r="H46" s="123"/>
       <c r="I46" s="30"/>
     </row>
     <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2"/>
-      <c r="C47" s="114"/>
+      <c r="C47" s="93"/>
       <c r="D47" s="93"/>
       <c r="E47" s="29" t="s">
         <v>135</v>
       </c>
-      <c r="F47" s="248"/>
+      <c r="F47" s="278"/>
       <c r="G47" s="23"/>
-      <c r="H47" s="147"/>
+      <c r="H47" s="123"/>
       <c r="I47" s="30"/>
     </row>
     <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2"/>
-      <c r="C48" s="124"/>
-      <c r="D48" s="101"/>
+      <c r="C48" s="103"/>
+      <c r="D48" s="103"/>
       <c r="E48" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F48" s="248"/>
+      <c r="F48" s="278"/>
       <c r="G48" s="33"/>
-      <c r="H48" s="148"/>
+      <c r="H48" s="124"/>
       <c r="I48" s="38" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C49" s="117" t="s">
+      <c r="C49" s="96" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="96"/>
       <c r="E49" s="39" t="s">
         <v>165</v>
       </c>
-      <c r="F49" s="250"/>
+      <c r="F49" s="280"/>
       <c r="G49" s="40"/>
-      <c r="H49" s="145"/>
+      <c r="H49" s="121"/>
       <c r="I49" s="12" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B50" s="21"/>
-      <c r="C50" s="118"/>
-      <c r="D50" s="94"/>
+      <c r="C50" s="97"/>
+      <c r="D50" s="97"/>
       <c r="E50" s="41"/>
-      <c r="F50" s="251"/>
+      <c r="F50" s="281"/>
       <c r="G50" s="40"/>
-      <c r="H50" s="145"/>
+      <c r="H50" s="121"/>
       <c r="I50" s="42" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B51" s="21"/>
-      <c r="C51" s="118"/>
-      <c r="D51" s="94"/>
+      <c r="C51" s="97"/>
+      <c r="D51" s="97"/>
       <c r="E51" s="10"/>
-      <c r="F51" s="252"/>
+      <c r="F51" s="282"/>
       <c r="G51" s="43" t="s">
         <v>160</v>
       </c>
-      <c r="H51" s="151"/>
+      <c r="H51" s="127"/>
       <c r="I51" s="24" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B52" s="4"/>
-      <c r="C52" s="118"/>
-      <c r="D52" s="94"/>
+      <c r="C52" s="97"/>
+      <c r="D52" s="97"/>
       <c r="E52" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="F52" s="253"/>
+      <c r="F52" s="283"/>
       <c r="G52" s="44"/>
-      <c r="H52" s="152"/>
+      <c r="H52" s="128"/>
       <c r="I52" s="42" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C53" s="115" t="s">
+      <c r="C53" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="D53" s="94"/>
+      <c r="D53" s="97"/>
       <c r="E53" s="45" t="s">
         <v>146</v>
       </c>
-      <c r="F53" s="252"/>
+      <c r="F53" s="282"/>
       <c r="G53" s="46"/>
-      <c r="H53" s="153"/>
+      <c r="H53" s="129"/>
       <c r="I53" s="12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B54" s="2"/>
-      <c r="C54" s="116"/>
-      <c r="D54" s="99"/>
+      <c r="C54" s="95"/>
+      <c r="D54" s="101"/>
       <c r="E54" s="47" t="s">
         <v>138</v>
       </c>
-      <c r="F54" s="252"/>
+      <c r="F54" s="282"/>
       <c r="G54" s="46"/>
-      <c r="H54" s="153"/>
+      <c r="H54" s="129"/>
       <c r="I54" s="24"/>
     </row>
     <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2"/>
-      <c r="C55" s="116"/>
-      <c r="D55" s="94"/>
+      <c r="C55" s="95"/>
+      <c r="D55" s="97"/>
       <c r="E55" s="45" t="s">
         <v>162</v>
       </c>
-      <c r="F55" s="252"/>
+      <c r="F55" s="282"/>
       <c r="G55" s="46"/>
-      <c r="H55" s="153"/>
+      <c r="H55" s="129"/>
       <c r="I55" s="24" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2"/>
-      <c r="C56" s="116"/>
-      <c r="D56" s="94"/>
+      <c r="C56" s="95"/>
+      <c r="D56" s="97"/>
       <c r="E56" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="F56" s="246"/>
+      <c r="F56" s="275"/>
       <c r="G56" s="46"/>
-      <c r="H56" s="153"/>
+      <c r="H56" s="129"/>
       <c r="I56" s="24"/>
     </row>
     <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2"/>
-      <c r="C57" s="116"/>
-      <c r="D57" s="94"/>
+      <c r="C57" s="95"/>
+      <c r="D57" s="97"/>
       <c r="E57" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="246"/>
+      <c r="F57" s="275"/>
       <c r="G57" s="46"/>
-      <c r="H57" s="153"/>
+      <c r="H57" s="129"/>
       <c r="I57" s="24"/>
     </row>
     <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2"/>
-      <c r="C58" s="116"/>
-      <c r="D58" s="94"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="97"/>
       <c r="E58" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="F58" s="246"/>
+      <c r="F58" s="275"/>
       <c r="G58" s="46"/>
-      <c r="H58" s="153"/>
+      <c r="H58" s="129"/>
       <c r="I58" s="24"/>
     </row>
     <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2"/>
-      <c r="C59" s="125"/>
-      <c r="D59" s="102"/>
+      <c r="C59" s="104"/>
+      <c r="D59" s="294"/>
       <c r="E59" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="F59" s="246"/>
+      <c r="F59" s="275"/>
       <c r="G59" s="22"/>
-      <c r="H59" s="143"/>
+      <c r="H59" s="119"/>
       <c r="I59" s="42" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B60" s="48">
         <v>2023</v>
       </c>
-      <c r="C60" s="115" t="s">
+      <c r="C60" s="94" t="s">
         <v>13</v>
       </c>
-      <c r="D60" s="100"/>
+      <c r="D60" s="102"/>
       <c r="E60" s="27" t="s">
         <v>192</v>
       </c>
-      <c r="F60" s="247"/>
+      <c r="F60" s="277"/>
       <c r="G60" s="20" t="s">
         <v>213</v>
       </c>
-      <c r="H60" s="146"/>
+      <c r="H60" s="122"/>
       <c r="I60" s="28" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B61" s="13"/>
-      <c r="C61" s="116"/>
+      <c r="C61" s="95"/>
       <c r="D61" s="93"/>
       <c r="E61" s="29"/>
-      <c r="F61" s="248"/>
+      <c r="F61" s="278"/>
       <c r="G61" s="23" t="s">
         <v>219</v>
       </c>
-      <c r="H61" s="147"/>
+      <c r="H61" s="123"/>
       <c r="I61" s="30"/>
     </row>
     <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B62" s="21"/>
-      <c r="C62" s="116"/>
+      <c r="C62" s="95"/>
       <c r="D62" s="93"/>
       <c r="E62" s="29" t="s">
         <v>90</v>
       </c>
-      <c r="F62" s="248"/>
+      <c r="F62" s="278"/>
       <c r="G62" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="H62" s="147"/>
+      <c r="H62" s="123"/>
       <c r="I62" s="30"/>
     </row>
     <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B63" s="21"/>
-      <c r="C63" s="116"/>
+      <c r="C63" s="95"/>
       <c r="D63" s="93"/>
       <c r="E63" s="29" t="s">
         <v>149</v>
       </c>
-      <c r="F63" s="248"/>
+      <c r="F63" s="278"/>
       <c r="G63" s="23" t="s">
         <v>198</v>
       </c>
-      <c r="H63" s="147"/>
+      <c r="H63" s="123"/>
       <c r="I63" s="30"/>
     </row>
     <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B64" s="21"/>
-      <c r="C64" s="116"/>
+      <c r="C64" s="95"/>
       <c r="D64" s="93"/>
       <c r="E64" s="29" t="s">
         <v>151</v>
       </c>
-      <c r="F64" s="248"/>
+      <c r="F64" s="278"/>
       <c r="G64" s="35"/>
-      <c r="H64" s="150"/>
+      <c r="H64" s="126"/>
       <c r="I64" s="30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B65" s="21"/>
-      <c r="C65" s="116"/>
+      <c r="C65" s="95"/>
       <c r="D65" s="93"/>
       <c r="E65" s="29" t="s">
         <v>176</v>
       </c>
-      <c r="F65" s="248"/>
+      <c r="F65" s="278"/>
       <c r="G65" s="23" t="s">
         <v>107</v>
       </c>
-      <c r="H65" s="147"/>
+      <c r="H65" s="123"/>
       <c r="I65" s="30"/>
     </row>
     <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B66" s="21"/>
-      <c r="C66" s="116"/>
+      <c r="C66" s="95"/>
       <c r="D66" s="93"/>
       <c r="E66" s="29" t="s">
         <v>167</v>
       </c>
-      <c r="F66" s="248"/>
+      <c r="F66" s="278"/>
       <c r="G66" s="23" t="s">
         <v>108</v>
       </c>
-      <c r="H66" s="147"/>
+      <c r="H66" s="123"/>
       <c r="I66" s="30" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B67" s="21"/>
-      <c r="C67" s="116"/>
+      <c r="C67" s="95"/>
       <c r="D67" s="93"/>
       <c r="E67" s="29" t="s">
         <v>164</v>
       </c>
-      <c r="F67" s="248"/>
+      <c r="F67" s="278"/>
       <c r="G67" s="23" t="s">
         <v>109</v>
       </c>
-      <c r="H67" s="147"/>
+      <c r="H67" s="123"/>
       <c r="I67" s="30"/>
     </row>
     <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21"/>
-      <c r="C68" s="116"/>
+      <c r="C68" s="95"/>
       <c r="D68" s="93"/>
       <c r="E68" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="F68" s="248"/>
+      <c r="F68" s="278"/>
       <c r="G68" s="23" t="s">
         <v>112</v>
       </c>
-      <c r="H68" s="147"/>
+      <c r="H68" s="123"/>
       <c r="I68" s="30" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B69" s="21"/>
-      <c r="C69" s="116"/>
+      <c r="C69" s="95"/>
       <c r="D69" s="93"/>
       <c r="E69" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="F69" s="248"/>
+      <c r="F69" s="278"/>
       <c r="G69" s="23"/>
-      <c r="H69" s="147"/>
+      <c r="H69" s="123"/>
       <c r="I69" s="30"/>
     </row>
     <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B70" s="21"/>
-      <c r="C70" s="116"/>
+      <c r="C70" s="95"/>
       <c r="D70" s="93"/>
       <c r="E70" s="29" t="s">
         <v>157</v>
       </c>
-      <c r="F70" s="248"/>
+      <c r="F70" s="278"/>
       <c r="G70" s="23" t="s">
         <v>114</v>
       </c>
-      <c r="H70" s="147"/>
+      <c r="H70" s="123"/>
       <c r="I70" s="30" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B71" s="21"/>
-      <c r="C71" s="116"/>
+      <c r="C71" s="95"/>
       <c r="D71" s="93"/>
       <c r="E71" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="F71" s="248"/>
+      <c r="F71" s="278"/>
       <c r="G71" s="23" t="s">
         <v>116</v>
       </c>
-      <c r="H71" s="147"/>
+      <c r="H71" s="123"/>
       <c r="I71" s="30"/>
     </row>
     <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B72" s="21"/>
-      <c r="C72" s="116"/>
+      <c r="C72" s="95"/>
       <c r="D72" s="93"/>
       <c r="E72" s="29" t="s">
         <v>244</v>
       </c>
-      <c r="F72" s="248"/>
+      <c r="F72" s="278"/>
       <c r="G72" s="23"/>
-      <c r="H72" s="147"/>
+      <c r="H72" s="123"/>
       <c r="I72" s="30"/>
     </row>
     <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B73" s="21"/>
-      <c r="C73" s="116"/>
+      <c r="C73" s="95"/>
       <c r="D73" s="93"/>
       <c r="E73" s="29" t="s">
         <v>200</v>
       </c>
-      <c r="F73" s="248"/>
+      <c r="F73" s="278"/>
       <c r="G73" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="H73" s="147"/>
+      <c r="H73" s="123"/>
       <c r="I73" s="30" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B74" s="21"/>
-      <c r="C74" s="116"/>
+      <c r="C74" s="95"/>
       <c r="D74" s="93"/>
       <c r="E74" s="29" t="s">
         <v>181</v>
       </c>
-      <c r="F74" s="248"/>
+      <c r="F74" s="278"/>
       <c r="G74" s="23" t="s">
         <v>80</v>
       </c>
-      <c r="H74" s="147"/>
+      <c r="H74" s="123"/>
       <c r="I74" s="30"/>
     </row>
     <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B75" s="21"/>
-      <c r="C75" s="126"/>
-      <c r="D75" s="101"/>
+      <c r="C75" s="105"/>
+      <c r="D75" s="103"/>
       <c r="E75" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="F75" s="248"/>
+      <c r="F75" s="278"/>
       <c r="G75" s="23" t="s">
         <v>203</v>
       </c>
-      <c r="H75" s="147"/>
+      <c r="H75" s="123"/>
       <c r="I75" s="49"/>
     </row>
     <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B76" s="4"/>
-      <c r="C76" s="127"/>
-      <c r="D76" s="103"/>
+      <c r="C76" s="106"/>
+      <c r="D76" s="107"/>
       <c r="E76" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="F76" s="248"/>
+      <c r="F76" s="278"/>
       <c r="G76" s="23" t="s">
         <v>199</v>
       </c>
-      <c r="H76" s="147"/>
+      <c r="H76" s="123"/>
       <c r="I76" s="50"/>
     </row>
     <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B77" s="3">
         <v>2023</v>
       </c>
-      <c r="C77" s="114" t="s">
+      <c r="C77" s="93" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="93"/>
       <c r="E77" s="51" t="s">
         <v>65</v>
       </c>
-      <c r="F77" s="135"/>
+      <c r="F77" s="284"/>
       <c r="G77" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="H77" s="146"/>
+      <c r="H77" s="122"/>
       <c r="I77" s="37"/>
     </row>
     <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B78" s="2"/>
-      <c r="C78" s="114"/>
+      <c r="C78" s="93"/>
       <c r="D78" s="93"/>
       <c r="E78" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="F78" s="136"/>
+      <c r="F78" s="276"/>
       <c r="G78" s="23" t="s">
         <v>57</v>
       </c>
-      <c r="H78" s="147"/>
+      <c r="H78" s="123"/>
       <c r="I78" s="30" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="79" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B79" s="2"/>
-      <c r="C79" s="114"/>
+      <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="F79" s="136"/>
+      <c r="F79" s="276"/>
       <c r="G79" s="23"/>
-      <c r="H79" s="147"/>
+      <c r="H79" s="123"/>
       <c r="I79" s="30"/>
     </row>
     <row r="80" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B80" s="2"/>
-      <c r="C80" s="114"/>
+      <c r="C80" s="93"/>
       <c r="D80" s="93"/>
       <c r="E80" s="10" t="s">
         <v>236</v>
       </c>
-      <c r="F80" s="136"/>
+      <c r="F80" s="276"/>
       <c r="G80" s="23" t="s">
         <v>220</v>
       </c>
-      <c r="H80" s="147"/>
+      <c r="H80" s="123"/>
       <c r="I80" s="30" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="81" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B81" s="2"/>
-      <c r="C81" s="114"/>
+      <c r="C81" s="93"/>
       <c r="D81" s="93"/>
       <c r="E81" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F81" s="136"/>
+      <c r="F81" s="276"/>
       <c r="G81" s="23" t="s">
         <v>174</v>
       </c>
-      <c r="H81" s="147"/>
+      <c r="H81" s="123"/>
       <c r="I81" s="31"/>
     </row>
     <row r="82" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B82" s="2"/>
-      <c r="C82" s="114"/>
+      <c r="C82" s="93"/>
       <c r="D82" s="93"/>
       <c r="E82" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="F82" s="136"/>
+      <c r="F82" s="276"/>
       <c r="G82" s="23"/>
-      <c r="H82" s="147"/>
+      <c r="H82" s="123"/>
       <c r="I82" s="30" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="83" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B83" s="2"/>
-      <c r="C83" s="114"/>
+      <c r="C83" s="93"/>
       <c r="D83" s="93"/>
       <c r="E83" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="F83" s="136"/>
+      <c r="F83" s="276"/>
       <c r="G83" s="23" t="s">
         <v>175</v>
       </c>
-      <c r="H83" s="147"/>
+      <c r="H83" s="123"/>
       <c r="I83" s="49"/>
     </row>
     <row r="84" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B84" s="2"/>
-      <c r="C84" s="114"/>
+      <c r="C84" s="93"/>
       <c r="D84" s="93"/>
       <c r="E84" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="F84" s="136"/>
+      <c r="F84" s="276"/>
       <c r="G84" s="23" t="s">
         <v>173</v>
       </c>
-      <c r="H84" s="147"/>
+      <c r="H84" s="123"/>
       <c r="I84" s="49"/>
     </row>
     <row r="85" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B85" s="2"/>
-      <c r="C85" s="114"/>
+      <c r="C85" s="93"/>
       <c r="D85" s="93"/>
       <c r="E85" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="F85" s="136"/>
+      <c r="F85" s="276"/>
       <c r="G85" s="23" t="s">
         <v>184</v>
       </c>
-      <c r="H85" s="147"/>
+      <c r="H85" s="123"/>
       <c r="I85" s="30" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="86" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B86" s="2"/>
-      <c r="C86" s="114"/>
+      <c r="C86" s="93"/>
       <c r="D86" s="93"/>
       <c r="E86" s="10" t="s">
         <v>201</v>
       </c>
-      <c r="F86" s="136"/>
+      <c r="F86" s="276"/>
       <c r="G86" s="23" t="s">
         <v>222</v>
       </c>
-      <c r="H86" s="147"/>
+      <c r="H86" s="123"/>
       <c r="I86" s="30" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B87" s="2"/>
-      <c r="C87" s="114"/>
+      <c r="C87" s="93"/>
       <c r="D87" s="93"/>
       <c r="E87" s="10" t="s">
         <v>261</v>
       </c>
-      <c r="F87" s="136"/>
+      <c r="F87" s="276"/>
       <c r="G87" s="23" t="s">
         <v>257</v>
       </c>
-      <c r="H87" s="147"/>
+      <c r="H87" s="123"/>
       <c r="I87" s="30" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="88" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B88" s="2"/>
-      <c r="C88" s="114"/>
+      <c r="C88" s="93"/>
       <c r="D88" s="93"/>
       <c r="E88" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="F88" s="136"/>
+      <c r="F88" s="276"/>
       <c r="G88" s="23" t="s">
         <v>259</v>
       </c>
-      <c r="H88" s="147"/>
+      <c r="H88" s="123"/>
       <c r="I88" s="31"/>
     </row>
     <row r="89" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B89" s="2"/>
-      <c r="C89" s="114"/>
+      <c r="C89" s="93"/>
       <c r="D89" s="93"/>
       <c r="E89" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="F89" s="136"/>
+      <c r="F89" s="276"/>
       <c r="G89" s="35"/>
-      <c r="H89" s="150"/>
+      <c r="H89" s="126"/>
       <c r="I89" s="30" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="90" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B90" s="2"/>
-      <c r="C90" s="114"/>
+      <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="10" t="s">
         <v>197</v>
       </c>
-      <c r="F90" s="136"/>
+      <c r="F90" s="276"/>
       <c r="G90" s="23" t="s">
         <v>232</v>
       </c>
-      <c r="H90" s="147"/>
+      <c r="H90" s="123"/>
       <c r="I90" s="31"/>
     </row>
     <row r="91" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B91" s="2"/>
-      <c r="C91" s="114"/>
+      <c r="C91" s="93"/>
       <c r="D91" s="93"/>
       <c r="E91" s="10" t="s">
         <v>256</v>
       </c>
-      <c r="F91" s="136"/>
+      <c r="F91" s="276"/>
       <c r="G91" s="23"/>
-      <c r="H91" s="147"/>
+      <c r="H91" s="123"/>
       <c r="I91" s="31"/>
     </row>
     <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B92" s="2"/>
-      <c r="C92" s="114"/>
+      <c r="C92" s="93"/>
       <c r="D92" s="93"/>
       <c r="E92" s="10" t="s">
         <v>190</v>
       </c>
-      <c r="F92" s="136"/>
+      <c r="F92" s="276"/>
       <c r="G92" s="23" t="s">
         <v>214</v>
       </c>
-      <c r="H92" s="147"/>
+      <c r="H92" s="123"/>
       <c r="I92" s="31"/>
     </row>
     <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B93" s="52">
         <v>2023</v>
       </c>
-      <c r="C93" s="123" t="s">
+      <c r="C93" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="D93" s="100"/>
+      <c r="D93" s="102"/>
       <c r="E93" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="F93" s="247"/>
+      <c r="F93" s="277"/>
       <c r="G93" s="53"/>
-      <c r="H93" s="154"/>
+      <c r="H93" s="130"/>
       <c r="I93" s="28" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B94" s="2"/>
-      <c r="C94" s="114"/>
+      <c r="C94" s="93"/>
       <c r="D94" s="93"/>
       <c r="E94" s="29" t="s">
         <v>243</v>
       </c>
-      <c r="F94" s="248"/>
+      <c r="F94" s="278"/>
       <c r="G94" s="35"/>
-      <c r="H94" s="150"/>
+      <c r="H94" s="126"/>
       <c r="I94" s="30"/>
     </row>
     <row r="95" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B95" s="2"/>
-      <c r="C95" s="114"/>
+      <c r="C95" s="93"/>
       <c r="D95" s="93"/>
       <c r="E95" s="29" t="s">
         <v>280</v>
       </c>
-      <c r="F95" s="248"/>
+      <c r="F95" s="278"/>
       <c r="G95" s="23" t="s">
         <v>284</v>
       </c>
-      <c r="H95" s="147"/>
+      <c r="H95" s="123"/>
       <c r="I95" s="30"/>
     </row>
     <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B96" s="2"/>
-      <c r="C96" s="114"/>
+      <c r="C96" s="93"/>
       <c r="D96" s="93"/>
       <c r="E96" s="29" t="s">
         <v>282</v>
       </c>
-      <c r="F96" s="248"/>
+      <c r="F96" s="278"/>
       <c r="G96" s="23" t="s">
         <v>185</v>
       </c>
-      <c r="H96" s="147"/>
+      <c r="H96" s="123"/>
       <c r="I96" s="30"/>
     </row>
     <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B97" s="2"/>
-      <c r="C97" s="114"/>
+      <c r="C97" s="93"/>
       <c r="D97" s="93"/>
       <c r="E97" s="29" t="s">
         <v>163</v>
       </c>
-      <c r="F97" s="248"/>
+      <c r="F97" s="278"/>
       <c r="G97" s="23"/>
-      <c r="H97" s="147"/>
+      <c r="H97" s="123"/>
       <c r="I97" s="30" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B98" s="2"/>
-      <c r="C98" s="114"/>
+      <c r="C98" s="93"/>
       <c r="D98" s="93"/>
       <c r="E98" s="29" t="s">
         <v>248</v>
       </c>
-      <c r="F98" s="248"/>
+      <c r="F98" s="278"/>
       <c r="G98" s="23" t="s">
         <v>285</v>
       </c>
-      <c r="H98" s="147"/>
+      <c r="H98" s="123"/>
       <c r="I98" s="30"/>
     </row>
     <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B99" s="2"/>
-      <c r="C99" s="114"/>
+      <c r="C99" s="93"/>
       <c r="D99" s="93"/>
       <c r="E99" s="29" t="s">
         <v>235</v>
       </c>
-      <c r="F99" s="248"/>
+      <c r="F99" s="278"/>
       <c r="G99" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="H99" s="147"/>
+      <c r="H99" s="123"/>
       <c r="I99" s="30" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="100" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B100" s="2"/>
-      <c r="C100" s="114"/>
+      <c r="C100" s="93"/>
       <c r="D100" s="93"/>
       <c r="E100" s="29" t="s">
         <v>255</v>
       </c>
-      <c r="F100" s="248"/>
+      <c r="F100" s="278"/>
       <c r="G100" s="23" t="s">
         <v>270</v>
       </c>
-      <c r="H100" s="147"/>
+      <c r="H100" s="123"/>
       <c r="I100" s="30"/>
     </row>
     <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B101" s="54"/>
-      <c r="C101" s="128"/>
-      <c r="D101" s="103"/>
+      <c r="C101" s="107"/>
+      <c r="D101" s="107"/>
       <c r="E101" s="32" t="s">
         <v>269</v>
       </c>
-      <c r="F101" s="249"/>
+      <c r="F101" s="279"/>
       <c r="G101" s="55"/>
-      <c r="H101" s="155"/>
+      <c r="H101" s="131"/>
       <c r="I101" s="38"/>
     </row>
     <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B102" s="21"/>
-      <c r="C102" s="114" t="s">
+      <c r="C102" s="93" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="93"/>
       <c r="E102" s="29" t="s">
         <v>193</v>
       </c>
-      <c r="F102" s="248"/>
+      <c r="F102" s="278"/>
       <c r="G102" s="22"/>
-      <c r="H102" s="141"/>
+      <c r="H102" s="117"/>
       <c r="I102" s="30" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B103" s="21"/>
-      <c r="C103" s="114"/>
+      <c r="C103" s="93"/>
       <c r="D103" s="93"/>
       <c r="E103" s="29" t="s">
         <v>202</v>
       </c>
-      <c r="F103" s="248"/>
+      <c r="F103" s="278"/>
       <c r="G103" s="22"/>
-      <c r="H103" s="141"/>
+      <c r="H103" s="117"/>
       <c r="I103" s="30" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21"/>
-      <c r="C104" s="114"/>
+      <c r="C104" s="93"/>
       <c r="D104" s="93"/>
       <c r="E104" s="29" t="s">
         <v>266</v>
       </c>
-      <c r="F104" s="248"/>
+      <c r="F104" s="278"/>
       <c r="G104" s="22"/>
-      <c r="H104" s="141"/>
+      <c r="H104" s="117"/>
       <c r="I104" s="30" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B105" s="21"/>
-      <c r="C105" s="114"/>
+      <c r="C105" s="93"/>
       <c r="D105" s="93"/>
       <c r="E105" s="29" t="s">
         <v>226</v>
       </c>
-      <c r="F105" s="248"/>
+      <c r="F105" s="278"/>
       <c r="G105" s="22"/>
-      <c r="H105" s="141"/>
+      <c r="H105" s="117"/>
       <c r="I105" s="30" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B106" s="21"/>
-      <c r="C106" s="114"/>
+      <c r="C106" s="93"/>
       <c r="D106" s="93"/>
       <c r="E106" s="29" t="s">
         <v>245</v>
       </c>
-      <c r="F106" s="248"/>
+      <c r="F106" s="278"/>
       <c r="G106" s="22"/>
-      <c r="H106" s="141"/>
+      <c r="H106" s="117"/>
       <c r="I106" s="30" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B107" s="21"/>
-      <c r="C107" s="114"/>
+      <c r="C107" s="93"/>
       <c r="D107" s="93"/>
       <c r="E107" s="29" t="s">
         <v>283</v>
       </c>
-      <c r="F107" s="248"/>
+      <c r="F107" s="278"/>
       <c r="G107" s="23" t="s">
         <v>286</v>
       </c>
-      <c r="H107" s="147"/>
+      <c r="H107" s="123"/>
       <c r="I107" s="30" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B108" s="21"/>
-      <c r="C108" s="114"/>
+      <c r="C108" s="93"/>
       <c r="D108" s="93"/>
       <c r="E108" s="29" t="s">
         <v>171</v>
       </c>
-      <c r="F108" s="248"/>
+      <c r="F108" s="278"/>
       <c r="G108" s="22"/>
-      <c r="H108" s="145"/>
+      <c r="H108" s="121"/>
       <c r="I108" s="56"/>
     </row>
     <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B109" s="21"/>
-      <c r="C109" s="114"/>
+      <c r="C109" s="93"/>
       <c r="D109" s="93"/>
       <c r="E109" s="29" t="s">
         <v>267</v>
       </c>
-      <c r="F109" s="248"/>
+      <c r="F109" s="278"/>
       <c r="G109" s="22"/>
-      <c r="H109" s="141"/>
+      <c r="H109" s="117"/>
       <c r="I109" s="30"/>
     </row>
     <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B110" s="21"/>
-      <c r="C110" s="114"/>
+      <c r="C110" s="93"/>
       <c r="D110" s="93"/>
       <c r="E110" s="29" t="s">
         <v>237</v>
       </c>
-      <c r="F110" s="248"/>
+      <c r="F110" s="278"/>
       <c r="G110" s="22"/>
-      <c r="H110" s="145"/>
+      <c r="H110" s="121"/>
       <c r="I110" s="56"/>
     </row>
     <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B111" s="21"/>
-      <c r="C111" s="114"/>
+      <c r="C111" s="93"/>
       <c r="D111" s="93"/>
       <c r="E111" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="F111" s="248"/>
+      <c r="F111" s="278"/>
       <c r="G111" s="23" t="s">
         <v>177</v>
       </c>
-      <c r="H111" s="147"/>
+      <c r="H111" s="123"/>
       <c r="I111" s="31"/>
     </row>
     <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B112" s="21"/>
-      <c r="C112" s="114"/>
+      <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="29" t="s">
         <v>268</v>
       </c>
-      <c r="F112" s="248"/>
+      <c r="F112" s="278"/>
       <c r="G112" s="23"/>
-      <c r="H112" s="147"/>
+      <c r="H112" s="123"/>
       <c r="I112" s="31"/>
     </row>
     <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B113" s="21"/>
-      <c r="C113" s="114"/>
+      <c r="C113" s="93"/>
       <c r="D113" s="93"/>
       <c r="E113" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="F113" s="248"/>
+      <c r="F113" s="278"/>
       <c r="G113" s="23" t="s">
         <v>223</v>
       </c>
-      <c r="H113" s="147"/>
+      <c r="H113" s="123"/>
       <c r="I113" s="31"/>
     </row>
     <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B114" s="4"/>
-      <c r="C114" s="128"/>
-      <c r="D114" s="103"/>
+      <c r="C114" s="107"/>
+      <c r="D114" s="107"/>
       <c r="E114" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="F114" s="249"/>
+      <c r="F114" s="279"/>
       <c r="G114" s="57"/>
-      <c r="H114" s="156"/>
+      <c r="H114" s="132"/>
       <c r="I114" s="34"/>
     </row>
     <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B115" s="58"/>
       <c r="I115" s="59"/>
     </row>
     <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="E118" s="60"/>
-      <c r="F118" s="254"/>
+      <c r="F118" s="285"/>
       <c r="G118" s="61"/>
-      <c r="H118" s="157"/>
+      <c r="H118" s="133"/>
       <c r="I118" s="61"/>
     </row>
     <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B119" s="354" t="s">
+      <c r="B119" s="311" t="s">
         <v>6</v>
       </c>
-      <c r="C119" s="355"/>
-[...5 lines deleted...]
-      <c r="I119" s="356"/>
+      <c r="C119" s="312"/>
+      <c r="D119" s="312"/>
+      <c r="E119" s="312"/>
+      <c r="F119" s="312"/>
+      <c r="G119" s="312"/>
+      <c r="H119" s="312"/>
+      <c r="I119" s="313"/>
     </row>
     <row r="120" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B120" s="62" t="s">
         <v>0</v>
       </c>
-      <c r="C120" s="129" t="s">
+      <c r="C120" s="108" t="s">
         <v>1</v>
       </c>
-      <c r="D120" s="104"/>
+      <c r="D120" s="108"/>
       <c r="E120" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="F120" s="63"/>
+      <c r="F120" s="286"/>
       <c r="G120" s="64" t="s">
         <v>3</v>
       </c>
-      <c r="H120" s="158"/>
+      <c r="H120" s="134"/>
       <c r="I120" s="64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C121" s="114" t="s">
+      <c r="C121" s="93" t="s">
         <v>42</v>
       </c>
       <c r="D121" s="93"/>
       <c r="E121" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="F121" s="136"/>
+      <c r="F121" s="276"/>
       <c r="G121" s="23" t="s">
         <v>274</v>
       </c>
-      <c r="H121" s="147"/>
+      <c r="H121" s="123"/>
       <c r="I121" s="30" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="122" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B122" s="3"/>
-      <c r="C122" s="114"/>
+      <c r="C122" s="93"/>
       <c r="D122" s="93"/>
       <c r="E122" s="10" t="s">
         <v>275</v>
       </c>
-      <c r="F122" s="136"/>
+      <c r="F122" s="276"/>
       <c r="G122" s="65"/>
-      <c r="H122" s="147"/>
+      <c r="H122" s="123"/>
       <c r="I122" s="30" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="123" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B123" s="3"/>
-      <c r="C123" s="114"/>
+      <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="F123" s="136"/>
+      <c r="F123" s="276"/>
       <c r="G123" s="65" t="s">
         <v>188</v>
       </c>
-      <c r="H123" s="147"/>
+      <c r="H123" s="123"/>
       <c r="I123" s="30" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="124" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B124" s="3"/>
-      <c r="C124" s="114"/>
+      <c r="C124" s="93"/>
       <c r="D124" s="93"/>
       <c r="E124" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="F124" s="136"/>
+      <c r="F124" s="276"/>
       <c r="G124" s="65"/>
-      <c r="H124" s="147"/>
+      <c r="H124" s="123"/>
       <c r="I124" s="30"/>
     </row>
     <row r="125" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B125" s="3"/>
-      <c r="C125" s="114"/>
+      <c r="C125" s="93"/>
       <c r="D125" s="93"/>
       <c r="E125" s="10" t="s">
         <v>313</v>
       </c>
-      <c r="F125" s="136"/>
+      <c r="F125" s="276"/>
       <c r="G125" s="65"/>
-      <c r="H125" s="147"/>
+      <c r="H125" s="123"/>
       <c r="I125" s="30" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="126" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B126" s="3"/>
-      <c r="C126" s="114"/>
+      <c r="C126" s="93"/>
       <c r="D126" s="93"/>
       <c r="E126" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="F126" s="136"/>
+      <c r="F126" s="276"/>
       <c r="G126" s="65" t="s">
         <v>187</v>
       </c>
-      <c r="H126" s="147"/>
+      <c r="H126" s="123"/>
       <c r="I126" s="66" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="127" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B127" s="3"/>
-      <c r="C127" s="114"/>
+      <c r="C127" s="93"/>
       <c r="D127" s="93"/>
       <c r="E127" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="F127" s="136"/>
+      <c r="F127" s="276"/>
       <c r="G127" s="65"/>
-      <c r="H127" s="147"/>
+      <c r="H127" s="123"/>
       <c r="I127" s="66"/>
     </row>
     <row r="128" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B128" s="3"/>
-      <c r="C128" s="114"/>
+      <c r="C128" s="93"/>
       <c r="D128" s="93"/>
       <c r="E128" s="10" t="s">
         <v>143</v>
       </c>
-      <c r="F128" s="136"/>
+      <c r="F128" s="276"/>
       <c r="G128" s="23" t="s">
         <v>258</v>
       </c>
-      <c r="H128" s="147"/>
+      <c r="H128" s="123"/>
       <c r="I128" s="66" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="129" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B129" s="3"/>
-      <c r="C129" s="114"/>
+      <c r="C129" s="93"/>
       <c r="D129" s="93"/>
       <c r="E129" s="10" t="s">
         <v>317</v>
       </c>
-      <c r="F129" s="136"/>
+      <c r="F129" s="276"/>
       <c r="G129" s="23"/>
-      <c r="H129" s="147"/>
+      <c r="H129" s="123"/>
       <c r="I129" s="66" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="130" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B130" s="3"/>
-      <c r="C130" s="114"/>
+      <c r="C130" s="93"/>
       <c r="D130" s="93"/>
       <c r="E130" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="F130" s="136"/>
+      <c r="F130" s="276"/>
       <c r="G130" s="23" t="s">
         <v>260</v>
       </c>
-      <c r="H130" s="147"/>
+      <c r="H130" s="123"/>
       <c r="I130" s="66" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="131" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B131" s="3"/>
-      <c r="C131" s="114"/>
+      <c r="C131" s="93"/>
       <c r="D131" s="93"/>
       <c r="E131" s="10" t="s">
         <v>324</v>
       </c>
-      <c r="F131" s="136"/>
+      <c r="F131" s="276"/>
       <c r="G131" s="23"/>
-      <c r="H131" s="147"/>
+      <c r="H131" s="123"/>
       <c r="I131" s="66" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="132" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B132" s="3"/>
-      <c r="C132" s="114"/>
+      <c r="C132" s="93"/>
       <c r="D132" s="93"/>
       <c r="E132" s="10" t="s">
         <v>246</v>
       </c>
-      <c r="F132" s="136"/>
+      <c r="F132" s="276"/>
       <c r="G132" s="23" t="s">
         <v>189</v>
       </c>
-      <c r="H132" s="147"/>
+      <c r="H132" s="123"/>
       <c r="I132" s="30" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="133" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B133" s="3"/>
-      <c r="C133" s="114"/>
+      <c r="C133" s="93"/>
       <c r="D133" s="93"/>
       <c r="E133" s="10" t="s">
         <v>145</v>
       </c>
-      <c r="F133" s="136"/>
+      <c r="F133" s="276"/>
       <c r="G133" s="23" t="s">
         <v>302</v>
       </c>
-      <c r="H133" s="147"/>
+      <c r="H133" s="123"/>
       <c r="I133" s="30" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B134" s="67"/>
-      <c r="C134" s="130"/>
-      <c r="D134" s="105"/>
+      <c r="C134" s="109"/>
+      <c r="D134" s="109"/>
       <c r="E134" s="14" t="s">
         <v>262</v>
       </c>
-      <c r="F134" s="137"/>
+      <c r="F134" s="287"/>
       <c r="G134" s="33"/>
-      <c r="H134" s="150"/>
+      <c r="H134" s="126"/>
       <c r="I134" s="30" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C135" s="114" t="s">
+      <c r="C135" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D135" s="93"/>
       <c r="E135" s="29" t="s">
         <v>63</v>
       </c>
-      <c r="F135" s="248"/>
+      <c r="F135" s="278"/>
       <c r="G135" s="20" t="s">
         <v>292</v>
       </c>
-      <c r="H135" s="146"/>
+      <c r="H135" s="122"/>
       <c r="I135" s="28" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B136" s="21"/>
-      <c r="C136" s="114"/>
+      <c r="C136" s="93"/>
       <c r="D136" s="93"/>
       <c r="E136" s="29" t="s">
         <v>304</v>
       </c>
-      <c r="F136" s="248"/>
+      <c r="F136" s="278"/>
       <c r="G136" s="23"/>
-      <c r="H136" s="147"/>
+      <c r="H136" s="123"/>
       <c r="I136" s="30"/>
     </row>
     <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B137" s="21"/>
-      <c r="C137" s="114"/>
+      <c r="C137" s="93"/>
       <c r="D137" s="93"/>
       <c r="E137" s="29" t="s">
         <v>191</v>
       </c>
-      <c r="F137" s="248"/>
+      <c r="F137" s="278"/>
       <c r="G137" s="23" t="s">
         <v>58</v>
       </c>
-      <c r="H137" s="147"/>
+      <c r="H137" s="123"/>
       <c r="I137" s="30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B138" s="21"/>
-      <c r="C138" s="114"/>
+      <c r="C138" s="93"/>
       <c r="D138" s="93"/>
       <c r="E138" s="29" t="s">
         <v>315</v>
       </c>
-      <c r="F138" s="248"/>
+      <c r="F138" s="278"/>
       <c r="G138" s="23"/>
-      <c r="H138" s="147"/>
+      <c r="H138" s="123"/>
       <c r="I138" s="30"/>
     </row>
     <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B139" s="21"/>
-      <c r="C139" s="114"/>
+      <c r="C139" s="93"/>
       <c r="D139" s="93"/>
       <c r="E139" s="29" t="s">
         <v>323</v>
       </c>
-      <c r="F139" s="248"/>
+      <c r="F139" s="278"/>
       <c r="G139" s="23"/>
-      <c r="H139" s="147"/>
+      <c r="H139" s="123"/>
       <c r="I139" s="30" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21"/>
-      <c r="C140" s="114"/>
+      <c r="C140" s="93"/>
       <c r="D140" s="93"/>
       <c r="E140" s="29" t="s">
         <v>308</v>
       </c>
-      <c r="F140" s="248"/>
+      <c r="F140" s="278"/>
       <c r="G140" s="23"/>
-      <c r="H140" s="147"/>
+      <c r="H140" s="123"/>
       <c r="I140" s="30" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B141" s="21"/>
-      <c r="C141" s="114"/>
+      <c r="C141" s="93"/>
       <c r="D141" s="93"/>
       <c r="E141" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="F141" s="248"/>
+      <c r="F141" s="278"/>
       <c r="G141" s="23" t="s">
         <v>221</v>
       </c>
-      <c r="H141" s="147"/>
+      <c r="H141" s="123"/>
       <c r="I141" s="30"/>
     </row>
     <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B142" s="21"/>
-      <c r="C142" s="114"/>
+      <c r="C142" s="93"/>
       <c r="D142" s="93"/>
       <c r="E142" s="29" t="s">
         <v>326</v>
       </c>
-      <c r="F142" s="248"/>
+      <c r="F142" s="278"/>
       <c r="G142" s="23" t="s">
         <v>363</v>
       </c>
-      <c r="H142" s="147"/>
+      <c r="H142" s="123"/>
       <c r="I142" s="30" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B143" s="68"/>
-      <c r="C143" s="131"/>
-      <c r="D143" s="106"/>
+      <c r="C143" s="110"/>
+      <c r="D143" s="110"/>
       <c r="E143" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="F143" s="248"/>
+      <c r="F143" s="278"/>
       <c r="G143" s="55" t="s">
         <v>60</v>
       </c>
-      <c r="H143" s="155"/>
+      <c r="H143" s="131"/>
       <c r="I143" s="50"/>
     </row>
     <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C144" s="123" t="s">
+      <c r="C144" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="D144" s="100"/>
+      <c r="D144" s="102"/>
       <c r="E144" s="51" t="s">
         <v>43</v>
       </c>
-      <c r="F144" s="252"/>
+      <c r="F144" s="282"/>
       <c r="G144" s="43" t="s">
         <v>265</v>
       </c>
-      <c r="H144" s="151"/>
+      <c r="H144" s="127"/>
       <c r="I144" s="24" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B145" s="2"/>
-      <c r="C145" s="114"/>
+      <c r="C145" s="93"/>
       <c r="D145" s="93"/>
       <c r="E145" s="10" t="s">
         <v>156</v>
       </c>
-      <c r="F145" s="252"/>
+      <c r="F145" s="282"/>
       <c r="G145" s="69" t="s">
         <v>364</v>
       </c>
-      <c r="H145" s="159"/>
+      <c r="H145" s="135"/>
       <c r="I145" s="24" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B146" s="2"/>
-      <c r="C146" s="114"/>
+      <c r="C146" s="93"/>
       <c r="D146" s="93"/>
       <c r="E146" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="F146" s="252"/>
+      <c r="F146" s="282"/>
       <c r="G146" s="70"/>
-      <c r="H146" s="160"/>
+      <c r="H146" s="136"/>
       <c r="I146" s="24"/>
     </row>
     <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B147" s="2"/>
-      <c r="C147" s="114"/>
+      <c r="C147" s="93"/>
       <c r="D147" s="93"/>
       <c r="E147" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="F147" s="252"/>
+      <c r="F147" s="282"/>
       <c r="G147" s="69" t="s">
         <v>344</v>
       </c>
-      <c r="H147" s="159"/>
+      <c r="H147" s="135"/>
       <c r="I147" s="12" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B148" s="2"/>
-      <c r="C148" s="114"/>
+      <c r="C148" s="93"/>
       <c r="D148" s="93"/>
       <c r="E148" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="F148" s="252"/>
+      <c r="F148" s="282"/>
       <c r="G148" s="69"/>
-      <c r="H148" s="159"/>
+      <c r="H148" s="135"/>
       <c r="I148" s="24"/>
     </row>
     <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B149" s="2"/>
-      <c r="C149" s="114"/>
+      <c r="C149" s="93"/>
       <c r="D149" s="93"/>
       <c r="E149" s="10" t="s">
         <v>316</v>
       </c>
-      <c r="F149" s="252"/>
+      <c r="F149" s="282"/>
       <c r="G149" s="69"/>
-      <c r="H149" s="159"/>
+      <c r="H149" s="135"/>
       <c r="I149" s="24" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B150" s="2"/>
-      <c r="C150" s="114"/>
+      <c r="C150" s="93"/>
       <c r="D150" s="93"/>
       <c r="E150" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="F150" s="252"/>
+      <c r="F150" s="282"/>
       <c r="G150" s="69"/>
-      <c r="H150" s="159"/>
+      <c r="H150" s="135"/>
       <c r="I150" s="24"/>
     </row>
     <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B151" s="2"/>
-      <c r="C151" s="114"/>
+      <c r="C151" s="93"/>
       <c r="D151" s="93"/>
       <c r="E151" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="F151" s="252"/>
+      <c r="F151" s="282"/>
       <c r="G151" s="69" t="s">
         <v>281</v>
       </c>
-      <c r="H151" s="159"/>
+      <c r="H151" s="135"/>
       <c r="I151" s="24"/>
     </row>
     <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B152" s="2"/>
-      <c r="C152" s="114"/>
+      <c r="C152" s="93"/>
       <c r="D152" s="93"/>
       <c r="E152" s="10" t="s">
         <v>227</v>
       </c>
-      <c r="F152" s="252"/>
+      <c r="F152" s="282"/>
       <c r="G152" s="43" t="s">
         <v>228</v>
       </c>
-      <c r="H152" s="151"/>
+      <c r="H152" s="127"/>
       <c r="I152" s="71"/>
     </row>
     <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B153" s="2"/>
-      <c r="C153" s="114"/>
+      <c r="C153" s="93"/>
       <c r="D153" s="93"/>
       <c r="E153" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="F153" s="252"/>
+      <c r="F153" s="282"/>
       <c r="G153" s="43" t="s">
         <v>229</v>
       </c>
-      <c r="H153" s="151"/>
+      <c r="H153" s="127"/>
       <c r="I153" s="24" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B154" s="2"/>
-      <c r="C154" s="114"/>
+      <c r="C154" s="93"/>
       <c r="D154" s="93"/>
       <c r="E154" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="F154" s="252"/>
+      <c r="F154" s="282"/>
       <c r="G154" s="43"/>
-      <c r="H154" s="151"/>
+      <c r="H154" s="127"/>
       <c r="I154" s="24"/>
     </row>
     <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B155" s="2"/>
-      <c r="C155" s="114"/>
+      <c r="C155" s="93"/>
       <c r="D155" s="93"/>
       <c r="E155" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="F155" s="252"/>
+      <c r="F155" s="282"/>
       <c r="G155" s="43"/>
-      <c r="H155" s="151"/>
+      <c r="H155" s="127"/>
       <c r="I155" s="24" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B156" s="2"/>
-      <c r="C156" s="114"/>
+      <c r="C156" s="93"/>
       <c r="D156" s="93"/>
       <c r="E156" s="10" t="s">
         <v>346</v>
       </c>
-      <c r="F156" s="252"/>
+      <c r="F156" s="282"/>
       <c r="G156" s="43"/>
-      <c r="H156" s="151"/>
+      <c r="H156" s="127"/>
       <c r="I156" s="24"/>
     </row>
     <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B157" s="2"/>
-      <c r="C157" s="114"/>
+      <c r="C157" s="93"/>
       <c r="D157" s="93"/>
       <c r="E157" s="10" t="s">
         <v>295</v>
       </c>
-      <c r="F157" s="252"/>
+      <c r="F157" s="282"/>
       <c r="G157" s="43"/>
-      <c r="H157" s="151"/>
+      <c r="H157" s="127"/>
       <c r="I157" s="24" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B158" s="2"/>
-      <c r="C158" s="114"/>
+      <c r="C158" s="93"/>
       <c r="D158" s="93"/>
       <c r="E158" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="F158" s="252"/>
+      <c r="F158" s="282"/>
       <c r="G158" s="43"/>
-      <c r="H158" s="151"/>
+      <c r="H158" s="127"/>
       <c r="I158" s="24" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B159" s="2"/>
-      <c r="C159" s="114"/>
+      <c r="C159" s="93"/>
       <c r="D159" s="93"/>
       <c r="E159" s="10" t="s">
         <v>356</v>
       </c>
-      <c r="F159" s="252"/>
+      <c r="F159" s="282"/>
       <c r="G159" s="43"/>
-      <c r="H159" s="151"/>
+      <c r="H159" s="127"/>
       <c r="I159" s="24"/>
     </row>
     <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="2"/>
-      <c r="C160" s="114"/>
+      <c r="C160" s="93"/>
       <c r="D160" s="93"/>
       <c r="E160" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="F160" s="252"/>
+      <c r="F160" s="282"/>
       <c r="G160" s="43"/>
-      <c r="H160" s="151"/>
+      <c r="H160" s="127"/>
       <c r="I160" s="24" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B161" s="2"/>
-      <c r="C161" s="114"/>
+      <c r="C161" s="93"/>
       <c r="D161" s="93"/>
       <c r="E161" s="10" t="s">
         <v>350</v>
       </c>
-      <c r="F161" s="252"/>
+      <c r="F161" s="282"/>
       <c r="G161" s="43"/>
-      <c r="H161" s="151"/>
+      <c r="H161" s="127"/>
       <c r="I161" s="24"/>
     </row>
     <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B162" s="2"/>
-      <c r="C162" s="114"/>
+      <c r="C162" s="93"/>
       <c r="D162" s="93"/>
       <c r="E162" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="F162" s="252"/>
+      <c r="F162" s="282"/>
       <c r="G162" s="43"/>
-      <c r="H162" s="151"/>
+      <c r="H162" s="127"/>
       <c r="I162" s="71"/>
     </row>
     <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B163" s="2"/>
-      <c r="C163" s="114"/>
+      <c r="C163" s="93"/>
       <c r="D163" s="93"/>
       <c r="E163" s="10" t="s">
         <v>183</v>
       </c>
-      <c r="F163" s="252"/>
+      <c r="F163" s="282"/>
       <c r="G163" s="43" t="s">
         <v>230</v>
       </c>
-      <c r="H163" s="151"/>
+      <c r="H163" s="127"/>
       <c r="I163" s="71"/>
     </row>
     <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B164" s="2"/>
-      <c r="C164" s="114"/>
+      <c r="C164" s="93"/>
       <c r="D164" s="93"/>
       <c r="E164" s="10" t="s">
         <v>301</v>
       </c>
-      <c r="F164" s="252"/>
+      <c r="F164" s="282"/>
       <c r="G164" s="43"/>
-      <c r="H164" s="151"/>
+      <c r="H164" s="127"/>
       <c r="I164" s="24" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B165" s="2"/>
-      <c r="C165" s="114"/>
+      <c r="C165" s="93"/>
       <c r="D165" s="93"/>
       <c r="E165" s="10" t="s">
         <v>294</v>
       </c>
-      <c r="F165" s="252"/>
+      <c r="F165" s="282"/>
       <c r="G165" s="43"/>
-      <c r="H165" s="151"/>
+      <c r="H165" s="127"/>
       <c r="I165" s="24" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B166" s="2"/>
-      <c r="C166" s="114"/>
+      <c r="C166" s="93"/>
       <c r="D166" s="93"/>
       <c r="E166" s="10"/>
-      <c r="F166" s="252"/>
+      <c r="F166" s="282"/>
       <c r="G166" s="43" t="s">
         <v>231</v>
       </c>
-      <c r="H166" s="151"/>
+      <c r="H166" s="127"/>
       <c r="I166" s="24" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B167" s="54"/>
-      <c r="C167" s="128"/>
-      <c r="D167" s="103"/>
+      <c r="C167" s="107"/>
+      <c r="D167" s="107"/>
       <c r="E167" s="72"/>
-      <c r="F167" s="251"/>
+      <c r="F167" s="281"/>
       <c r="G167" s="73"/>
-      <c r="H167" s="161"/>
+      <c r="H167" s="137"/>
       <c r="I167" s="42" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C168" s="116" t="s">
+      <c r="C168" s="95" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="93"/>
       <c r="E168" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="F168" s="248"/>
+      <c r="F168" s="278"/>
       <c r="G168" s="20" t="s">
         <v>94</v>
       </c>
-      <c r="H168" s="142"/>
+      <c r="H168" s="118"/>
       <c r="I168" s="12" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B169" s="21"/>
-      <c r="C169" s="116"/>
+      <c r="C169" s="95"/>
       <c r="D169" s="93"/>
       <c r="E169" s="29"/>
-      <c r="F169" s="248"/>
+      <c r="F169" s="278"/>
       <c r="G169" s="23" t="s">
         <v>95</v>
       </c>
-      <c r="H169" s="144"/>
+      <c r="H169" s="120"/>
       <c r="I169" s="24" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="21"/>
-      <c r="C170" s="116"/>
+      <c r="C170" s="95"/>
       <c r="D170" s="93"/>
       <c r="E170" s="29" t="s">
         <v>254</v>
       </c>
-      <c r="F170" s="248"/>
+      <c r="F170" s="278"/>
       <c r="G170" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="H170" s="144"/>
+      <c r="H170" s="120"/>
       <c r="I170" s="71"/>
     </row>
     <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B171" s="21"/>
-      <c r="C171" s="116"/>
-      <c r="D171" s="94"/>
+      <c r="C171" s="95"/>
+      <c r="D171" s="97"/>
       <c r="E171" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="F171" s="246"/>
+      <c r="F171" s="275"/>
       <c r="G171" s="23" t="s">
         <v>111</v>
       </c>
-      <c r="H171" s="144"/>
+      <c r="H171" s="120"/>
       <c r="I171" s="71"/>
     </row>
     <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B172" s="21"/>
-      <c r="C172" s="116"/>
+      <c r="C172" s="95"/>
       <c r="D172" s="93"/>
       <c r="E172" s="29" t="s">
         <v>247</v>
       </c>
-      <c r="F172" s="248"/>
+      <c r="F172" s="278"/>
       <c r="G172" s="23" t="s">
         <v>113</v>
       </c>
-      <c r="H172" s="144"/>
+      <c r="H172" s="120"/>
       <c r="I172" s="71"/>
     </row>
     <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B173" s="21"/>
-      <c r="C173" s="116"/>
+      <c r="C173" s="95"/>
       <c r="D173" s="93"/>
       <c r="E173" s="29" t="s">
         <v>172</v>
       </c>
-      <c r="F173" s="248"/>
+      <c r="F173" s="278"/>
       <c r="G173" s="23" t="s">
         <v>115</v>
       </c>
-      <c r="H173" s="144"/>
+      <c r="H173" s="120"/>
       <c r="I173" s="24" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B174" s="21"/>
-      <c r="C174" s="116"/>
+      <c r="C174" s="95"/>
       <c r="D174" s="93"/>
       <c r="E174" s="29" t="s">
         <v>276</v>
       </c>
-      <c r="F174" s="248"/>
+      <c r="F174" s="278"/>
       <c r="G174" s="23" t="s">
         <v>126</v>
       </c>
-      <c r="H174" s="144"/>
+      <c r="H174" s="120"/>
       <c r="I174" s="71"/>
     </row>
     <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B175" s="21"/>
-      <c r="C175" s="116"/>
+      <c r="C175" s="95"/>
       <c r="D175" s="93"/>
       <c r="E175" s="29" t="s">
         <v>328</v>
       </c>
-      <c r="F175" s="248"/>
+      <c r="F175" s="278"/>
       <c r="G175" s="23" t="s">
         <v>117</v>
       </c>
-      <c r="H175" s="144"/>
+      <c r="H175" s="120"/>
       <c r="I175" s="24" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21"/>
-      <c r="C176" s="116"/>
+      <c r="C176" s="95"/>
       <c r="D176" s="93"/>
       <c r="E176" s="29" t="s">
         <v>317</v>
       </c>
-      <c r="F176" s="248"/>
+      <c r="F176" s="278"/>
       <c r="G176" s="23" t="s">
         <v>127</v>
       </c>
-      <c r="H176" s="144"/>
+      <c r="H176" s="120"/>
       <c r="I176" s="71"/>
     </row>
     <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B177" s="21"/>
-      <c r="C177" s="116"/>
+      <c r="C177" s="95"/>
       <c r="D177" s="93"/>
       <c r="E177" s="29" t="s">
         <v>142</v>
       </c>
-      <c r="F177" s="248"/>
+      <c r="F177" s="278"/>
       <c r="G177" s="23" t="s">
         <v>349</v>
       </c>
-      <c r="H177" s="144"/>
+      <c r="H177" s="120"/>
       <c r="I177" s="71"/>
     </row>
     <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B178" s="21"/>
-      <c r="C178" s="116"/>
+      <c r="C178" s="95"/>
       <c r="D178" s="93"/>
       <c r="E178" s="29"/>
-      <c r="F178" s="248"/>
+      <c r="F178" s="278"/>
       <c r="G178" s="23" t="s">
         <v>372</v>
       </c>
-      <c r="H178" s="144"/>
+      <c r="H178" s="120"/>
       <c r="I178" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B179" s="4"/>
-      <c r="C179" s="125"/>
-      <c r="D179" s="105"/>
+      <c r="C179" s="104"/>
+      <c r="D179" s="109"/>
       <c r="E179" s="74"/>
-      <c r="F179" s="255"/>
+      <c r="F179" s="288"/>
       <c r="G179" s="23" t="s">
         <v>186</v>
       </c>
-      <c r="H179" s="144"/>
+      <c r="H179" s="120"/>
       <c r="I179" s="75"/>
     </row>
     <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C180" s="116"/>
+      <c r="C180" s="95"/>
       <c r="D180" s="93"/>
       <c r="E180" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="F180" s="248"/>
+      <c r="F180" s="278"/>
       <c r="G180" s="53"/>
-      <c r="H180" s="150"/>
+      <c r="H180" s="126"/>
       <c r="I180" s="30" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B181" s="21"/>
-      <c r="C181" s="116"/>
+      <c r="C181" s="95"/>
       <c r="D181" s="93"/>
       <c r="E181" s="29" t="s">
         <v>305</v>
       </c>
-      <c r="F181" s="248"/>
+      <c r="F181" s="278"/>
       <c r="G181" s="76"/>
-      <c r="H181" s="162"/>
+      <c r="H181" s="138"/>
       <c r="I181" s="30" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B182" s="21"/>
-      <c r="C182" s="116"/>
+      <c r="C182" s="95"/>
       <c r="D182" s="93"/>
       <c r="E182" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="F182" s="248"/>
+      <c r="F182" s="278"/>
       <c r="G182" s="76"/>
-      <c r="H182" s="162"/>
+      <c r="H182" s="138"/>
       <c r="I182" s="30"/>
     </row>
     <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B183" s="21"/>
-      <c r="C183" s="116"/>
+      <c r="C183" s="95"/>
       <c r="D183" s="93"/>
       <c r="E183" s="29" t="s">
         <v>325</v>
       </c>
-      <c r="F183" s="248"/>
+      <c r="F183" s="278"/>
       <c r="G183" s="76"/>
-      <c r="H183" s="162"/>
+      <c r="H183" s="138"/>
       <c r="I183" s="30" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B184" s="21"/>
-      <c r="C184" s="116"/>
+      <c r="C184" s="95"/>
       <c r="D184" s="93"/>
       <c r="E184" s="29" t="s">
         <v>380</v>
       </c>
-      <c r="F184" s="248"/>
+      <c r="F184" s="278"/>
       <c r="G184" s="76"/>
-      <c r="H184" s="162"/>
+      <c r="H184" s="138"/>
       <c r="I184" s="30"/>
     </row>
     <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B185" s="21"/>
-      <c r="C185" s="116"/>
+      <c r="C185" s="95"/>
       <c r="D185" s="93"/>
       <c r="E185" s="29" t="s">
         <v>366</v>
       </c>
-      <c r="F185" s="248"/>
+      <c r="F185" s="278"/>
       <c r="G185" s="23" t="s">
         <v>62</v>
       </c>
-      <c r="H185" s="147"/>
+      <c r="H185" s="123"/>
       <c r="I185" s="30" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B186" s="21"/>
-      <c r="C186" s="116"/>
+      <c r="C186" s="95"/>
       <c r="D186" s="93"/>
       <c r="E186" s="29" t="s">
         <v>387</v>
       </c>
-      <c r="F186" s="248"/>
+      <c r="F186" s="278"/>
       <c r="G186" s="23"/>
-      <c r="H186" s="147"/>
+      <c r="H186" s="123"/>
       <c r="I186" s="30"/>
     </row>
     <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B187" s="21"/>
-      <c r="C187" s="116"/>
+      <c r="C187" s="95"/>
       <c r="D187" s="93"/>
       <c r="E187" s="29" t="s">
         <v>392</v>
       </c>
-      <c r="F187" s="248"/>
+      <c r="F187" s="278"/>
       <c r="G187" s="23"/>
-      <c r="H187" s="147"/>
+      <c r="H187" s="123"/>
       <c r="I187" s="30"/>
     </row>
     <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21"/>
-      <c r="C188" s="116"/>
+      <c r="C188" s="95"/>
       <c r="D188" s="93"/>
       <c r="E188" s="29" t="s">
         <v>381</v>
       </c>
-      <c r="F188" s="248"/>
+      <c r="F188" s="278"/>
       <c r="G188" s="76"/>
-      <c r="H188" s="162"/>
+      <c r="H188" s="138"/>
       <c r="I188" s="30"/>
     </row>
     <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B189" s="21"/>
-      <c r="C189" s="116"/>
+      <c r="C189" s="95"/>
       <c r="D189" s="93"/>
       <c r="E189" s="29" t="s">
         <v>297</v>
       </c>
-      <c r="F189" s="248"/>
+      <c r="F189" s="278"/>
       <c r="G189" s="76"/>
-      <c r="H189" s="162"/>
+      <c r="H189" s="138"/>
       <c r="I189" s="66" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B190" s="21"/>
-      <c r="C190" s="116"/>
+      <c r="C190" s="95"/>
       <c r="D190" s="93"/>
       <c r="E190" s="29" t="s">
         <v>384</v>
       </c>
-      <c r="F190" s="248"/>
+      <c r="F190" s="278"/>
       <c r="G190" s="76" t="s">
         <v>385</v>
       </c>
-      <c r="H190" s="162"/>
+      <c r="H190" s="138"/>
       <c r="I190" s="66"/>
     </row>
     <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B191" s="21"/>
-      <c r="C191" s="116"/>
+      <c r="C191" s="95"/>
       <c r="D191" s="93"/>
       <c r="E191" s="29" t="s">
         <v>378</v>
       </c>
-      <c r="F191" s="248"/>
+      <c r="F191" s="278"/>
       <c r="G191" s="76"/>
-      <c r="H191" s="162"/>
+      <c r="H191" s="138"/>
       <c r="I191" s="66"/>
     </row>
     <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B192" s="21"/>
-      <c r="C192" s="116"/>
+      <c r="C192" s="95"/>
       <c r="D192" s="93"/>
       <c r="E192" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="F192" s="248"/>
+      <c r="F192" s="278"/>
       <c r="G192" s="76"/>
-      <c r="H192" s="163"/>
+      <c r="H192" s="139"/>
       <c r="I192" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B193" s="21"/>
-      <c r="C193" s="116"/>
+      <c r="C193" s="95"/>
       <c r="D193" s="93"/>
       <c r="E193" s="29" t="s">
         <v>396</v>
       </c>
-      <c r="F193" s="248"/>
+      <c r="F193" s="278"/>
       <c r="G193" s="76"/>
-      <c r="H193" s="162"/>
+      <c r="H193" s="138"/>
       <c r="I193" s="30"/>
     </row>
     <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B194" s="21"/>
-      <c r="C194" s="116"/>
+      <c r="C194" s="95"/>
       <c r="D194" s="93"/>
       <c r="E194" s="32" t="s">
         <v>296</v>
       </c>
-      <c r="F194" s="249"/>
+      <c r="F194" s="279"/>
       <c r="G194" s="77" t="s">
         <v>59</v>
       </c>
-      <c r="H194" s="162"/>
+      <c r="H194" s="138"/>
       <c r="I194" s="49"/>
     </row>
     <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B195" s="52"/>
-      <c r="C195" s="115" t="s">
+      <c r="C195" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="D195" s="107"/>
+      <c r="D195" s="247"/>
       <c r="E195" s="51" t="s">
         <v>63</v>
       </c>
-      <c r="F195" s="248"/>
+      <c r="F195" s="278"/>
       <c r="G195" s="78"/>
-      <c r="H195" s="164"/>
+      <c r="H195" s="140"/>
       <c r="I195" s="12" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B196" s="2"/>
-      <c r="C196" s="116"/>
-      <c r="D196" s="95"/>
+      <c r="C196" s="95"/>
+      <c r="D196" s="245"/>
       <c r="E196" s="10" t="s">
         <v>424</v>
       </c>
-      <c r="F196" s="248"/>
+      <c r="F196" s="278"/>
       <c r="G196" s="78"/>
-      <c r="H196" s="164"/>
+      <c r="H196" s="140"/>
       <c r="I196" s="24"/>
     </row>
     <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B197" s="2"/>
-      <c r="C197" s="116"/>
-      <c r="D197" s="95"/>
+      <c r="C197" s="95"/>
+      <c r="D197" s="245"/>
       <c r="E197" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F197" s="248"/>
+      <c r="F197" s="278"/>
       <c r="G197" s="78"/>
-      <c r="H197" s="164"/>
+      <c r="H197" s="140"/>
       <c r="I197" s="24" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B198" s="2"/>
-      <c r="C198" s="116"/>
-      <c r="D198" s="95"/>
+      <c r="C198" s="95"/>
+      <c r="D198" s="245"/>
       <c r="E198" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="F198" s="248"/>
+      <c r="F198" s="278"/>
       <c r="G198" s="78"/>
-      <c r="H198" s="164"/>
+      <c r="H198" s="140"/>
       <c r="I198" s="24" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B199" s="2"/>
-      <c r="C199" s="116"/>
-      <c r="D199" s="95"/>
+      <c r="C199" s="95"/>
+      <c r="D199" s="245"/>
       <c r="E199" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="F199" s="248"/>
+      <c r="F199" s="278"/>
       <c r="G199" s="78"/>
-      <c r="H199" s="164"/>
+      <c r="H199" s="140"/>
       <c r="I199" s="24" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B200" s="2"/>
-      <c r="C200" s="116"/>
-      <c r="D200" s="95"/>
+      <c r="C200" s="95"/>
+      <c r="D200" s="245"/>
       <c r="E200" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="F200" s="248"/>
+      <c r="F200" s="278"/>
       <c r="G200" s="78" t="s">
         <v>303</v>
       </c>
-      <c r="H200" s="164"/>
+      <c r="H200" s="140"/>
       <c r="I200" s="24" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B201" s="2"/>
-      <c r="C201" s="116"/>
-      <c r="D201" s="95"/>
+      <c r="C201" s="95"/>
+      <c r="D201" s="245"/>
       <c r="E201" s="10" t="s">
         <v>395</v>
       </c>
-      <c r="F201" s="248"/>
+      <c r="F201" s="278"/>
       <c r="G201" s="78"/>
-      <c r="H201" s="164"/>
+      <c r="H201" s="140"/>
       <c r="I201" s="24"/>
     </row>
     <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B202" s="2"/>
-      <c r="C202" s="116"/>
-      <c r="D202" s="95"/>
+      <c r="C202" s="95"/>
+      <c r="D202" s="245"/>
       <c r="E202" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="F202" s="248"/>
+      <c r="F202" s="278"/>
       <c r="G202" s="78"/>
-      <c r="H202" s="164"/>
+      <c r="H202" s="140"/>
       <c r="I202" s="24"/>
     </row>
     <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B203" s="2"/>
-      <c r="C203" s="116"/>
-      <c r="D203" s="95"/>
+      <c r="C203" s="95"/>
+      <c r="D203" s="245"/>
       <c r="E203" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="F203" s="248"/>
+      <c r="F203" s="278"/>
       <c r="G203" s="78" t="s">
         <v>377</v>
       </c>
-      <c r="H203" s="164"/>
+      <c r="H203" s="140"/>
       <c r="I203" s="24" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B204" s="2"/>
-      <c r="C204" s="116"/>
-      <c r="D204" s="95"/>
+      <c r="C204" s="95"/>
+      <c r="D204" s="245"/>
       <c r="E204" s="10" t="s">
         <v>413</v>
       </c>
-      <c r="F204" s="248"/>
+      <c r="F204" s="278"/>
       <c r="G204" s="78" t="s">
         <v>345</v>
       </c>
-      <c r="H204" s="164"/>
+      <c r="H204" s="140"/>
       <c r="I204" s="24" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B205" s="2"/>
-      <c r="C205" s="116"/>
-      <c r="D205" s="95"/>
+      <c r="C205" s="95"/>
+      <c r="D205" s="245"/>
       <c r="E205" s="41"/>
-      <c r="F205" s="255"/>
+      <c r="F205" s="288"/>
       <c r="G205" s="78"/>
-      <c r="H205" s="164"/>
+      <c r="H205" s="140"/>
       <c r="I205" s="24" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B206" s="2"/>
-      <c r="C206" s="126"/>
-      <c r="D206" s="108"/>
+      <c r="C206" s="105"/>
+      <c r="D206" s="105"/>
       <c r="E206" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="F206" s="249"/>
+      <c r="F206" s="279"/>
       <c r="G206" s="79"/>
-      <c r="H206" s="165"/>
+      <c r="H206" s="141"/>
       <c r="I206" s="24" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C207" s="123" t="s">
+      <c r="C207" s="102" t="s">
         <v>11</v>
       </c>
-      <c r="D207" s="100"/>
+      <c r="D207" s="102"/>
       <c r="E207" s="51" t="s">
         <v>217</v>
       </c>
-      <c r="F207" s="247"/>
+      <c r="F207" s="277"/>
       <c r="G207" s="80"/>
-      <c r="H207" s="166"/>
+      <c r="H207" s="142"/>
       <c r="I207" s="12" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B208" s="2"/>
-      <c r="C208" s="114"/>
+      <c r="C208" s="93"/>
       <c r="D208" s="93"/>
       <c r="E208" s="10" t="s">
         <v>432</v>
       </c>
-      <c r="F208" s="248"/>
+      <c r="F208" s="278"/>
       <c r="G208" s="81"/>
-      <c r="H208" s="165"/>
+      <c r="H208" s="141"/>
       <c r="I208" s="24"/>
     </row>
     <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B209" s="2"/>
-      <c r="C209" s="114"/>
+      <c r="C209" s="93"/>
       <c r="D209" s="93"/>
       <c r="E209" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F209" s="248"/>
+      <c r="F209" s="278"/>
       <c r="G209" s="81"/>
-      <c r="H209" s="165"/>
+      <c r="H209" s="141"/>
       <c r="I209" s="24" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B210" s="2"/>
-      <c r="C210" s="114"/>
+      <c r="C210" s="93"/>
       <c r="D210" s="93"/>
       <c r="E210" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="F210" s="248"/>
+      <c r="F210" s="278"/>
       <c r="G210" s="81"/>
-      <c r="H210" s="165"/>
+      <c r="H210" s="141"/>
       <c r="I210" s="24" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B211" s="2"/>
-      <c r="C211" s="114"/>
+      <c r="C211" s="93"/>
       <c r="D211" s="93"/>
       <c r="E211" s="10" t="s">
         <v>453</v>
       </c>
-      <c r="F211" s="248"/>
+      <c r="F211" s="278"/>
       <c r="G211" s="81"/>
-      <c r="H211" s="165"/>
+      <c r="H211" s="141"/>
       <c r="I211" s="24"/>
     </row>
     <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B212" s="2"/>
-      <c r="C212" s="114"/>
+      <c r="C212" s="93"/>
       <c r="D212" s="93"/>
       <c r="E212" s="10" t="s">
         <v>428</v>
       </c>
-      <c r="F212" s="248"/>
+      <c r="F212" s="278"/>
       <c r="G212" s="78" t="s">
         <v>404</v>
       </c>
-      <c r="H212" s="164"/>
+      <c r="H212" s="140"/>
       <c r="I212" s="24" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B213" s="2"/>
-      <c r="C213" s="114"/>
+      <c r="C213" s="93"/>
       <c r="D213" s="93"/>
       <c r="E213" s="10" t="s">
         <v>393</v>
       </c>
-      <c r="F213" s="248"/>
+      <c r="F213" s="278"/>
       <c r="G213" s="78"/>
-      <c r="H213" s="164"/>
+      <c r="H213" s="140"/>
       <c r="I213" s="24" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B214" s="2"/>
-      <c r="C214" s="114"/>
+      <c r="C214" s="93"/>
       <c r="D214" s="93"/>
       <c r="E214" s="10" t="s">
         <v>420</v>
       </c>
-      <c r="F214" s="248"/>
+      <c r="F214" s="278"/>
       <c r="G214" s="78"/>
-      <c r="H214" s="164"/>
+      <c r="H214" s="140"/>
       <c r="I214" s="24" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B215" s="2"/>
-      <c r="C215" s="114"/>
+      <c r="C215" s="93"/>
       <c r="D215" s="93"/>
       <c r="E215" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="F215" s="248"/>
+      <c r="F215" s="278"/>
       <c r="G215" s="78"/>
-      <c r="H215" s="164"/>
+      <c r="H215" s="140"/>
       <c r="I215" s="24" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B216" s="54"/>
-      <c r="C216" s="130"/>
-      <c r="D216" s="105"/>
+      <c r="C216" s="109"/>
+      <c r="D216" s="109"/>
       <c r="E216" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="F216" s="249"/>
+      <c r="F216" s="279"/>
       <c r="G216" s="79"/>
-      <c r="H216" s="167"/>
+      <c r="H216" s="143"/>
       <c r="I216" s="42" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C217" s="115" t="s">
+      <c r="C217" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="D217" s="107"/>
+      <c r="D217" s="247"/>
       <c r="E217" s="51" t="s">
         <v>431</v>
       </c>
-      <c r="F217" s="248"/>
+      <c r="F217" s="278"/>
       <c r="G217" s="81"/>
-      <c r="H217" s="165"/>
+      <c r="H217" s="141"/>
       <c r="I217" s="24" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="218" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B218" s="2"/>
-      <c r="C218" s="116"/>
-      <c r="D218" s="94"/>
+      <c r="C218" s="95"/>
+      <c r="D218" s="97"/>
       <c r="E218" s="19" t="s">
         <v>475</v>
       </c>
-      <c r="F218" s="246"/>
+      <c r="F218" s="275"/>
       <c r="G218" s="78" t="s">
         <v>435</v>
       </c>
-      <c r="H218" s="164"/>
+      <c r="H218" s="140"/>
       <c r="I218" s="24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B219" s="2"/>
-      <c r="C219" s="116"/>
-      <c r="D219" s="95"/>
+      <c r="C219" s="95"/>
+      <c r="D219" s="245"/>
       <c r="E219" s="10" t="s">
         <v>444</v>
       </c>
-      <c r="F219" s="248"/>
+      <c r="F219" s="278"/>
       <c r="G219" s="81"/>
-      <c r="H219" s="165"/>
+      <c r="H219" s="141"/>
       <c r="I219" s="24"/>
     </row>
     <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B220" s="2"/>
-      <c r="C220" s="116"/>
-      <c r="D220" s="94"/>
+      <c r="C220" s="95"/>
+      <c r="D220" s="97"/>
       <c r="E220" s="19" t="s">
         <v>458</v>
       </c>
-      <c r="F220" s="246"/>
+      <c r="F220" s="275"/>
       <c r="G220" s="78" t="s">
         <v>441</v>
       </c>
-      <c r="H220" s="164"/>
+      <c r="H220" s="140"/>
       <c r="I220" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B221" s="2"/>
-      <c r="C221" s="116"/>
-      <c r="D221" s="95"/>
+      <c r="C221" s="95"/>
+      <c r="D221" s="245"/>
       <c r="E221" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="F221" s="248"/>
+      <c r="F221" s="278"/>
       <c r="G221" s="78" t="s">
         <v>438</v>
       </c>
-      <c r="H221" s="164"/>
+      <c r="H221" s="140"/>
       <c r="I221" s="24" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B222" s="2"/>
-      <c r="C222" s="116"/>
-      <c r="D222" s="95"/>
+      <c r="C222" s="95"/>
+      <c r="D222" s="245"/>
       <c r="E222" s="10" t="s">
         <v>450</v>
       </c>
-      <c r="F222" s="248"/>
+      <c r="F222" s="278"/>
       <c r="G222" s="78"/>
-      <c r="H222" s="164"/>
+      <c r="H222" s="140"/>
       <c r="I222" s="24"/>
     </row>
     <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B223" s="2"/>
-      <c r="C223" s="116"/>
-      <c r="D223" s="95"/>
+      <c r="C223" s="95"/>
+      <c r="D223" s="245"/>
       <c r="E223" s="10" t="s">
         <v>449</v>
       </c>
-      <c r="F223" s="248"/>
+      <c r="F223" s="278"/>
       <c r="G223" s="78" t="s">
         <v>473</v>
       </c>
-      <c r="H223" s="164"/>
+      <c r="H223" s="140"/>
       <c r="I223" s="24"/>
     </row>
     <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21"/>
-      <c r="C224" s="127"/>
-      <c r="D224" s="109"/>
+      <c r="C224" s="106"/>
+      <c r="D224" s="246"/>
       <c r="E224" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="F224" s="248"/>
+      <c r="F224" s="278"/>
       <c r="G224" s="81"/>
-      <c r="H224" s="165"/>
+      <c r="H224" s="141"/>
       <c r="I224" s="42" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B225" s="18"/>
-      <c r="C225" s="115" t="s">
+      <c r="C225" s="94" t="s">
         <v>13</v>
       </c>
-      <c r="D225" s="100"/>
+      <c r="D225" s="102"/>
       <c r="E225" s="27" t="s">
         <v>278</v>
       </c>
-      <c r="F225" s="247"/>
+      <c r="F225" s="277"/>
       <c r="G225" s="20" t="s">
         <v>466</v>
       </c>
-      <c r="H225" s="147"/>
+      <c r="H225" s="123"/>
       <c r="I225" s="30" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B226" s="21"/>
-      <c r="C226" s="116"/>
+      <c r="C226" s="95"/>
       <c r="D226" s="93"/>
       <c r="E226" s="29" t="s">
         <v>309</v>
       </c>
-      <c r="F226" s="248"/>
+      <c r="F226" s="278"/>
       <c r="G226" s="23" t="s">
         <v>436</v>
       </c>
-      <c r="H226" s="147"/>
+      <c r="H226" s="123"/>
       <c r="I226" s="30"/>
     </row>
     <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B227" s="21"/>
-      <c r="C227" s="116"/>
+      <c r="C227" s="95"/>
       <c r="D227" s="93"/>
       <c r="E227" s="29" t="s">
         <v>407</v>
       </c>
-      <c r="F227" s="248"/>
+      <c r="F227" s="278"/>
       <c r="G227" s="23" t="s">
         <v>92</v>
       </c>
-      <c r="H227" s="147"/>
+      <c r="H227" s="123"/>
       <c r="I227" s="30"/>
     </row>
     <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B228" s="21"/>
-      <c r="C228" s="116"/>
+      <c r="C228" s="95"/>
       <c r="D228" s="93"/>
       <c r="E228" s="29" t="s">
         <v>422</v>
       </c>
-      <c r="F228" s="248"/>
+      <c r="F228" s="278"/>
       <c r="G228" s="23" t="s">
         <v>93</v>
       </c>
-      <c r="H228" s="147"/>
+      <c r="H228" s="123"/>
       <c r="I228" s="30" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B229" s="21"/>
-      <c r="C229" s="116"/>
+      <c r="C229" s="95"/>
       <c r="D229" s="93"/>
       <c r="E229" s="29" t="s">
         <v>299</v>
       </c>
-      <c r="F229" s="248"/>
+      <c r="F229" s="278"/>
       <c r="G229" s="23" t="s">
         <v>465</v>
       </c>
-      <c r="H229" s="147"/>
+      <c r="H229" s="123"/>
       <c r="I229" s="30" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B230" s="21"/>
-      <c r="C230" s="116"/>
+      <c r="C230" s="95"/>
       <c r="D230" s="93"/>
       <c r="E230" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="F230" s="248"/>
+      <c r="F230" s="278"/>
       <c r="G230" s="23" t="s">
         <v>419</v>
       </c>
-      <c r="H230" s="147"/>
+      <c r="H230" s="123"/>
       <c r="I230" s="30" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B231" s="21"/>
-      <c r="C231" s="116"/>
+      <c r="C231" s="95"/>
       <c r="D231" s="93"/>
       <c r="E231" s="29" t="s">
         <v>430</v>
       </c>
-      <c r="F231" s="248"/>
+      <c r="F231" s="278"/>
       <c r="G231" s="23" t="s">
         <v>399</v>
       </c>
-      <c r="H231" s="147"/>
+      <c r="H231" s="123"/>
       <c r="I231" s="30" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B232" s="21"/>
-      <c r="C232" s="116"/>
+      <c r="C232" s="95"/>
       <c r="D232" s="93"/>
       <c r="E232" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="F232" s="248"/>
+      <c r="F232" s="278"/>
       <c r="G232" s="23" t="s">
         <v>400</v>
       </c>
-      <c r="H232" s="147"/>
+      <c r="H232" s="123"/>
       <c r="I232" s="30"/>
     </row>
     <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B233" s="21"/>
-      <c r="C233" s="116"/>
+      <c r="C233" s="95"/>
       <c r="D233" s="93"/>
       <c r="E233" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="F233" s="248"/>
+      <c r="F233" s="278"/>
       <c r="G233" s="23"/>
-      <c r="H233" s="147"/>
+      <c r="H233" s="123"/>
       <c r="I233" s="30"/>
     </row>
     <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B234" s="21"/>
-      <c r="C234" s="116"/>
+      <c r="C234" s="95"/>
       <c r="D234" s="93"/>
       <c r="E234" s="29" t="s">
         <v>408</v>
       </c>
-      <c r="F234" s="248"/>
+      <c r="F234" s="278"/>
       <c r="G234" s="23"/>
-      <c r="H234" s="147"/>
+      <c r="H234" s="123"/>
       <c r="I234" s="30" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B235" s="21"/>
-      <c r="C235" s="116"/>
+      <c r="C235" s="95"/>
       <c r="D235" s="93"/>
       <c r="E235" s="29" t="s">
         <v>463</v>
       </c>
-      <c r="F235" s="248"/>
+      <c r="F235" s="278"/>
       <c r="G235" s="23"/>
-      <c r="H235" s="147"/>
+      <c r="H235" s="123"/>
       <c r="I235" s="30"/>
     </row>
     <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21"/>
-      <c r="C236" s="116"/>
+      <c r="C236" s="95"/>
       <c r="D236" s="93"/>
       <c r="E236" s="29" t="s">
         <v>445</v>
       </c>
-      <c r="F236" s="248"/>
+      <c r="F236" s="278"/>
       <c r="G236" s="23"/>
-      <c r="H236" s="147"/>
+      <c r="H236" s="123"/>
       <c r="I236" s="30"/>
     </row>
     <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B237" s="21"/>
-      <c r="C237" s="116"/>
+      <c r="C237" s="95"/>
       <c r="D237" s="93"/>
       <c r="E237" s="29" t="s">
         <v>394</v>
       </c>
-      <c r="F237" s="248"/>
+      <c r="F237" s="278"/>
       <c r="G237" s="23"/>
-      <c r="H237" s="147"/>
+      <c r="H237" s="123"/>
       <c r="I237" s="30"/>
     </row>
     <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B238" s="21"/>
-      <c r="C238" s="116"/>
+      <c r="C238" s="95"/>
       <c r="D238" s="93"/>
       <c r="E238" s="29" t="s">
         <v>360</v>
       </c>
-      <c r="F238" s="248"/>
+      <c r="F238" s="278"/>
       <c r="G238" s="23" t="s">
         <v>365</v>
       </c>
-      <c r="H238" s="147"/>
+      <c r="H238" s="123"/>
       <c r="I238" s="30" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B239" s="21"/>
-      <c r="C239" s="116"/>
-      <c r="D239" s="94"/>
+      <c r="C239" s="95"/>
+      <c r="D239" s="97"/>
       <c r="E239" s="45" t="s">
         <v>426</v>
       </c>
-      <c r="F239" s="252"/>
+      <c r="F239" s="282"/>
       <c r="G239" s="23"/>
-      <c r="H239" s="147"/>
+      <c r="H239" s="123"/>
       <c r="I239" s="30"/>
     </row>
     <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B240" s="21"/>
-      <c r="C240" s="116"/>
+      <c r="C240" s="95"/>
       <c r="D240" s="93"/>
       <c r="E240" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="F240" s="248"/>
+      <c r="F240" s="278"/>
       <c r="G240" s="23"/>
-      <c r="H240" s="147"/>
+      <c r="H240" s="123"/>
       <c r="I240" s="30"/>
     </row>
     <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B241" s="21"/>
-      <c r="C241" s="116"/>
-      <c r="D241" s="94"/>
+      <c r="C241" s="95"/>
+      <c r="D241" s="97"/>
       <c r="E241" s="19" t="s">
         <v>459</v>
       </c>
-      <c r="F241" s="246"/>
+      <c r="F241" s="275"/>
       <c r="G241" s="23"/>
-      <c r="H241" s="147"/>
+      <c r="H241" s="123"/>
       <c r="I241" s="30"/>
     </row>
     <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B242" s="4"/>
-      <c r="C242" s="125"/>
-      <c r="D242" s="102"/>
+      <c r="C242" s="104"/>
+      <c r="D242" s="294"/>
       <c r="E242" s="19" t="s">
         <v>467</v>
       </c>
-      <c r="F242" s="246"/>
+      <c r="F242" s="275"/>
       <c r="G242" s="33"/>
-      <c r="H242" s="150"/>
+      <c r="H242" s="126"/>
       <c r="I242" s="49"/>
     </row>
     <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
-      <c r="C243" s="114" t="s">
+      <c r="C243" s="93" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="93"/>
       <c r="E243" s="51" t="s">
         <v>451</v>
       </c>
-      <c r="F243" s="256"/>
+      <c r="F243" s="289"/>
       <c r="G243" s="82" t="s">
         <v>478</v>
       </c>
-      <c r="H243" s="147"/>
+      <c r="H243" s="123"/>
       <c r="I243" s="30" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B244" s="21"/>
-      <c r="C244" s="118"/>
-      <c r="D244" s="94"/>
+      <c r="C244" s="97"/>
+      <c r="D244" s="97"/>
       <c r="E244" s="10" t="s">
         <v>452</v>
       </c>
-      <c r="F244" s="245"/>
+      <c r="F244" s="274"/>
       <c r="G244" s="83" t="s">
         <v>474</v>
       </c>
-      <c r="H244" s="147"/>
+      <c r="H244" s="123"/>
       <c r="I244" s="49"/>
     </row>
     <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B245" s="21"/>
-      <c r="C245" s="119"/>
-      <c r="D245" s="97"/>
+      <c r="C245" s="98"/>
+      <c r="D245" s="98"/>
       <c r="E245" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="F245" s="245"/>
+      <c r="F245" s="274"/>
       <c r="G245" s="84"/>
-      <c r="H245" s="150"/>
+      <c r="H245" s="126"/>
       <c r="I245" s="30" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B246" s="21"/>
-      <c r="C246" s="114"/>
+      <c r="C246" s="93"/>
       <c r="D246" s="93"/>
       <c r="E246" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="F246" s="245"/>
+      <c r="F246" s="274"/>
       <c r="G246" s="83" t="s">
         <v>402</v>
       </c>
-      <c r="H246" s="147"/>
+      <c r="H246" s="123"/>
       <c r="I246" s="30" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B247" s="21"/>
-      <c r="C247" s="114"/>
+      <c r="C247" s="93"/>
       <c r="D247" s="93"/>
       <c r="E247" s="10" t="s">
         <v>440</v>
       </c>
-      <c r="F247" s="245"/>
+      <c r="F247" s="274"/>
       <c r="G247" s="83" t="s">
         <v>401</v>
       </c>
-      <c r="H247" s="147"/>
+      <c r="H247" s="123"/>
       <c r="I247" s="30" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21"/>
-      <c r="C248" s="114"/>
+      <c r="C248" s="93"/>
       <c r="D248" s="93"/>
       <c r="E248" s="10" t="s">
         <v>469</v>
       </c>
-      <c r="F248" s="245"/>
+      <c r="F248" s="274"/>
       <c r="G248" s="83"/>
-      <c r="H248" s="147"/>
+      <c r="H248" s="123"/>
       <c r="I248" s="30"/>
     </row>
     <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="21"/>
-      <c r="C249" s="114"/>
+      <c r="C249" s="93"/>
       <c r="D249" s="93"/>
       <c r="E249" s="10" t="s">
         <v>482</v>
       </c>
-      <c r="F249" s="245"/>
+      <c r="F249" s="274"/>
       <c r="G249" s="83"/>
-      <c r="H249" s="147"/>
+      <c r="H249" s="123"/>
       <c r="I249" s="30"/>
     </row>
     <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
-      <c r="C250" s="114"/>
+      <c r="C250" s="93"/>
       <c r="D250" s="93"/>
       <c r="E250" s="14" t="s">
         <v>483</v>
       </c>
-      <c r="F250" s="257"/>
+      <c r="F250" s="290"/>
       <c r="G250" s="85" t="s">
         <v>84</v>
       </c>
-      <c r="H250" s="147"/>
+      <c r="H250" s="123"/>
       <c r="I250" s="30"/>
     </row>
     <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B251" s="48">
         <v>2024</v>
       </c>
-      <c r="C251" s="123" t="s">
+      <c r="C251" s="102" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="93"/>
       <c r="E251" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="F251" s="245"/>
+      <c r="F251" s="274"/>
       <c r="G251" s="84"/>
-      <c r="H251" s="150"/>
+      <c r="H251" s="126"/>
       <c r="I251" s="12" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
-      <c r="C252" s="114"/>
+      <c r="C252" s="93"/>
       <c r="D252" s="93"/>
       <c r="E252" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="F252" s="245"/>
+      <c r="F252" s="274"/>
       <c r="G252" s="84"/>
-      <c r="H252" s="150"/>
+      <c r="H252" s="126"/>
       <c r="I252" s="24" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
-      <c r="C253" s="114"/>
+      <c r="C253" s="93"/>
       <c r="D253" s="93"/>
       <c r="E253" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="F253" s="245"/>
+      <c r="F253" s="274"/>
       <c r="G253" s="84"/>
-      <c r="H253" s="150"/>
+      <c r="H253" s="126"/>
       <c r="I253" s="24"/>
     </row>
     <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
-      <c r="C254" s="114"/>
+      <c r="C254" s="93"/>
       <c r="D254" s="93"/>
       <c r="E254" s="10" t="s">
         <v>314</v>
       </c>
-      <c r="F254" s="245"/>
+      <c r="F254" s="274"/>
       <c r="G254" s="83" t="s">
         <v>479</v>
       </c>
-      <c r="H254" s="147"/>
+      <c r="H254" s="123"/>
       <c r="I254" s="71"/>
     </row>
     <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B255" s="21"/>
-      <c r="C255" s="114"/>
+      <c r="C255" s="93"/>
       <c r="D255" s="93"/>
       <c r="E255" s="10" t="s">
         <v>499</v>
       </c>
-      <c r="F255" s="245"/>
+      <c r="F255" s="274"/>
       <c r="G255" s="83"/>
-      <c r="H255" s="147"/>
+      <c r="H255" s="123"/>
       <c r="I255" s="24" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
-      <c r="C256" s="114"/>
+      <c r="C256" s="93"/>
       <c r="D256" s="93"/>
       <c r="E256" s="10" t="s">
         <v>433</v>
       </c>
-      <c r="F256" s="245"/>
+      <c r="F256" s="274"/>
       <c r="G256" s="84"/>
-      <c r="H256" s="150"/>
+      <c r="H256" s="126"/>
       <c r="I256" s="71"/>
     </row>
     <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
-      <c r="C257" s="114"/>
+      <c r="C257" s="93"/>
       <c r="D257" s="93"/>
       <c r="E257" s="10" t="s">
         <v>391</v>
       </c>
-      <c r="F257" s="245"/>
+      <c r="F257" s="274"/>
       <c r="G257" s="84"/>
-      <c r="H257" s="150"/>
+      <c r="H257" s="126"/>
       <c r="I257" s="30" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B258" s="21"/>
-      <c r="C258" s="114"/>
+      <c r="C258" s="93"/>
       <c r="D258" s="93"/>
       <c r="E258" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="F258" s="245"/>
+      <c r="F258" s="274"/>
       <c r="G258" s="84"/>
-      <c r="H258" s="150"/>
+      <c r="H258" s="126"/>
       <c r="I258" s="71"/>
     </row>
     <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B259" s="4"/>
-      <c r="C259" s="128"/>
-      <c r="D259" s="103"/>
+      <c r="C259" s="107"/>
+      <c r="D259" s="107"/>
       <c r="E259" s="14" t="s">
         <v>389</v>
       </c>
-      <c r="F259" s="257"/>
+      <c r="F259" s="290"/>
       <c r="G259" s="86"/>
-      <c r="H259" s="150"/>
+      <c r="H259" s="126"/>
       <c r="I259" s="24" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="260" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G260" s="61"/>
-      <c r="H260" s="157"/>
+      <c r="H260" s="133"/>
       <c r="I260" s="61"/>
     </row>
     <row r="261" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G261" s="61"/>
-      <c r="H261" s="157"/>
+      <c r="H261" s="133"/>
       <c r="I261" s="61"/>
     </row>
     <row r="262" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G262" s="61"/>
-      <c r="H262" s="157"/>
+      <c r="H262" s="133"/>
       <c r="I262" s="61"/>
     </row>
     <row r="263" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="I263" s="61"/>
     </row>
     <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B264" s="357" t="s">
+      <c r="B264" s="314" t="s">
         <v>652</v>
       </c>
-      <c r="C264" s="358"/>
-[...8 lines deleted...]
-      <c r="B265" s="113" t="s">
+      <c r="C264" s="315"/>
+      <c r="D264" s="315"/>
+      <c r="E264" s="315"/>
+      <c r="F264" s="315"/>
+      <c r="G264" s="315"/>
+      <c r="H264" s="315"/>
+      <c r="I264" s="316"/>
+    </row>
+    <row r="265" spans="2:9" s="91" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B265" s="92" t="s">
         <v>0</v>
       </c>
-      <c r="C265" s="132" t="s">
+      <c r="C265" s="111" t="s">
         <v>1</v>
       </c>
-      <c r="D265" s="168" t="s">
+      <c r="D265" s="144" t="s">
         <v>528</v>
       </c>
-      <c r="E265" s="169" t="s">
+      <c r="E265" s="145" t="s">
         <v>2</v>
       </c>
-      <c r="F265" s="181" t="s">
+      <c r="F265" s="150" t="s">
         <v>528</v>
       </c>
-      <c r="G265" s="182" t="s">
+      <c r="G265" s="151" t="s">
         <v>3</v>
       </c>
-      <c r="H265" s="196" t="s">
+      <c r="H265" s="160" t="s">
         <v>528</v>
       </c>
-      <c r="I265" s="197" t="s">
+      <c r="I265" s="161" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="266" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B266" s="52">
         <v>2025</v>
       </c>
-      <c r="C266" s="123" t="s">
+      <c r="C266" s="102" t="s">
         <v>42</v>
       </c>
-      <c r="D266" s="170"/>
-      <c r="E266" s="171" t="s">
+      <c r="D266" s="295"/>
+      <c r="E266" s="146" t="s">
         <v>475</v>
       </c>
-      <c r="F266" s="183"/>
-      <c r="G266" s="184" t="s">
+      <c r="F266" s="240"/>
+      <c r="G266" s="152" t="s">
         <v>472</v>
       </c>
-      <c r="H266" s="198"/>
-      <c r="I266" s="199"/>
+      <c r="H266" s="162"/>
+      <c r="I266" s="163"/>
     </row>
     <row r="267" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B267" s="3"/>
-      <c r="C267" s="114"/>
-[...1 lines deleted...]
-      <c r="E267" s="173" t="s">
+      <c r="C267" s="93"/>
+      <c r="D267" s="296"/>
+      <c r="E267" s="147" t="s">
         <v>487</v>
       </c>
-      <c r="F267" s="185"/>
-      <c r="G267" s="186" t="s">
+      <c r="F267" s="214"/>
+      <c r="G267" s="153" t="s">
         <v>518</v>
       </c>
-      <c r="H267" s="200"/>
-      <c r="I267" s="201"/>
+      <c r="H267" s="164"/>
+      <c r="I267" s="165"/>
     </row>
     <row r="268" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B268" s="3"/>
-      <c r="C268" s="114"/>
-[...1 lines deleted...]
-      <c r="E268" s="173" t="s">
+      <c r="C268" s="93"/>
+      <c r="D268" s="296"/>
+      <c r="E268" s="147" t="s">
         <v>488</v>
       </c>
-      <c r="F268" s="185"/>
-      <c r="G268" s="186" t="s">
+      <c r="F268" s="214"/>
+      <c r="G268" s="153" t="s">
         <v>498</v>
       </c>
-      <c r="H268" s="200"/>
-      <c r="I268" s="201"/>
+      <c r="H268" s="164"/>
+      <c r="I268" s="165"/>
     </row>
     <row r="269" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B269" s="3"/>
-      <c r="C269" s="114"/>
-[...1 lines deleted...]
-      <c r="E269" s="173" t="s">
+      <c r="C269" s="93"/>
+      <c r="D269" s="296"/>
+      <c r="E269" s="147" t="s">
         <v>489</v>
       </c>
-      <c r="F269" s="185"/>
-      <c r="G269" s="186" t="s">
+      <c r="F269" s="214"/>
+      <c r="G269" s="153" t="s">
         <v>514</v>
       </c>
-      <c r="H269" s="200"/>
-      <c r="I269" s="201"/>
+      <c r="H269" s="164"/>
+      <c r="I269" s="165"/>
     </row>
     <row r="270" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B270" s="3"/>
-      <c r="C270" s="114"/>
-[...1 lines deleted...]
-      <c r="E270" s="173" t="s">
+      <c r="C270" s="93"/>
+      <c r="D270" s="296"/>
+      <c r="E270" s="147" t="s">
         <v>484</v>
       </c>
-      <c r="F270" s="185"/>
-      <c r="G270" s="186" t="s">
+      <c r="F270" s="214"/>
+      <c r="G270" s="153" t="s">
         <v>371</v>
       </c>
-      <c r="H270" s="200"/>
-      <c r="I270" s="201"/>
+      <c r="H270" s="164"/>
+      <c r="I270" s="165"/>
     </row>
     <row r="271" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B271" s="3"/>
-      <c r="C271" s="114"/>
-[...1 lines deleted...]
-      <c r="E271" s="173" t="s">
+      <c r="C271" s="93"/>
+      <c r="D271" s="296"/>
+      <c r="E271" s="147" t="s">
         <v>418</v>
       </c>
-      <c r="F271" s="185"/>
-      <c r="G271" s="187" t="s">
+      <c r="F271" s="214"/>
+      <c r="G271" s="154" t="s">
         <v>370</v>
       </c>
-      <c r="H271" s="200"/>
-      <c r="I271" s="201" t="s">
+      <c r="H271" s="164"/>
+      <c r="I271" s="165" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="272" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B272" s="3"/>
-      <c r="C272" s="114"/>
-[...1 lines deleted...]
-      <c r="E272" s="173" t="s">
+      <c r="C272" s="93"/>
+      <c r="D272" s="296"/>
+      <c r="E272" s="147" t="s">
         <v>490</v>
       </c>
-      <c r="F272" s="185"/>
-      <c r="G272" s="186" t="s">
+      <c r="F272" s="214"/>
+      <c r="G272" s="153" t="s">
         <v>369</v>
       </c>
-      <c r="H272" s="200"/>
-      <c r="I272" s="201" t="s">
+      <c r="H272" s="164"/>
+      <c r="I272" s="165" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="273" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B273" s="3"/>
-      <c r="C273" s="114"/>
-[...1 lines deleted...]
-      <c r="E273" s="173" t="s">
+      <c r="C273" s="93"/>
+      <c r="D273" s="296"/>
+      <c r="E273" s="147" t="s">
         <v>497</v>
       </c>
-      <c r="F273" s="185"/>
-      <c r="G273" s="187" t="s">
+      <c r="F273" s="214"/>
+      <c r="G273" s="154" t="s">
         <v>513</v>
       </c>
-      <c r="H273" s="200"/>
-      <c r="I273" s="201"/>
+      <c r="H273" s="164"/>
+      <c r="I273" s="165"/>
     </row>
     <row r="274" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B274" s="3"/>
-      <c r="C274" s="114"/>
-[...1 lines deleted...]
-      <c r="E274" s="173" t="s">
+      <c r="C274" s="93"/>
+      <c r="D274" s="296"/>
+      <c r="E274" s="147" t="s">
         <v>491</v>
       </c>
-      <c r="F274" s="185"/>
-      <c r="G274" s="187" t="s">
+      <c r="F274" s="214"/>
+      <c r="G274" s="154" t="s">
         <v>503</v>
       </c>
-      <c r="H274" s="200"/>
-      <c r="I274" s="201" t="s">
+      <c r="H274" s="164"/>
+      <c r="I274" s="165" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="275" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B275" s="3"/>
-      <c r="C275" s="114"/>
-[...1 lines deleted...]
-      <c r="E275" s="173" t="s">
+      <c r="C275" s="93"/>
+      <c r="D275" s="296"/>
+      <c r="E275" s="147" t="s">
         <v>501</v>
       </c>
-      <c r="F275" s="185"/>
-[...2 lines deleted...]
-      <c r="I275" s="201" t="s">
+      <c r="F275" s="214"/>
+      <c r="G275" s="154"/>
+      <c r="H275" s="164"/>
+      <c r="I275" s="165" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="276" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B276" s="67"/>
-      <c r="C276" s="130"/>
-[...1 lines deleted...]
-      <c r="E276" s="175" t="s">
+      <c r="C276" s="109"/>
+      <c r="D276" s="297"/>
+      <c r="E276" s="148" t="s">
         <v>495</v>
       </c>
-      <c r="F276" s="188"/>
-      <c r="G276" s="189" t="s">
+      <c r="F276" s="215"/>
+      <c r="G276" s="155" t="s">
         <v>515</v>
       </c>
-      <c r="H276" s="200"/>
-      <c r="I276" s="201" t="s">
+      <c r="H276" s="164"/>
+      <c r="I276" s="165" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="277" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B277" s="48">
         <v>2025</v>
       </c>
-      <c r="C277" s="114" t="s">
+      <c r="C277" s="93" t="s">
         <v>5</v>
       </c>
-      <c r="D277" s="172"/>
-      <c r="E277" s="173" t="s">
+      <c r="D277" s="296"/>
+      <c r="E277" s="147" t="s">
         <v>63</v>
       </c>
-      <c r="F277" s="185"/>
-[...2 lines deleted...]
-      <c r="I277" s="203"/>
+      <c r="F277" s="214"/>
+      <c r="G277" s="156"/>
+      <c r="H277" s="166"/>
+      <c r="I277" s="167"/>
     </row>
     <row r="278" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B278" s="21"/>
-      <c r="C278" s="114"/>
-[...1 lines deleted...]
-      <c r="E278" s="173" t="s">
+      <c r="C278" s="93"/>
+      <c r="D278" s="296"/>
+      <c r="E278" s="147" t="s">
         <v>431</v>
       </c>
-      <c r="F278" s="185"/>
-[...2 lines deleted...]
-      <c r="I278" s="204"/>
+      <c r="F278" s="214"/>
+      <c r="G278" s="156"/>
+      <c r="H278" s="166"/>
+      <c r="I278" s="168"/>
     </row>
     <row r="279" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B279" s="21"/>
-      <c r="C279" s="114"/>
-[...1 lines deleted...]
-      <c r="E279" s="173" t="s">
+      <c r="C279" s="93"/>
+      <c r="D279" s="296"/>
+      <c r="E279" s="147" t="s">
         <v>511</v>
       </c>
-      <c r="F279" s="185"/>
-[...2 lines deleted...]
-      <c r="I279" s="204"/>
+      <c r="F279" s="214"/>
+      <c r="G279" s="156"/>
+      <c r="H279" s="166"/>
+      <c r="I279" s="168"/>
     </row>
     <row r="280" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B280" s="21"/>
-      <c r="C280" s="114"/>
-[...1 lines deleted...]
-      <c r="E280" s="173" t="s">
+      <c r="C280" s="93"/>
+      <c r="D280" s="296"/>
+      <c r="E280" s="147" t="s">
         <v>512</v>
       </c>
-      <c r="F280" s="185"/>
-[...2 lines deleted...]
-      <c r="I280" s="204"/>
+      <c r="F280" s="214"/>
+      <c r="G280" s="156"/>
+      <c r="H280" s="166"/>
+      <c r="I280" s="168"/>
     </row>
     <row r="281" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B281" s="21"/>
-      <c r="C281" s="114"/>
-[...1 lines deleted...]
-      <c r="E281" s="173" t="s">
+      <c r="C281" s="93"/>
+      <c r="D281" s="296"/>
+      <c r="E281" s="147" t="s">
         <v>502</v>
       </c>
-      <c r="F281" s="185"/>
-[...2 lines deleted...]
-      <c r="I281" s="204" t="s">
+      <c r="F281" s="214"/>
+      <c r="G281" s="156"/>
+      <c r="H281" s="166"/>
+      <c r="I281" s="168" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="282" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B282" s="21"/>
-      <c r="C282" s="114"/>
-[...1 lines deleted...]
-      <c r="E282" s="173" t="s">
+      <c r="C282" s="93"/>
+      <c r="D282" s="296"/>
+      <c r="E282" s="147" t="s">
         <v>516</v>
       </c>
-      <c r="F282" s="185"/>
-[...2 lines deleted...]
-      <c r="I282" s="204" t="s">
+      <c r="F282" s="214"/>
+      <c r="G282" s="156"/>
+      <c r="H282" s="166"/>
+      <c r="I282" s="168" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="283" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B283" s="21"/>
-      <c r="C283" s="114"/>
-[...1 lines deleted...]
-      <c r="E283" s="173" t="s">
+      <c r="C283" s="93"/>
+      <c r="D283" s="296"/>
+      <c r="E283" s="147" t="s">
         <v>460</v>
       </c>
-      <c r="F283" s="185"/>
-[...2 lines deleted...]
-      <c r="I283" s="204" t="s">
+      <c r="F283" s="214"/>
+      <c r="G283" s="156"/>
+      <c r="H283" s="166"/>
+      <c r="I283" s="168" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="284" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B284" s="21"/>
-      <c r="C284" s="114"/>
-[...1 lines deleted...]
-      <c r="E284" s="173" t="s">
+      <c r="C284" s="93"/>
+      <c r="D284" s="296"/>
+      <c r="E284" s="147" t="s">
         <v>521</v>
       </c>
-      <c r="F284" s="185"/>
-[...2 lines deleted...]
-      <c r="I284" s="204" t="s">
+      <c r="F284" s="214"/>
+      <c r="G284" s="156"/>
+      <c r="H284" s="166"/>
+      <c r="I284" s="168" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="285" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B285" s="21"/>
-      <c r="C285" s="114"/>
-[...1 lines deleted...]
-      <c r="E285" s="173" t="s">
+      <c r="C285" s="93"/>
+      <c r="D285" s="296"/>
+      <c r="E285" s="147" t="s">
         <v>520</v>
       </c>
-      <c r="F285" s="185"/>
-[...2 lines deleted...]
-      <c r="I285" s="204" t="s">
+      <c r="F285" s="214"/>
+      <c r="G285" s="156"/>
+      <c r="H285" s="166"/>
+      <c r="I285" s="168" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="286" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B286" s="21"/>
-      <c r="C286" s="114"/>
-[...1 lines deleted...]
-      <c r="E286" s="173" t="s">
+      <c r="C286" s="93"/>
+      <c r="D286" s="296"/>
+      <c r="E286" s="147" t="s">
         <v>454</v>
       </c>
-      <c r="F286" s="185"/>
-[...2 lines deleted...]
-      <c r="I286" s="204" t="s">
+      <c r="F286" s="214"/>
+      <c r="G286" s="156"/>
+      <c r="H286" s="166"/>
+      <c r="I286" s="168" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="287" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B287" s="13"/>
-      <c r="C287" s="114"/>
-[...1 lines deleted...]
-      <c r="E287" s="173" t="s">
+      <c r="C287" s="93"/>
+      <c r="D287" s="296"/>
+      <c r="E287" s="147" t="s">
         <v>523</v>
       </c>
-      <c r="F287" s="185"/>
-[...2 lines deleted...]
-      <c r="I287" s="204"/>
+      <c r="F287" s="214"/>
+      <c r="G287" s="156"/>
+      <c r="H287" s="166"/>
+      <c r="I287" s="168"/>
     </row>
     <row r="288" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B288" s="13"/>
-      <c r="C288" s="114"/>
-[...1 lines deleted...]
-      <c r="E288" s="173" t="s">
+      <c r="C288" s="93"/>
+      <c r="D288" s="296"/>
+      <c r="E288" s="147" t="s">
         <v>525</v>
       </c>
-      <c r="F288" s="185"/>
-[...2 lines deleted...]
-      <c r="I288" s="204"/>
+      <c r="F288" s="214"/>
+      <c r="G288" s="156"/>
+      <c r="H288" s="166"/>
+      <c r="I288" s="168"/>
     </row>
     <row r="289" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B289" s="1"/>
-      <c r="C289" s="114"/>
-[...1 lines deleted...]
-      <c r="E289" s="173" t="s">
+      <c r="C289" s="93"/>
+      <c r="D289" s="296"/>
+      <c r="E289" s="147" t="s">
         <v>496</v>
       </c>
-      <c r="F289" s="185"/>
-[...2 lines deleted...]
-      <c r="I289" s="204"/>
+      <c r="F289" s="214"/>
+      <c r="G289" s="156"/>
+      <c r="H289" s="166"/>
+      <c r="I289" s="168"/>
     </row>
     <row r="290" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B290" s="68"/>
-      <c r="C290" s="131"/>
-[...1 lines deleted...]
-      <c r="E290" s="173" t="s">
+      <c r="C290" s="110"/>
+      <c r="D290" s="296"/>
+      <c r="E290" s="147" t="s">
         <v>492</v>
       </c>
-      <c r="F290" s="185"/>
-[...2 lines deleted...]
-      <c r="I290" s="206"/>
+      <c r="F290" s="214"/>
+      <c r="G290" s="157"/>
+      <c r="H290" s="169"/>
+      <c r="I290" s="170"/>
     </row>
     <row r="291" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B291" s="36">
         <v>2025</v>
       </c>
-      <c r="C291" s="123" t="s">
+      <c r="C291" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="D291" s="170"/>
-      <c r="E291" s="171" t="s">
+      <c r="D291" s="295"/>
+      <c r="E291" s="146" t="s">
         <v>429</v>
       </c>
-      <c r="F291" s="185"/>
-[...2 lines deleted...]
-      <c r="I291" s="204"/>
+      <c r="F291" s="214"/>
+      <c r="G291" s="156"/>
+      <c r="H291" s="166"/>
+      <c r="I291" s="168"/>
     </row>
     <row r="292" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B292" s="2"/>
-      <c r="C292" s="114"/>
-[...1 lines deleted...]
-      <c r="E292" s="173" t="s">
+      <c r="C292" s="93"/>
+      <c r="D292" s="296"/>
+      <c r="E292" s="147" t="s">
         <v>423</v>
       </c>
-      <c r="F292" s="185"/>
-      <c r="G292" s="192" t="s">
+      <c r="F292" s="214"/>
+      <c r="G292" s="158" t="s">
         <v>494</v>
       </c>
-      <c r="H292" s="207"/>
-      <c r="I292" s="204"/>
+      <c r="H292" s="171"/>
+      <c r="I292" s="168"/>
     </row>
     <row r="293" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B293" s="2"/>
-      <c r="C293" s="114"/>
-[...1 lines deleted...]
-      <c r="E293" s="173" t="s">
+      <c r="C293" s="93"/>
+      <c r="D293" s="296"/>
+      <c r="E293" s="147" t="s">
         <v>427</v>
       </c>
-      <c r="F293" s="185"/>
-[...2 lines deleted...]
-      <c r="I293" s="204"/>
+      <c r="F293" s="214"/>
+      <c r="G293" s="156"/>
+      <c r="H293" s="166"/>
+      <c r="I293" s="168"/>
     </row>
     <row r="294" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B294" s="2"/>
-      <c r="C294" s="114"/>
-[...1 lines deleted...]
-      <c r="E294" s="173" t="s">
+      <c r="C294" s="93"/>
+      <c r="D294" s="296"/>
+      <c r="E294" s="147" t="s">
         <v>493</v>
       </c>
-      <c r="F294" s="185"/>
-[...2 lines deleted...]
-      <c r="I294" s="204"/>
+      <c r="F294" s="214"/>
+      <c r="G294" s="156"/>
+      <c r="H294" s="166"/>
+      <c r="I294" s="168"/>
     </row>
     <row r="295" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B295" s="2"/>
-      <c r="C295" s="114"/>
-[...1 lines deleted...]
-      <c r="E295" s="173" t="s">
+      <c r="C295" s="93"/>
+      <c r="D295" s="296"/>
+      <c r="E295" s="147" t="s">
         <v>519</v>
       </c>
-      <c r="F295" s="185"/>
-[...2 lines deleted...]
-      <c r="I295" s="204"/>
+      <c r="F295" s="214"/>
+      <c r="G295" s="156"/>
+      <c r="H295" s="166"/>
+      <c r="I295" s="168"/>
     </row>
     <row r="296" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B296" s="2"/>
-      <c r="C296" s="114"/>
-[...1 lines deleted...]
-      <c r="E296" s="173" t="s">
+      <c r="C296" s="93"/>
+      <c r="D296" s="296"/>
+      <c r="E296" s="147" t="s">
         <v>524</v>
       </c>
-      <c r="F296" s="185"/>
-[...2 lines deleted...]
-      <c r="I296" s="204"/>
+      <c r="F296" s="214"/>
+      <c r="G296" s="156"/>
+      <c r="H296" s="166"/>
+      <c r="I296" s="168"/>
     </row>
     <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B297" s="90"/>
-      <c r="C297" s="360" t="s">
+      <c r="C297" s="306" t="s">
         <v>7</v>
       </c>
-      <c r="D297" s="172">
+      <c r="D297" s="296">
         <v>15</v>
       </c>
-      <c r="E297" s="173" t="s">
+      <c r="E297" s="147" t="s">
         <v>500</v>
       </c>
-      <c r="F297" s="185"/>
-[...2 lines deleted...]
-      <c r="I297" s="204"/>
+      <c r="F297" s="214"/>
+      <c r="G297" s="156"/>
+      <c r="H297" s="166"/>
+      <c r="I297" s="168"/>
     </row>
     <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B298" s="21"/>
-      <c r="C298" s="360"/>
-      <c r="D298" s="172">
+      <c r="C298" s="306"/>
+      <c r="D298" s="296">
         <v>25</v>
       </c>
-      <c r="E298" s="173" t="s">
+      <c r="E298" s="147" t="s">
         <v>527</v>
       </c>
-      <c r="F298" s="185"/>
-[...2 lines deleted...]
-      <c r="I298" s="204"/>
+      <c r="F298" s="214"/>
+      <c r="G298" s="156"/>
+      <c r="H298" s="166"/>
+      <c r="I298" s="168"/>
     </row>
     <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B299" s="21"/>
-      <c r="C299" s="360"/>
-      <c r="D299" s="172">
+      <c r="C299" s="306"/>
+      <c r="D299" s="296">
         <v>27</v>
       </c>
-      <c r="E299" s="173" t="s">
+      <c r="E299" s="147" t="s">
         <v>526</v>
       </c>
-      <c r="F299" s="185"/>
-[...2 lines deleted...]
-      <c r="I299" s="204"/>
+      <c r="F299" s="214"/>
+      <c r="G299" s="156"/>
+      <c r="H299" s="166"/>
+      <c r="I299" s="168"/>
     </row>
     <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B300" s="4"/>
-      <c r="C300" s="361"/>
-      <c r="D300" s="174">
+      <c r="C300" s="307"/>
+      <c r="D300" s="297">
         <v>31</v>
       </c>
-      <c r="E300" s="175" t="s">
+      <c r="E300" s="148" t="s">
         <v>506</v>
       </c>
-      <c r="F300" s="185"/>
-[...2 lines deleted...]
-      <c r="I300" s="209"/>
+      <c r="F300" s="214"/>
+      <c r="G300" s="159"/>
+      <c r="H300" s="172"/>
+      <c r="I300" s="173"/>
     </row>
     <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B301" s="237">
+      <c r="B301" s="191">
         <v>2025</v>
       </c>
-      <c r="D301" s="176">
+      <c r="D301" s="298">
         <v>1</v>
       </c>
-      <c r="E301" s="177" t="s">
+      <c r="E301" s="149" t="s">
         <v>540</v>
       </c>
-      <c r="F301" s="292"/>
-[...2 lines deleted...]
-      <c r="I301" s="211"/>
+      <c r="F301" s="291"/>
+      <c r="G301" s="213"/>
+      <c r="H301" s="174"/>
+      <c r="I301" s="175"/>
     </row>
     <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B302" s="238"/>
-[...1 lines deleted...]
-      <c r="D302" s="178">
+      <c r="B302" s="192"/>
+      <c r="C302" s="182"/>
+      <c r="D302" s="242">
         <v>1</v>
       </c>
-      <c r="E302" s="177" t="s">
+      <c r="E302" s="149" t="s">
         <v>531</v>
       </c>
-      <c r="F302" s="292"/>
-[...2 lines deleted...]
-      <c r="I302" s="213"/>
+      <c r="F302" s="291"/>
+      <c r="G302" s="213"/>
+      <c r="H302" s="176"/>
+      <c r="I302" s="177"/>
     </row>
     <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B303" s="238"/>
-[...1 lines deleted...]
-      <c r="D303" s="178">
+      <c r="B303" s="192"/>
+      <c r="C303" s="182"/>
+      <c r="D303" s="242">
         <v>1</v>
       </c>
-      <c r="E303" s="177" t="s">
+      <c r="E303" s="149" t="s">
         <v>541</v>
       </c>
-      <c r="F303" s="292"/>
-[...2 lines deleted...]
-      <c r="I303" s="213"/>
+      <c r="F303" s="291"/>
+      <c r="G303" s="213"/>
+      <c r="H303" s="178"/>
+      <c r="I303" s="177"/>
     </row>
     <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B304" s="238"/>
-[...1 lines deleted...]
-      <c r="D304" s="178">
+      <c r="B304" s="192"/>
+      <c r="C304" s="182"/>
+      <c r="D304" s="242">
         <v>3</v>
       </c>
-      <c r="E304" s="177" t="s">
+      <c r="E304" s="149" t="s">
         <v>542</v>
       </c>
-      <c r="F304" s="292"/>
-[...2 lines deleted...]
-      <c r="I304" s="213"/>
+      <c r="F304" s="291"/>
+      <c r="G304" s="213"/>
+      <c r="H304" s="179"/>
+      <c r="I304" s="177"/>
     </row>
     <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B305" s="238"/>
-[...1 lines deleted...]
-      <c r="D305" s="178">
+      <c r="B305" s="192"/>
+      <c r="C305" s="182"/>
+      <c r="D305" s="242">
         <v>8</v>
       </c>
-      <c r="E305" s="177" t="s">
+      <c r="E305" s="149" t="s">
         <v>543</v>
       </c>
-      <c r="F305" s="185"/>
-[...2 lines deleted...]
-      <c r="I305" s="213"/>
+      <c r="F305" s="214"/>
+      <c r="G305" s="156"/>
+      <c r="H305" s="176"/>
+      <c r="I305" s="177"/>
     </row>
     <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B306" s="238"/>
-[...1 lines deleted...]
-      <c r="D306" s="178">
+      <c r="B306" s="192"/>
+      <c r="C306" s="182"/>
+      <c r="D306" s="242">
         <v>8</v>
       </c>
-      <c r="E306" s="177" t="s">
+      <c r="E306" s="149" t="s">
         <v>544</v>
       </c>
-      <c r="F306" s="185"/>
-[...2 lines deleted...]
-      <c r="I306" s="213"/>
+      <c r="F306" s="214"/>
+      <c r="G306" s="156"/>
+      <c r="H306" s="176"/>
+      <c r="I306" s="177"/>
     </row>
     <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B307" s="370">
+      <c r="B307" s="302">
         <v>2025</v>
       </c>
-      <c r="C307" s="367" t="s">
+      <c r="C307" s="319" t="s">
         <v>8</v>
       </c>
-      <c r="D307" s="222">
+      <c r="D307" s="250">
         <v>15</v>
       </c>
-      <c r="E307" s="225" t="s">
+      <c r="E307" s="184" t="s">
         <v>545</v>
       </c>
-      <c r="F307" s="185">
+      <c r="F307" s="251">
         <v>23</v>
       </c>
-      <c r="G307" s="226" t="s">
+      <c r="G307" s="186" t="s">
         <v>568</v>
       </c>
-      <c r="H307" s="212"/>
-      <c r="I307" s="213"/>
+      <c r="H307" s="166"/>
+      <c r="I307" s="254"/>
     </row>
     <row r="308" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B308" s="363"/>
-[...1 lines deleted...]
-      <c r="D308" s="222">
+      <c r="B308" s="303"/>
+      <c r="C308" s="319"/>
+      <c r="D308" s="250">
         <v>15</v>
       </c>
-      <c r="E308" s="225" t="s">
+      <c r="E308" s="184" t="s">
         <v>530</v>
       </c>
-      <c r="F308" s="185">
+      <c r="F308" s="251">
         <v>23</v>
       </c>
-      <c r="G308" s="227" t="s">
+      <c r="G308" s="186" t="s">
         <v>567</v>
       </c>
-      <c r="H308" s="212"/>
-      <c r="I308" s="213"/>
+      <c r="H308" s="166"/>
+      <c r="I308" s="254"/>
     </row>
     <row r="309" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B309" s="363"/>
-[...1 lines deleted...]
-      <c r="D309" s="222">
+      <c r="B309" s="303"/>
+      <c r="C309" s="319"/>
+      <c r="D309" s="250">
         <v>22</v>
       </c>
-      <c r="E309" s="225" t="s">
+      <c r="E309" s="184" t="s">
         <v>546</v>
       </c>
-      <c r="F309" s="185">
+      <c r="F309" s="251">
         <v>29</v>
       </c>
-      <c r="G309" s="228" t="s">
+      <c r="G309" s="187" t="s">
         <v>569</v>
       </c>
-      <c r="H309" s="212"/>
-      <c r="I309" s="213"/>
+      <c r="H309" s="166"/>
+      <c r="I309" s="254"/>
     </row>
     <row r="310" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B310" s="363"/>
-[...1 lines deleted...]
-      <c r="D310" s="222">
+      <c r="B310" s="303"/>
+      <c r="C310" s="319"/>
+      <c r="D310" s="250">
         <v>29</v>
       </c>
-      <c r="E310" s="225" t="s">
+      <c r="E310" s="184" t="s">
         <v>529</v>
       </c>
-      <c r="F310" s="194">
+      <c r="F310" s="259">
         <v>30</v>
       </c>
-      <c r="G310" s="229" t="s">
+      <c r="G310" s="186" t="s">
         <v>557</v>
       </c>
-      <c r="H310" s="216"/>
-      <c r="I310" s="213"/>
+      <c r="H310" s="166"/>
+      <c r="I310" s="254"/>
     </row>
     <row r="311" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B311" s="363"/>
-      <c r="C311" s="342" t="s">
+      <c r="B311" s="303"/>
+      <c r="C311" s="317" t="s">
         <v>9</v>
       </c>
-      <c r="D311" s="176">
+      <c r="D311" s="263">
         <v>6</v>
       </c>
-      <c r="E311" s="224" t="s">
+      <c r="E311" s="184" t="s">
         <v>536</v>
       </c>
-      <c r="F311" s="271">
+      <c r="F311" s="292">
         <v>1</v>
       </c>
-      <c r="G311" s="266" t="s">
+      <c r="G311" s="186" t="s">
         <v>578</v>
       </c>
-      <c r="H311" s="198">
+      <c r="H311" s="166">
         <v>23</v>
       </c>
-      <c r="I311" s="231" t="s">
+      <c r="I311" s="253" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B312" s="363"/>
-[...1 lines deleted...]
-      <c r="D312" s="178">
+      <c r="B312" s="303"/>
+      <c r="C312" s="317"/>
+      <c r="D312" s="263">
         <v>6</v>
       </c>
-      <c r="E312" s="225" t="s">
+      <c r="E312" s="184" t="s">
         <v>539</v>
       </c>
-      <c r="F312" s="267">
+      <c r="F312" s="292">
         <v>2</v>
       </c>
-      <c r="G312" s="259" t="s">
+      <c r="G312" s="186" t="s">
         <v>577</v>
       </c>
-      <c r="H312" s="200">
+      <c r="H312" s="166">
         <v>23</v>
       </c>
-      <c r="I312" s="232" t="s">
+      <c r="I312" s="253" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B313" s="363"/>
-[...1 lines deleted...]
-      <c r="D313" s="178">
+      <c r="B313" s="303"/>
+      <c r="C313" s="317"/>
+      <c r="D313" s="263">
         <v>19</v>
       </c>
-      <c r="E313" s="225" t="s">
+      <c r="E313" s="184" t="s">
         <v>553</v>
       </c>
-      <c r="F313" s="272">
+      <c r="F313" s="261">
         <v>6</v>
       </c>
-      <c r="G313" s="259" t="s">
+      <c r="G313" s="186" t="s">
         <v>534</v>
       </c>
-      <c r="H313" s="200"/>
-      <c r="I313" s="232"/>
+      <c r="H313" s="166"/>
+      <c r="I313" s="253"/>
     </row>
     <row r="314" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B314" s="363"/>
-[...1 lines deleted...]
-      <c r="D314" s="178">
+      <c r="B314" s="303"/>
+      <c r="C314" s="317"/>
+      <c r="D314" s="263">
         <v>20</v>
       </c>
-      <c r="E314" s="236" t="s">
+      <c r="E314" s="184" t="s">
         <v>599</v>
       </c>
-      <c r="F314" s="272">
+      <c r="F314" s="261">
         <v>6</v>
       </c>
-      <c r="G314" s="259" t="s">
+      <c r="G314" s="186" t="s">
         <v>559</v>
       </c>
-      <c r="H314" s="219"/>
-      <c r="I314" s="230"/>
+      <c r="H314" s="172"/>
+      <c r="I314" s="252"/>
     </row>
     <row r="315" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B315" s="363"/>
-[...3 lines deleted...]
-      <c r="F315" s="272">
+      <c r="B315" s="303"/>
+      <c r="C315" s="317"/>
+      <c r="D315" s="263"/>
+      <c r="E315" s="184"/>
+      <c r="F315" s="261">
         <v>15</v>
       </c>
-      <c r="G315" s="259" t="s">
+      <c r="G315" s="186" t="s">
         <v>602</v>
       </c>
-      <c r="H315" s="219"/>
-      <c r="I315" s="230"/>
+      <c r="H315" s="172"/>
+      <c r="I315" s="252"/>
     </row>
     <row r="316" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B316" s="363"/>
-[...3 lines deleted...]
-      <c r="F316" s="185">
+      <c r="B316" s="303"/>
+      <c r="C316" s="317"/>
+      <c r="D316" s="263"/>
+      <c r="E316" s="255"/>
+      <c r="F316" s="251">
         <v>21</v>
       </c>
-      <c r="G316" s="260" t="s">
+      <c r="G316" s="187" t="s">
         <v>596</v>
       </c>
-      <c r="H316" s="220"/>
-      <c r="I316" s="232"/>
+      <c r="H316" s="256"/>
+      <c r="I316" s="253"/>
     </row>
     <row r="317" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B317" s="363"/>
-[...3 lines deleted...]
-      <c r="F317" s="185">
+      <c r="B317" s="303"/>
+      <c r="C317" s="317"/>
+      <c r="D317" s="263"/>
+      <c r="E317" s="257"/>
+      <c r="F317" s="251">
         <v>22</v>
       </c>
-      <c r="G317" s="260" t="s">
+      <c r="G317" s="187" t="s">
         <v>532</v>
       </c>
-      <c r="H317" s="220"/>
-      <c r="I317" s="230"/>
+      <c r="H317" s="256"/>
+      <c r="I317" s="252"/>
     </row>
     <row r="318" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B318" s="363"/>
-[...3 lines deleted...]
-      <c r="F318" s="185">
+      <c r="B318" s="303"/>
+      <c r="C318" s="317"/>
+      <c r="D318" s="263"/>
+      <c r="E318" s="184"/>
+      <c r="F318" s="251">
         <v>22</v>
       </c>
-      <c r="G318" s="260" t="s">
+      <c r="G318" s="187" t="s">
         <v>597</v>
       </c>
-      <c r="H318" s="220"/>
-      <c r="I318" s="230"/>
+      <c r="H318" s="256"/>
+      <c r="I318" s="252"/>
     </row>
     <row r="319" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B319" s="363"/>
-[...3 lines deleted...]
-      <c r="F319" s="185">
+      <c r="B319" s="303"/>
+      <c r="C319" s="317"/>
+      <c r="D319" s="263"/>
+      <c r="E319" s="184"/>
+      <c r="F319" s="251">
         <v>28</v>
       </c>
-      <c r="G319" s="259" t="s">
+      <c r="G319" s="186" t="s">
         <v>533</v>
       </c>
-      <c r="H319" s="220"/>
-      <c r="I319" s="230"/>
+      <c r="H319" s="256"/>
+      <c r="I319" s="252"/>
     </row>
     <row r="320" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B320" s="363"/>
-[...3 lines deleted...]
-      <c r="F320" s="273">
+      <c r="B320" s="303"/>
+      <c r="C320" s="317"/>
+      <c r="D320" s="263"/>
+      <c r="E320" s="258"/>
+      <c r="F320" s="292">
         <v>29</v>
       </c>
-      <c r="G320" s="274" t="s">
+      <c r="G320" s="186" t="s">
         <v>606</v>
       </c>
-      <c r="H320" s="200"/>
-      <c r="I320" s="232"/>
+      <c r="H320" s="166"/>
+      <c r="I320" s="253"/>
     </row>
     <row r="321" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B321" s="363"/>
-      <c r="C321" s="365" t="s">
+      <c r="B321" s="303"/>
+      <c r="C321" s="318" t="s">
         <v>10</v>
       </c>
-      <c r="D321" s="233">
+      <c r="D321" s="250">
         <v>1</v>
       </c>
-      <c r="E321" s="263" t="s">
+      <c r="E321" s="184" t="s">
         <v>548</v>
       </c>
-      <c r="F321" s="185">
+      <c r="F321" s="251">
         <v>6</v>
       </c>
-      <c r="G321" s="258" t="s">
+      <c r="G321" s="186" t="s">
         <v>558</v>
       </c>
-      <c r="H321" s="217">
+      <c r="H321" s="172">
         <v>4</v>
       </c>
-      <c r="I321" s="231" t="s">
+      <c r="I321" s="253" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B322" s="363"/>
-[...1 lines deleted...]
-      <c r="D322" s="222">
+      <c r="B322" s="303"/>
+      <c r="C322" s="318"/>
+      <c r="D322" s="250">
         <v>3</v>
       </c>
-      <c r="E322" s="242" t="s">
+      <c r="E322" s="184" t="s">
         <v>549</v>
       </c>
-      <c r="F322" s="185">
+      <c r="F322" s="251">
         <v>17</v>
       </c>
-      <c r="G322" s="258" t="s">
+      <c r="G322" s="186" t="s">
         <v>570</v>
       </c>
-      <c r="H322" s="270">
+      <c r="H322" s="271">
         <v>5</v>
       </c>
-      <c r="I322" s="232" t="s">
+      <c r="I322" s="253" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B323" s="363"/>
-[...1 lines deleted...]
-      <c r="D323" s="222">
+      <c r="B323" s="303"/>
+      <c r="C323" s="318"/>
+      <c r="D323" s="250">
         <v>3</v>
       </c>
-      <c r="E323" s="225" t="s">
+      <c r="E323" s="184" t="s">
         <v>547</v>
       </c>
-      <c r="F323" s="185">
+      <c r="F323" s="251">
         <v>18</v>
       </c>
-      <c r="G323" s="258" t="s">
+      <c r="G323" s="186" t="s">
         <v>560</v>
       </c>
-      <c r="H323" s="215">
+      <c r="H323" s="172">
         <v>25</v>
       </c>
-      <c r="I323" s="232" t="s">
+      <c r="I323" s="253" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B324" s="363"/>
-[...1 lines deleted...]
-      <c r="D324" s="222">
+      <c r="B324" s="303"/>
+      <c r="C324" s="318"/>
+      <c r="D324" s="250">
         <v>3</v>
       </c>
-      <c r="E324" s="225" t="s">
+      <c r="E324" s="184" t="s">
         <v>598</v>
       </c>
-      <c r="F324" s="185">
+      <c r="F324" s="251">
         <v>19</v>
       </c>
-      <c r="G324" s="258" t="s">
+      <c r="G324" s="186" t="s">
         <v>571</v>
       </c>
-      <c r="H324" s="212">
+      <c r="H324" s="166">
         <v>29</v>
       </c>
-      <c r="I324" s="232" t="s">
+      <c r="I324" s="253" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B325" s="363"/>
-[...1 lines deleted...]
-      <c r="D325" s="222">
+      <c r="B325" s="303"/>
+      <c r="C325" s="318"/>
+      <c r="D325" s="250">
         <v>13</v>
       </c>
-      <c r="E325" s="225" t="s">
+      <c r="E325" s="184" t="s">
         <v>580</v>
       </c>
-      <c r="F325" s="264">
+      <c r="F325" s="293">
         <v>23</v>
       </c>
-      <c r="G325" s="258" t="s">
+      <c r="G325" s="186" t="s">
         <v>584</v>
       </c>
-      <c r="H325" s="215">
+      <c r="H325" s="172">
         <v>30</v>
       </c>
-      <c r="I325" s="232" t="s">
+      <c r="I325" s="253" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B326" s="363"/>
-[...1 lines deleted...]
-      <c r="D326" s="178">
+      <c r="B326" s="303"/>
+      <c r="C326" s="318"/>
+      <c r="D326" s="263">
         <v>15</v>
       </c>
-      <c r="E326" s="242" t="s">
+      <c r="E326" s="184" t="s">
         <v>552</v>
       </c>
-      <c r="F326" s="185">
+      <c r="F326" s="251">
         <v>24</v>
       </c>
-      <c r="G326" s="258" t="s">
+      <c r="G326" s="186" t="s">
         <v>572</v>
       </c>
-      <c r="H326" s="270">
+      <c r="H326" s="271">
         <v>30</v>
       </c>
-      <c r="I326" s="232" t="s">
+      <c r="I326" s="253" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B327" s="363"/>
-[...1 lines deleted...]
-      <c r="D327" s="222">
+      <c r="B327" s="303"/>
+      <c r="C327" s="318"/>
+      <c r="D327" s="250">
         <v>20</v>
       </c>
-      <c r="E327" s="242" t="s">
+      <c r="E327" s="184" t="s">
         <v>550</v>
       </c>
-      <c r="F327" s="269"/>
-[...2 lines deleted...]
-      <c r="I327" s="230"/>
+      <c r="F327" s="292"/>
+      <c r="G327" s="198"/>
+      <c r="H327" s="166"/>
+      <c r="I327" s="252"/>
     </row>
     <row r="328" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B328" s="363"/>
-[...1 lines deleted...]
-      <c r="D328" s="235">
+      <c r="B328" s="303"/>
+      <c r="C328" s="318"/>
+      <c r="D328" s="250">
         <v>20</v>
       </c>
-      <c r="E328" s="243" t="s">
+      <c r="E328" s="184" t="s">
         <v>551</v>
       </c>
-      <c r="F328" s="195"/>
-[...2 lines deleted...]
-      <c r="I328" s="232"/>
+      <c r="F328" s="292"/>
+      <c r="G328" s="198"/>
+      <c r="H328" s="166"/>
+      <c r="I328" s="253"/>
     </row>
     <row r="329" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B329" s="363"/>
-      <c r="C329" s="362" t="s">
+      <c r="B329" s="303"/>
+      <c r="C329" s="317" t="s">
         <v>11</v>
       </c>
-      <c r="D329" s="233">
+      <c r="D329" s="250">
         <v>1</v>
       </c>
-      <c r="E329" s="225" t="s">
+      <c r="E329" s="184" t="s">
         <v>590</v>
       </c>
-      <c r="F329" s="185">
+      <c r="F329" s="251">
         <v>15</v>
       </c>
-      <c r="G329" s="226" t="s">
+      <c r="G329" s="186" t="s">
         <v>604</v>
       </c>
-      <c r="H329" s="276">
+      <c r="H329" s="172">
         <v>25</v>
       </c>
-      <c r="I329" s="231" t="s">
+      <c r="I329" s="253" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B330" s="363"/>
-[...1 lines deleted...]
-      <c r="D330" s="178">
+      <c r="B330" s="303"/>
+      <c r="C330" s="317"/>
+      <c r="D330" s="263">
         <v>2</v>
       </c>
-      <c r="E330" s="280" t="s">
+      <c r="E330" s="230" t="s">
         <v>632</v>
       </c>
-      <c r="F330" s="185"/>
-[...1 lines deleted...]
-      <c r="H330" s="277">
+      <c r="F330" s="251"/>
+      <c r="G330" s="186"/>
+      <c r="H330" s="172">
         <v>25</v>
       </c>
-      <c r="I330" s="232" t="s">
+      <c r="I330" s="253" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B331" s="363"/>
-[...1 lines deleted...]
-      <c r="D331" s="222">
+      <c r="B331" s="303"/>
+      <c r="C331" s="317"/>
+      <c r="D331" s="250">
         <v>3</v>
       </c>
-      <c r="E331" s="225" t="s">
+      <c r="E331" s="184" t="s">
         <v>628</v>
       </c>
-      <c r="F331" s="185"/>
-[...1 lines deleted...]
-      <c r="H331" s="277">
+      <c r="F331" s="251"/>
+      <c r="G331" s="186"/>
+      <c r="H331" s="172">
         <v>25</v>
       </c>
-      <c r="I331" s="232" t="s">
+      <c r="I331" s="253" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B332" s="363"/>
-[...1 lines deleted...]
-      <c r="D332" s="222">
+      <c r="B332" s="303"/>
+      <c r="C332" s="317"/>
+      <c r="D332" s="250">
         <v>8</v>
       </c>
-      <c r="E332" s="225" t="s">
+      <c r="E332" s="184" t="s">
         <v>537</v>
       </c>
-      <c r="F332" s="185"/>
-[...1 lines deleted...]
-      <c r="H332" s="278">
+      <c r="F332" s="251"/>
+      <c r="G332" s="186"/>
+      <c r="H332" s="166">
         <v>29</v>
       </c>
-      <c r="I332" s="232" t="s">
+      <c r="I332" s="253" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B333" s="363"/>
-[...1 lines deleted...]
-      <c r="D333" s="222">
+      <c r="B333" s="303"/>
+      <c r="C333" s="317"/>
+      <c r="D333" s="250">
         <v>31</v>
       </c>
-      <c r="E333" s="225" t="s">
+      <c r="E333" s="184" t="s">
         <v>573</v>
       </c>
-      <c r="F333" s="185"/>
-[...1 lines deleted...]
-      <c r="H333" s="277">
+      <c r="F333" s="251"/>
+      <c r="G333" s="198"/>
+      <c r="H333" s="172">
         <v>29</v>
       </c>
-      <c r="I333" s="232" t="s">
+      <c r="I333" s="253" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B334" s="363"/>
-[...5 lines deleted...]
-      <c r="H334" s="279">
+      <c r="B334" s="303"/>
+      <c r="C334" s="317"/>
+      <c r="D334" s="250"/>
+      <c r="E334" s="184"/>
+      <c r="F334" s="251"/>
+      <c r="G334" s="198"/>
+      <c r="H334" s="172">
         <v>29</v>
       </c>
-      <c r="I334" s="268" t="s">
+      <c r="I334" s="253" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B335" s="363"/>
-      <c r="C335" s="342" t="s">
+      <c r="B335" s="303"/>
+      <c r="C335" s="317" t="s">
         <v>12</v>
       </c>
-      <c r="D335" s="233">
+      <c r="D335" s="250">
         <v>7</v>
       </c>
-      <c r="E335" s="282" t="s">
+      <c r="E335" s="230" t="s">
         <v>600</v>
       </c>
-      <c r="F335" s="298">
+      <c r="F335" s="251">
         <v>14</v>
       </c>
-      <c r="G335" s="258" t="s">
+      <c r="G335" s="186" t="s">
         <v>601</v>
       </c>
-      <c r="H335" s="212">
+      <c r="H335" s="166">
         <v>19</v>
       </c>
-      <c r="I335" s="231" t="s">
+      <c r="I335" s="253" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B336" s="363"/>
-[...1 lines deleted...]
-      <c r="D336" s="222">
+      <c r="B336" s="303"/>
+      <c r="C336" s="317"/>
+      <c r="D336" s="250">
         <v>7</v>
       </c>
-      <c r="E336" s="284" t="s">
+      <c r="E336" s="184" t="s">
         <v>554</v>
       </c>
-      <c r="F336" s="298">
+      <c r="F336" s="251">
         <v>17</v>
       </c>
-      <c r="G336" s="258" t="s">
+      <c r="G336" s="186" t="s">
         <v>605</v>
       </c>
-      <c r="H336" s="212"/>
-      <c r="I336" s="232"/>
+      <c r="H336" s="166"/>
+      <c r="I336" s="253"/>
     </row>
     <row r="337" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B337" s="363"/>
-[...1 lines deleted...]
-      <c r="D337" s="222">
+      <c r="B337" s="303"/>
+      <c r="C337" s="317"/>
+      <c r="D337" s="250">
         <v>23</v>
       </c>
-      <c r="E337" s="284" t="s">
+      <c r="E337" s="184" t="s">
         <v>609</v>
       </c>
-      <c r="F337" s="298"/>
-[...2 lines deleted...]
-      <c r="I337" s="232"/>
+      <c r="F337" s="251"/>
+      <c r="G337" s="186"/>
+      <c r="H337" s="166"/>
+      <c r="I337" s="253"/>
     </row>
     <row r="338" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B338" s="363"/>
-[...1 lines deleted...]
-      <c r="D338" s="178">
+      <c r="B338" s="303"/>
+      <c r="C338" s="317"/>
+      <c r="D338" s="263">
         <v>27</v>
       </c>
-      <c r="E338" s="299" t="s">
+      <c r="E338" s="258" t="s">
         <v>608</v>
       </c>
-      <c r="F338" s="298"/>
-[...2 lines deleted...]
-      <c r="I338" s="232"/>
+      <c r="F338" s="251"/>
+      <c r="G338" s="186"/>
+      <c r="H338" s="166"/>
+      <c r="I338" s="253"/>
     </row>
     <row r="339" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B339" s="363"/>
-[...1 lines deleted...]
-      <c r="D339" s="180">
+      <c r="B339" s="303"/>
+      <c r="C339" s="317"/>
+      <c r="D339" s="263">
         <v>28</v>
       </c>
-      <c r="E339" s="239" t="s">
+      <c r="E339" s="184" t="s">
         <v>646</v>
       </c>
-      <c r="F339" s="298"/>
-[...2 lines deleted...]
-      <c r="I339" s="232"/>
+      <c r="F339" s="251"/>
+      <c r="G339" s="186"/>
+      <c r="H339" s="166"/>
+      <c r="I339" s="253"/>
     </row>
     <row r="340" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B340" s="363"/>
-      <c r="C340" s="362" t="s">
+      <c r="B340" s="303"/>
+      <c r="C340" s="317" t="s">
         <v>13</v>
       </c>
-      <c r="D340" s="281">
+      <c r="D340" s="250">
         <v>2</v>
       </c>
-      <c r="E340" s="283" t="s">
+      <c r="E340" s="230" t="s">
         <v>624</v>
       </c>
-      <c r="F340" s="183">
+      <c r="F340" s="251">
         <v>10</v>
       </c>
-      <c r="G340" s="266" t="s">
+      <c r="G340" s="186" t="s">
         <v>575</v>
       </c>
-      <c r="H340" s="316">
+      <c r="H340" s="166">
         <v>1</v>
       </c>
-      <c r="I340" s="231" t="s">
+      <c r="I340" s="253" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B341" s="363"/>
-[...1 lines deleted...]
-      <c r="D341" s="281">
+      <c r="B341" s="303"/>
+      <c r="C341" s="317"/>
+      <c r="D341" s="250">
         <v>2</v>
       </c>
-      <c r="E341" s="283" t="s">
+      <c r="E341" s="230" t="s">
         <v>556</v>
       </c>
-      <c r="F341" s="185">
+      <c r="F341" s="251">
         <v>16</v>
       </c>
-      <c r="G341" s="259" t="s">
+      <c r="G341" s="186" t="s">
         <v>594</v>
       </c>
-      <c r="H341" s="306">
+      <c r="H341" s="172">
         <v>3</v>
       </c>
-      <c r="I341" s="232" t="s">
+      <c r="I341" s="253" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B342" s="363"/>
-[...1 lines deleted...]
-      <c r="D342" s="281">
+      <c r="B342" s="303"/>
+      <c r="C342" s="317"/>
+      <c r="D342" s="250">
         <v>2</v>
       </c>
-      <c r="E342" s="283" t="s">
+      <c r="E342" s="230" t="s">
         <v>614</v>
       </c>
-      <c r="F342" s="185">
+      <c r="F342" s="251">
         <v>16</v>
       </c>
-      <c r="G342" s="259" t="s">
+      <c r="G342" s="186" t="s">
         <v>595</v>
       </c>
-      <c r="H342" s="317">
+      <c r="H342" s="166">
         <v>12</v>
       </c>
-      <c r="I342" s="232" t="s">
+      <c r="I342" s="253" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B343" s="363"/>
-[...1 lines deleted...]
-      <c r="D343" s="281">
+      <c r="B343" s="303"/>
+      <c r="C343" s="317"/>
+      <c r="D343" s="250">
         <v>9</v>
       </c>
-      <c r="E343" s="284" t="s">
+      <c r="E343" s="184" t="s">
         <v>535</v>
       </c>
-      <c r="F343" s="194">
+      <c r="F343" s="259">
         <v>17</v>
       </c>
-      <c r="G343" s="259" t="s">
+      <c r="G343" s="186" t="s">
         <v>593</v>
       </c>
-      <c r="H343" s="278"/>
-      <c r="I343" s="232"/>
+      <c r="H343" s="166"/>
+      <c r="I343" s="253"/>
     </row>
     <row r="344" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B344" s="363"/>
-[...1 lines deleted...]
-      <c r="D344" s="281">
+      <c r="B344" s="303"/>
+      <c r="C344" s="317"/>
+      <c r="D344" s="250">
         <v>9</v>
       </c>
-      <c r="E344" s="284" t="s">
+      <c r="E344" s="184" t="s">
         <v>585</v>
       </c>
-      <c r="F344" s="194">
+      <c r="F344" s="259">
         <v>18</v>
       </c>
-      <c r="G344" s="259" t="s">
+      <c r="G344" s="186" t="s">
         <v>574</v>
       </c>
-      <c r="H344" s="278"/>
-      <c r="I344" s="232"/>
+      <c r="H344" s="166"/>
+      <c r="I344" s="253"/>
     </row>
     <row r="345" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B345" s="363"/>
-[...1 lines deleted...]
-      <c r="D345" s="281">
+      <c r="B345" s="303"/>
+      <c r="C345" s="317"/>
+      <c r="D345" s="250">
         <v>9</v>
       </c>
-      <c r="E345" s="284" t="s">
+      <c r="E345" s="184" t="s">
         <v>627</v>
       </c>
-      <c r="F345" s="264"/>
-[...2 lines deleted...]
-      <c r="I345" s="232"/>
+      <c r="F345" s="293"/>
+      <c r="G345" s="159"/>
+      <c r="H345" s="166"/>
+      <c r="I345" s="253"/>
     </row>
     <row r="346" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B346" s="363"/>
-[...1 lines deleted...]
-      <c r="D346" s="281">
+      <c r="B346" s="303"/>
+      <c r="C346" s="317"/>
+      <c r="D346" s="250">
         <v>9</v>
       </c>
-      <c r="E346" s="284" t="s">
+      <c r="E346" s="184" t="s">
         <v>616</v>
       </c>
-      <c r="F346" s="269"/>
-[...2 lines deleted...]
-      <c r="I346" s="230"/>
+      <c r="F346" s="292"/>
+      <c r="G346" s="198"/>
+      <c r="H346" s="172"/>
+      <c r="I346" s="252"/>
     </row>
     <row r="347" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B347" s="363"/>
-[...1 lines deleted...]
-      <c r="D347" s="281">
+      <c r="B347" s="303"/>
+      <c r="C347" s="317"/>
+      <c r="D347" s="250">
         <v>11</v>
       </c>
-      <c r="E347" s="284" t="s">
+      <c r="E347" s="184" t="s">
         <v>662</v>
       </c>
-      <c r="F347" s="269"/>
-[...2 lines deleted...]
-      <c r="I347" s="232"/>
+      <c r="F347" s="292"/>
+      <c r="G347" s="198"/>
+      <c r="H347" s="166"/>
+      <c r="I347" s="253"/>
     </row>
     <row r="348" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B348" s="363"/>
-[...1 lines deleted...]
-      <c r="D348" s="281">
+      <c r="B348" s="303"/>
+      <c r="C348" s="317"/>
+      <c r="D348" s="250">
         <v>15</v>
       </c>
-      <c r="E348" s="284" t="s">
+      <c r="E348" s="184" t="s">
         <v>610</v>
       </c>
-      <c r="F348" s="285"/>
-[...2 lines deleted...]
-      <c r="I348" s="232"/>
+      <c r="F348" s="259"/>
+      <c r="G348" s="198"/>
+      <c r="H348" s="166"/>
+      <c r="I348" s="253"/>
     </row>
     <row r="349" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B349" s="363"/>
-[...1 lines deleted...]
-      <c r="D349" s="281">
+      <c r="B349" s="303"/>
+      <c r="C349" s="317"/>
+      <c r="D349" s="250">
         <v>15</v>
       </c>
-      <c r="E349" s="284" t="s">
+      <c r="E349" s="184" t="s">
         <v>664</v>
       </c>
-      <c r="F349" s="285"/>
-[...2 lines deleted...]
-      <c r="I349" s="232"/>
+      <c r="F349" s="259"/>
+      <c r="G349" s="198"/>
+      <c r="H349" s="166"/>
+      <c r="I349" s="253"/>
     </row>
     <row r="350" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B350" s="363"/>
-[...1 lines deleted...]
-      <c r="D350" s="281">
+      <c r="B350" s="303"/>
+      <c r="C350" s="317"/>
+      <c r="D350" s="250">
         <v>16</v>
       </c>
-      <c r="E350" s="284" t="s">
+      <c r="E350" s="184" t="s">
         <v>670</v>
       </c>
-      <c r="F350" s="285"/>
-[...2 lines deleted...]
-      <c r="I350" s="232"/>
+      <c r="F350" s="259"/>
+      <c r="G350" s="198"/>
+      <c r="H350" s="166"/>
+      <c r="I350" s="253"/>
     </row>
     <row r="351" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B351" s="363"/>
-[...1 lines deleted...]
-      <c r="D351" s="281">
+      <c r="B351" s="303"/>
+      <c r="C351" s="317"/>
+      <c r="D351" s="250">
         <v>16</v>
       </c>
-      <c r="E351" s="284" t="s">
+      <c r="E351" s="184" t="s">
         <v>591</v>
       </c>
-      <c r="F351" s="285"/>
-[...2 lines deleted...]
-      <c r="I351" s="232"/>
+      <c r="F351" s="259"/>
+      <c r="G351" s="198"/>
+      <c r="H351" s="166"/>
+      <c r="I351" s="253"/>
     </row>
     <row r="352" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B352" s="363"/>
-[...1 lines deleted...]
-      <c r="D352" s="281">
+      <c r="B352" s="303"/>
+      <c r="C352" s="317"/>
+      <c r="D352" s="250">
         <v>21</v>
       </c>
-      <c r="E352" s="284" t="s">
+      <c r="E352" s="184" t="s">
         <v>679</v>
       </c>
-      <c r="F352" s="285"/>
-[...2 lines deleted...]
-      <c r="I352" s="232"/>
+      <c r="F352" s="259"/>
+      <c r="G352" s="198"/>
+      <c r="H352" s="166"/>
+      <c r="I352" s="253"/>
     </row>
     <row r="353" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B353" s="363"/>
-[...1 lines deleted...]
-      <c r="D353" s="281">
+      <c r="B353" s="303"/>
+      <c r="C353" s="317"/>
+      <c r="D353" s="250">
         <v>23</v>
       </c>
-      <c r="E353" s="284" t="s">
+      <c r="E353" s="184" t="s">
         <v>629</v>
       </c>
-      <c r="F353" s="285"/>
-[...2 lines deleted...]
-      <c r="I353" s="232"/>
+      <c r="F353" s="259"/>
+      <c r="G353" s="198"/>
+      <c r="H353" s="166"/>
+      <c r="I353" s="253"/>
     </row>
     <row r="354" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B354" s="363"/>
-[...1 lines deleted...]
-      <c r="D354" s="281">
+      <c r="B354" s="303"/>
+      <c r="C354" s="317"/>
+      <c r="D354" s="250">
         <v>23</v>
       </c>
-      <c r="E354" s="284" t="s">
+      <c r="E354" s="184" t="s">
         <v>555</v>
       </c>
-      <c r="F354" s="285"/>
-[...2 lines deleted...]
-      <c r="I354" s="232"/>
+      <c r="F354" s="259"/>
+      <c r="G354" s="198"/>
+      <c r="H354" s="166"/>
+      <c r="I354" s="253"/>
     </row>
     <row r="355" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B355" s="363"/>
-[...1 lines deleted...]
-      <c r="D355" s="281">
+      <c r="B355" s="303"/>
+      <c r="C355" s="317"/>
+      <c r="D355" s="250">
         <v>23</v>
       </c>
-      <c r="E355" s="284" t="s">
+      <c r="E355" s="184" t="s">
         <v>645</v>
       </c>
-      <c r="F355" s="285"/>
-[...2 lines deleted...]
-      <c r="I355" s="232"/>
+      <c r="F355" s="259"/>
+      <c r="G355" s="198"/>
+      <c r="H355" s="166"/>
+      <c r="I355" s="253"/>
     </row>
     <row r="356" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B356" s="363"/>
-[...1 lines deleted...]
-      <c r="D356" s="326">
+      <c r="B356" s="303"/>
+      <c r="C356" s="317"/>
+      <c r="D356" s="250">
         <v>25</v>
       </c>
-      <c r="E356" s="283" t="s">
+      <c r="E356" s="230" t="s">
         <v>634</v>
       </c>
-      <c r="F356" s="329">
+      <c r="F356" s="259">
         <v>30</v>
       </c>
-      <c r="G356" s="259" t="s">
+      <c r="G356" s="186" t="s">
         <v>621</v>
       </c>
-      <c r="H356" s="278"/>
-      <c r="I356" s="268"/>
+      <c r="H356" s="166"/>
+      <c r="I356" s="253"/>
     </row>
     <row r="357" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A357" s="275"/>
-[...1 lines deleted...]
-      <c r="C357" s="342" t="s">
+      <c r="A357" s="203"/>
+      <c r="B357" s="303"/>
+      <c r="C357" s="317" t="s">
         <v>14</v>
       </c>
-      <c r="D357" s="337">
+      <c r="D357" s="260">
         <v>3</v>
       </c>
-      <c r="E357" s="240" t="s">
+      <c r="E357" s="230" t="s">
         <v>633</v>
       </c>
-      <c r="F357" s="330">
+      <c r="F357" s="259">
         <v>9</v>
       </c>
-      <c r="G357" s="266" t="s">
+      <c r="G357" s="186" t="s">
         <v>617</v>
       </c>
-      <c r="H357" s="217">
+      <c r="H357" s="172">
         <v>7</v>
       </c>
-      <c r="I357" s="231" t="s">
+      <c r="I357" s="253" t="s">
         <v>612</v>
       </c>
-      <c r="J357" s="275"/>
-[...23 lines deleted...]
-      <c r="AH357" s="275"/>
+      <c r="J357" s="203"/>
+      <c r="K357" s="203"/>
+      <c r="L357" s="203"/>
+      <c r="M357" s="203"/>
+      <c r="N357" s="203"/>
+      <c r="O357" s="203"/>
+      <c r="P357" s="203"/>
+      <c r="Q357" s="203"/>
+      <c r="R357" s="203"/>
+      <c r="S357" s="203"/>
+      <c r="T357" s="203"/>
+      <c r="U357" s="203"/>
+      <c r="V357" s="203"/>
+      <c r="W357" s="203"/>
+      <c r="X357" s="203"/>
+      <c r="Y357" s="203"/>
+      <c r="Z357" s="203"/>
+      <c r="AA357" s="203"/>
+      <c r="AB357" s="203"/>
+      <c r="AC357" s="203"/>
+      <c r="AD357" s="203"/>
+      <c r="AE357" s="203"/>
+      <c r="AF357" s="203"/>
+      <c r="AG357" s="203"/>
+      <c r="AH357" s="203"/>
     </row>
     <row r="358" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A358" s="275"/>
-[...2 lines deleted...]
-      <c r="D358" s="338">
+      <c r="A358" s="203"/>
+      <c r="B358" s="303"/>
+      <c r="C358" s="317"/>
+      <c r="D358" s="260">
         <v>6</v>
       </c>
-      <c r="E358" s="241" t="s">
+      <c r="E358" s="230" t="s">
         <v>665</v>
       </c>
-      <c r="F358" s="331">
+      <c r="F358" s="261">
         <v>14</v>
       </c>
-      <c r="G358" s="259" t="s">
+      <c r="G358" s="186" t="s">
         <v>642</v>
       </c>
-      <c r="H358" s="215">
+      <c r="H358" s="172">
         <v>10</v>
       </c>
-      <c r="I358" s="232" t="s">
+      <c r="I358" s="253" t="s">
         <v>649</v>
       </c>
-      <c r="J358" s="275"/>
-[...23 lines deleted...]
-      <c r="AH358" s="275"/>
+      <c r="J358" s="203"/>
+      <c r="K358" s="203"/>
+      <c r="L358" s="203"/>
+      <c r="M358" s="203"/>
+      <c r="N358" s="203"/>
+      <c r="O358" s="203"/>
+      <c r="P358" s="203"/>
+      <c r="Q358" s="203"/>
+      <c r="R358" s="203"/>
+      <c r="S358" s="203"/>
+      <c r="T358" s="203"/>
+      <c r="U358" s="203"/>
+      <c r="V358" s="203"/>
+      <c r="W358" s="203"/>
+      <c r="X358" s="203"/>
+      <c r="Y358" s="203"/>
+      <c r="Z358" s="203"/>
+      <c r="AA358" s="203"/>
+      <c r="AB358" s="203"/>
+      <c r="AC358" s="203"/>
+      <c r="AD358" s="203"/>
+      <c r="AE358" s="203"/>
+      <c r="AF358" s="203"/>
+      <c r="AG358" s="203"/>
+      <c r="AH358" s="203"/>
     </row>
     <row r="359" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A359" s="275"/>
-[...2 lines deleted...]
-      <c r="D359" s="338">
+      <c r="A359" s="203"/>
+      <c r="B359" s="303"/>
+      <c r="C359" s="317"/>
+      <c r="D359" s="260">
         <v>7</v>
       </c>
-      <c r="E359" s="241" t="s">
+      <c r="E359" s="230" t="s">
         <v>681</v>
       </c>
-      <c r="F359" s="300">
+      <c r="F359" s="251">
         <v>23</v>
       </c>
-      <c r="G359" s="259" t="s">
+      <c r="G359" s="186" t="s">
         <v>561</v>
       </c>
-      <c r="H359" s="336">
+      <c r="H359" s="262">
         <v>15</v>
       </c>
-      <c r="I359" s="232" t="s">
+      <c r="I359" s="253" t="s">
         <v>656</v>
       </c>
-      <c r="J359" s="275"/>
-[...23 lines deleted...]
-      <c r="AH359" s="275"/>
+      <c r="J359" s="203"/>
+      <c r="K359" s="203"/>
+      <c r="L359" s="203"/>
+      <c r="M359" s="203"/>
+      <c r="N359" s="203"/>
+      <c r="O359" s="203"/>
+      <c r="P359" s="203"/>
+      <c r="Q359" s="203"/>
+      <c r="R359" s="203"/>
+      <c r="S359" s="203"/>
+      <c r="T359" s="203"/>
+      <c r="U359" s="203"/>
+      <c r="V359" s="203"/>
+      <c r="W359" s="203"/>
+      <c r="X359" s="203"/>
+      <c r="Y359" s="203"/>
+      <c r="Z359" s="203"/>
+      <c r="AA359" s="203"/>
+      <c r="AB359" s="203"/>
+      <c r="AC359" s="203"/>
+      <c r="AD359" s="203"/>
+      <c r="AE359" s="203"/>
+      <c r="AF359" s="203"/>
+      <c r="AG359" s="203"/>
+      <c r="AH359" s="203"/>
     </row>
     <row r="360" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B360" s="363"/>
-[...1 lines deleted...]
-      <c r="D360" s="303">
+      <c r="B360" s="303"/>
+      <c r="C360" s="317"/>
+      <c r="D360" s="250">
         <v>12</v>
       </c>
-      <c r="E360" s="242" t="s">
+      <c r="E360" s="184" t="s">
         <v>552</v>
       </c>
-      <c r="F360" s="300">
+      <c r="F360" s="251">
         <v>29</v>
       </c>
-      <c r="G360" s="260" t="s">
+      <c r="G360" s="187" t="s">
         <v>565</v>
       </c>
-      <c r="H360" s="215">
+      <c r="H360" s="172">
         <v>16</v>
       </c>
-      <c r="I360" s="232" t="s">
+      <c r="I360" s="253" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B361" s="363"/>
-[...1 lines deleted...]
-      <c r="D361" s="303">
+      <c r="B361" s="303"/>
+      <c r="C361" s="317"/>
+      <c r="D361" s="250">
         <v>13</v>
       </c>
-      <c r="E361" s="242" t="s">
+      <c r="E361" s="184" t="s">
         <v>682</v>
       </c>
-      <c r="F361" s="264"/>
-[...1 lines deleted...]
-      <c r="H361" s="212">
+      <c r="F361" s="293"/>
+      <c r="G361" s="159"/>
+      <c r="H361" s="166">
         <v>22</v>
       </c>
-      <c r="I361" s="232" t="s">
+      <c r="I361" s="253" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B362" s="363"/>
-[...1 lines deleted...]
-      <c r="D362" s="303">
+      <c r="B362" s="303"/>
+      <c r="C362" s="317"/>
+      <c r="D362" s="250">
         <v>14</v>
       </c>
-      <c r="E362" s="241" t="s">
+      <c r="E362" s="230" t="s">
         <v>630</v>
       </c>
-      <c r="F362" s="264"/>
-[...1 lines deleted...]
-      <c r="H362" s="215">
+      <c r="F362" s="293"/>
+      <c r="G362" s="159"/>
+      <c r="H362" s="172">
         <v>27</v>
       </c>
-      <c r="I362" s="232" t="s">
+      <c r="I362" s="253" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B363" s="363"/>
-[...1 lines deleted...]
-      <c r="D363" s="303">
+      <c r="B363" s="303"/>
+      <c r="C363" s="317"/>
+      <c r="D363" s="250">
         <v>14</v>
       </c>
-      <c r="E363" s="241" t="s">
+      <c r="E363" s="230" t="s">
         <v>631</v>
       </c>
-      <c r="F363" s="308"/>
-[...2 lines deleted...]
-      <c r="I363" s="209"/>
+      <c r="F363" s="259"/>
+      <c r="G363" s="198"/>
+      <c r="H363" s="172"/>
+      <c r="I363" s="254"/>
     </row>
     <row r="364" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A364" s="275"/>
-[...2 lines deleted...]
-      <c r="D364" s="338">
+      <c r="A364" s="203"/>
+      <c r="B364" s="303"/>
+      <c r="C364" s="317"/>
+      <c r="D364" s="260">
         <v>23</v>
       </c>
-      <c r="E364" s="241" t="s">
+      <c r="E364" s="230" t="s">
         <v>635</v>
       </c>
-      <c r="F364" s="331"/>
-[...27 lines deleted...]
-      <c r="AH364" s="275"/>
+      <c r="F364" s="261"/>
+      <c r="G364" s="198"/>
+      <c r="H364" s="172"/>
+      <c r="I364" s="254"/>
+      <c r="J364" s="203"/>
+      <c r="K364" s="203"/>
+      <c r="L364" s="203"/>
+      <c r="M364" s="203"/>
+      <c r="N364" s="203"/>
+      <c r="O364" s="203"/>
+      <c r="P364" s="203"/>
+      <c r="Q364" s="203"/>
+      <c r="R364" s="203"/>
+      <c r="S364" s="203"/>
+      <c r="T364" s="203"/>
+      <c r="U364" s="203"/>
+      <c r="V364" s="203"/>
+      <c r="W364" s="203"/>
+      <c r="X364" s="203"/>
+      <c r="Y364" s="203"/>
+      <c r="Z364" s="203"/>
+      <c r="AA364" s="203"/>
+      <c r="AB364" s="203"/>
+      <c r="AC364" s="203"/>
+      <c r="AD364" s="203"/>
+      <c r="AE364" s="203"/>
+      <c r="AF364" s="203"/>
+      <c r="AG364" s="203"/>
+      <c r="AH364" s="203"/>
     </row>
     <row r="365" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A365" s="275"/>
-[...2 lines deleted...]
-      <c r="D365" s="338">
+      <c r="A365" s="203"/>
+      <c r="B365" s="303"/>
+      <c r="C365" s="317"/>
+      <c r="D365" s="260">
         <v>24</v>
       </c>
-      <c r="E365" s="241" t="s">
+      <c r="E365" s="230" t="s">
         <v>666</v>
       </c>
-      <c r="F365" s="331"/>
-[...27 lines deleted...]
-      <c r="AH365" s="275"/>
+      <c r="F365" s="261"/>
+      <c r="G365" s="198"/>
+      <c r="H365" s="166"/>
+      <c r="I365" s="253"/>
+      <c r="J365" s="203"/>
+      <c r="K365" s="203"/>
+      <c r="L365" s="203"/>
+      <c r="M365" s="203"/>
+      <c r="N365" s="203"/>
+      <c r="O365" s="203"/>
+      <c r="P365" s="203"/>
+      <c r="Q365" s="203"/>
+      <c r="R365" s="203"/>
+      <c r="S365" s="203"/>
+      <c r="T365" s="203"/>
+      <c r="U365" s="203"/>
+      <c r="V365" s="203"/>
+      <c r="W365" s="203"/>
+      <c r="X365" s="203"/>
+      <c r="Y365" s="203"/>
+      <c r="Z365" s="203"/>
+      <c r="AA365" s="203"/>
+      <c r="AB365" s="203"/>
+      <c r="AC365" s="203"/>
+      <c r="AD365" s="203"/>
+      <c r="AE365" s="203"/>
+      <c r="AF365" s="203"/>
+      <c r="AG365" s="203"/>
+      <c r="AH365" s="203"/>
     </row>
     <row r="366" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B366" s="363"/>
-[...1 lines deleted...]
-      <c r="D366" s="303">
+      <c r="B366" s="303"/>
+      <c r="C366" s="317"/>
+      <c r="D366" s="250">
         <v>26</v>
       </c>
-      <c r="E366" s="287" t="s">
+      <c r="E366" s="258" t="s">
         <v>607</v>
       </c>
-      <c r="F366" s="308"/>
-[...2 lines deleted...]
-      <c r="I366" s="230"/>
+      <c r="F366" s="259"/>
+      <c r="G366" s="198"/>
+      <c r="H366" s="172"/>
+      <c r="I366" s="252"/>
     </row>
     <row r="367" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B367" s="363"/>
-[...1 lines deleted...]
-      <c r="D367" s="303">
+      <c r="B367" s="303"/>
+      <c r="C367" s="317"/>
+      <c r="D367" s="250">
         <v>28</v>
       </c>
-      <c r="E367" s="242" t="s">
+      <c r="E367" s="184" t="s">
         <v>586</v>
       </c>
-      <c r="F367" s="329"/>
-[...6 lines deleted...]
-      <c r="C368" s="342" t="s">
+      <c r="F367" s="259"/>
+      <c r="G367" s="198"/>
+      <c r="H367" s="172"/>
+      <c r="I367" s="253"/>
+    </row>
+    <row r="368" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B368" s="303"/>
+      <c r="C368" s="317" t="s">
         <v>15</v>
       </c>
-      <c r="D368" s="310">
+      <c r="D368" s="250">
         <v>4</v>
       </c>
-      <c r="E368" s="224" t="s">
+      <c r="E368" s="184" t="s">
         <v>660</v>
       </c>
-      <c r="F368" s="332">
+      <c r="F368" s="261">
         <v>4</v>
       </c>
-      <c r="G368" s="226" t="s">
+      <c r="G368" s="186" t="s">
         <v>654</v>
       </c>
-      <c r="H368" s="217">
+      <c r="H368" s="172">
         <v>4</v>
       </c>
-      <c r="I368" s="322" t="s">
+      <c r="I368" s="253" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="369" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D369" s="303">
+    <row r="369" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B369" s="303"/>
+      <c r="C369" s="317"/>
+      <c r="D369" s="250">
         <v>10</v>
       </c>
-      <c r="E369" s="225" t="s">
+      <c r="E369" s="184" t="s">
         <v>710</v>
       </c>
-      <c r="F369" s="331">
+      <c r="F369" s="261">
         <v>4</v>
       </c>
-      <c r="G369" s="227" t="s">
+      <c r="G369" s="186" t="s">
         <v>655</v>
       </c>
-      <c r="H369" s="212">
+      <c r="H369" s="166">
         <v>4</v>
       </c>
-      <c r="I369" s="323" t="s">
+      <c r="I369" s="253" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="370" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D370" s="303">
+    <row r="370" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B370" s="303"/>
+      <c r="C370" s="317"/>
+      <c r="D370" s="250">
         <v>11</v>
       </c>
-      <c r="E370" s="225" t="s">
+      <c r="E370" s="184" t="s">
         <v>625</v>
       </c>
-      <c r="F370" s="308">
+      <c r="F370" s="259">
         <v>5</v>
       </c>
-      <c r="G370" s="227" t="s">
+      <c r="G370" s="186" t="s">
         <v>644</v>
       </c>
-      <c r="H370" s="215">
+      <c r="H370" s="172">
         <v>4</v>
       </c>
-      <c r="I370" s="323" t="s">
+      <c r="I370" s="253" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="371" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D371" s="303">
+    <row r="371" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B371" s="303"/>
+      <c r="C371" s="317"/>
+      <c r="D371" s="250">
         <v>11</v>
       </c>
-      <c r="E371" s="225" t="s">
+      <c r="E371" s="184" t="s">
         <v>626</v>
       </c>
-      <c r="F371" s="300">
+      <c r="F371" s="251">
         <v>17</v>
       </c>
-      <c r="G371" s="228" t="s">
+      <c r="G371" s="187" t="s">
         <v>579</v>
       </c>
-      <c r="H371" s="215">
+      <c r="H371" s="172">
         <v>7</v>
       </c>
-      <c r="I371" s="323" t="s">
+      <c r="I371" s="253" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="372" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D372" s="303">
+    <row r="372" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B372" s="303"/>
+      <c r="C372" s="317"/>
+      <c r="D372" s="250">
         <v>11</v>
       </c>
-      <c r="E372" s="225" t="s">
+      <c r="E372" s="184" t="s">
         <v>678</v>
       </c>
-      <c r="F372" s="331">
+      <c r="F372" s="261">
         <v>20</v>
       </c>
-      <c r="G372" s="227" t="s">
+      <c r="G372" s="186" t="s">
         <v>653</v>
       </c>
-      <c r="H372" s="212">
+      <c r="H372" s="166">
         <v>19</v>
       </c>
-      <c r="I372" s="323" t="s">
+      <c r="I372" s="253" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="373" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D373" s="303">
+    <row r="373" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B373" s="303"/>
+      <c r="C373" s="317"/>
+      <c r="D373" s="250">
         <v>18</v>
       </c>
-      <c r="E373" s="225" t="s">
+      <c r="E373" s="184" t="s">
         <v>711</v>
       </c>
-      <c r="F373" s="300">
+      <c r="F373" s="251">
         <v>23</v>
       </c>
-      <c r="G373" s="228" t="s">
+      <c r="G373" s="187" t="s">
         <v>693</v>
       </c>
-      <c r="H373" s="212"/>
-[...5 lines deleted...]
-      <c r="D374" s="339">
+      <c r="H373" s="166"/>
+      <c r="I373" s="253"/>
+    </row>
+    <row r="374" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B374" s="303"/>
+      <c r="C374" s="317"/>
+      <c r="D374" s="263">
         <v>25</v>
       </c>
-      <c r="E374" s="321" t="s">
+      <c r="E374" s="230" t="s">
         <v>673</v>
       </c>
-      <c r="F374" s="300">
+      <c r="F374" s="251">
         <v>25</v>
       </c>
-      <c r="G374" s="227" t="s">
+      <c r="G374" s="186" t="s">
         <v>566</v>
       </c>
-      <c r="H374" s="215"/>
-[...5 lines deleted...]
-      <c r="D375" s="303">
+      <c r="H374" s="172"/>
+      <c r="I374" s="253"/>
+    </row>
+    <row r="375" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B375" s="303"/>
+      <c r="C375" s="317"/>
+      <c r="D375" s="250">
         <v>28</v>
       </c>
-      <c r="E375" s="321" t="s">
+      <c r="E375" s="230" t="s">
         <v>667</v>
       </c>
-      <c r="F375" s="308">
+      <c r="F375" s="259">
         <v>27</v>
       </c>
-      <c r="G375" s="227" t="s">
+      <c r="G375" s="186" t="s">
         <v>683</v>
       </c>
-      <c r="H375" s="215"/>
-      <c r="I375" s="327"/>
+      <c r="H375" s="172"/>
+      <c r="I375" s="252"/>
     </row>
     <row r="376" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B376" s="363"/>
-      <c r="C376" s="342" t="s">
+      <c r="B376" s="303"/>
+      <c r="C376" s="305" t="s">
         <v>16</v>
       </c>
-      <c r="D376" s="310" t="s">
+      <c r="D376" s="223" t="s">
         <v>576</v>
       </c>
-      <c r="E376" s="288" t="s">
+      <c r="E376" s="200" t="s">
         <v>475</v>
       </c>
-      <c r="F376" s="334"/>
-[...1 lines deleted...]
-      <c r="H376" s="217">
+      <c r="F376" s="240"/>
+      <c r="G376" s="265"/>
+      <c r="H376" s="180">
         <v>1</v>
       </c>
-      <c r="I376" s="231" t="s">
+      <c r="I376" s="189" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="377" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D377" s="303">
+    <row r="377" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B377" s="303"/>
+      <c r="C377" s="306"/>
+      <c r="D377" s="217">
+        <v>1</v>
+      </c>
+      <c r="E377" s="195" t="s">
+        <v>548</v>
+      </c>
+      <c r="F377" s="214"/>
+      <c r="G377" s="266"/>
+      <c r="H377" s="179">
+        <v>15</v>
+      </c>
+      <c r="I377" s="190" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="378" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B378" s="303"/>
+      <c r="C378" s="306"/>
+      <c r="D378" s="217">
         <v>2</v>
       </c>
-      <c r="E377" s="284" t="s">
+      <c r="E378" s="195" t="s">
         <v>695</v>
       </c>
-      <c r="F377" s="300"/>
-[...1 lines deleted...]
-      <c r="H377" s="386">
+      <c r="F378" s="214"/>
+      <c r="G378" s="266"/>
+      <c r="H378" s="179">
         <v>16</v>
       </c>
-      <c r="I377" s="232" t="s">
+      <c r="I378" s="190" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="379" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B379" s="303"/>
+      <c r="C379" s="306"/>
+      <c r="D379" s="217">
+        <v>2</v>
+      </c>
+      <c r="E379" s="195" t="s">
+        <v>696</v>
+      </c>
+      <c r="F379" s="214"/>
+      <c r="G379" s="266"/>
+      <c r="H379" s="179">
+        <v>16</v>
+      </c>
+      <c r="I379" s="190" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="378" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D378" s="303">
+    <row r="380" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B380" s="303"/>
+      <c r="C380" s="306"/>
+      <c r="D380" s="217">
         <v>2</v>
       </c>
-      <c r="E378" s="284" t="s">
-[...4 lines deleted...]
-      <c r="H378" s="386">
+      <c r="E380" s="195" t="s">
+        <v>687</v>
+      </c>
+      <c r="F380" s="214"/>
+      <c r="G380" s="266"/>
+      <c r="H380" s="179">
         <v>16</v>
       </c>
-      <c r="I378" s="232" t="s">
+      <c r="I380" s="190" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="379" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D379" s="303">
+    <row r="381" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B381" s="303"/>
+      <c r="C381" s="306"/>
+      <c r="D381" s="217">
         <v>2</v>
       </c>
-      <c r="E379" s="284" t="s">
-[...4 lines deleted...]
-      <c r="H379" s="386">
+      <c r="E381" s="195" t="s">
+        <v>588</v>
+      </c>
+      <c r="F381" s="214"/>
+      <c r="G381" s="266"/>
+      <c r="H381" s="179">
+        <v>17</v>
+      </c>
+      <c r="I381" s="190" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="382" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B382" s="303"/>
+      <c r="C382" s="306"/>
+      <c r="D382" s="217">
+        <v>9</v>
+      </c>
+      <c r="E382" s="195" t="s">
+        <v>712</v>
+      </c>
+      <c r="F382" s="214"/>
+      <c r="G382" s="266"/>
+      <c r="H382" s="179">
         <v>18</v>
       </c>
-      <c r="I379" s="232" t="s">
+      <c r="I382" s="190" t="s">
         <v>721</v>
       </c>
     </row>
-    <row r="380" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D380" s="303">
+    <row r="383" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B383" s="303"/>
+      <c r="C383" s="306"/>
+      <c r="D383" s="217">
+        <v>9</v>
+      </c>
+      <c r="E383" s="195" t="s">
+        <v>698</v>
+      </c>
+      <c r="F383" s="214"/>
+      <c r="G383" s="266"/>
+      <c r="H383" s="179">
+        <v>18</v>
+      </c>
+      <c r="I383" s="190" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="384" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B384" s="303"/>
+      <c r="C384" s="306"/>
+      <c r="D384" s="217">
+        <v>9</v>
+      </c>
+      <c r="E384" s="195" t="s">
+        <v>538</v>
+      </c>
+      <c r="F384" s="214"/>
+      <c r="G384" s="266"/>
+      <c r="H384" s="179">
+        <v>31</v>
+      </c>
+      <c r="I384" s="190" t="s">
+        <v>563</v>
+      </c>
+      <c r="L384" s="249"/>
+    </row>
+    <row r="385" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B385" s="303"/>
+      <c r="C385" s="306"/>
+      <c r="D385" s="217">
+        <v>15</v>
+      </c>
+      <c r="E385" s="195" t="s">
+        <v>713</v>
+      </c>
+      <c r="F385" s="214"/>
+      <c r="G385" s="266"/>
+      <c r="H385" s="179"/>
+      <c r="I385" s="188"/>
+    </row>
+    <row r="386" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B386" s="303"/>
+      <c r="C386" s="306"/>
+      <c r="D386" s="217">
+        <v>15</v>
+      </c>
+      <c r="E386" s="195" t="s">
+        <v>714</v>
+      </c>
+      <c r="F386" s="214"/>
+      <c r="G386" s="266"/>
+      <c r="H386" s="179"/>
+      <c r="I386" s="188"/>
+    </row>
+    <row r="387" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B387" s="304"/>
+      <c r="C387" s="307"/>
+      <c r="D387" s="243">
+        <v>31</v>
+      </c>
+      <c r="E387" s="196" t="s">
+        <v>734</v>
+      </c>
+      <c r="F387" s="215"/>
+      <c r="G387" s="267"/>
+      <c r="H387" s="181"/>
+      <c r="I387" s="212"/>
+    </row>
+    <row r="388" spans="2:9" s="226" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B388" s="97"/>
+      <c r="C388" s="225"/>
+      <c r="D388" s="244"/>
+      <c r="E388" s="227"/>
+      <c r="F388" s="239"/>
+      <c r="G388" s="228"/>
+      <c r="H388" s="244"/>
+      <c r="I388" s="228"/>
+    </row>
+    <row r="389" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B389" s="302">
+        <v>2026</v>
+      </c>
+      <c r="C389" s="326" t="s">
+        <v>42</v>
+      </c>
+      <c r="D389" s="223">
+        <v>7</v>
+      </c>
+      <c r="E389" s="248" t="s">
+        <v>715</v>
+      </c>
+      <c r="F389" s="236">
+        <v>6</v>
+      </c>
+      <c r="G389" s="185" t="s">
+        <v>708</v>
+      </c>
+      <c r="H389" s="174">
+        <v>6</v>
+      </c>
+      <c r="I389" s="189" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="390" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B390" s="303"/>
+      <c r="C390" s="317"/>
+      <c r="D390" s="217">
+        <v>12</v>
+      </c>
+      <c r="E390" s="230" t="s">
+        <v>709</v>
+      </c>
+      <c r="F390" s="214">
+        <v>13</v>
+      </c>
+      <c r="G390" s="186" t="s">
+        <v>623</v>
+      </c>
+      <c r="H390" s="179">
+        <v>6</v>
+      </c>
+      <c r="I390" s="190" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="391" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B391" s="303"/>
+      <c r="C391" s="317"/>
+      <c r="D391" s="217">
+        <v>13</v>
+      </c>
+      <c r="E391" s="230" t="s">
+        <v>741</v>
+      </c>
+      <c r="F391" s="214"/>
+      <c r="G391" s="186"/>
+      <c r="H391" s="179">
+        <v>6</v>
+      </c>
+      <c r="I391" s="190" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="392" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B392" s="303"/>
+      <c r="C392" s="317"/>
+      <c r="D392" s="217">
+        <v>16</v>
+      </c>
+      <c r="E392" s="230" t="s">
+        <v>668</v>
+      </c>
+      <c r="F392" s="221"/>
+      <c r="G392" s="198"/>
+      <c r="H392" s="179">
+        <v>15</v>
+      </c>
+      <c r="I392" s="190" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="393" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B393" s="303"/>
+      <c r="C393" s="317"/>
+      <c r="D393" s="217">
+        <v>22</v>
+      </c>
+      <c r="E393" s="230" t="s">
+        <v>749</v>
+      </c>
+      <c r="F393" s="221"/>
+      <c r="G393" s="198"/>
+      <c r="H393" s="179">
+        <v>22</v>
+      </c>
+      <c r="I393" s="190" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="394" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B394" s="303"/>
+      <c r="C394" s="317"/>
+      <c r="D394" s="217">
+        <v>22</v>
+      </c>
+      <c r="E394" s="230" t="s">
+        <v>702</v>
+      </c>
+      <c r="F394" s="214"/>
+      <c r="G394" s="186"/>
+      <c r="H394" s="179">
+        <v>23</v>
+      </c>
+      <c r="I394" s="190" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="395" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B395" s="303"/>
+      <c r="C395" s="317"/>
+      <c r="D395" s="217">
+        <v>26</v>
+      </c>
+      <c r="E395" s="230" t="s">
+        <v>733</v>
+      </c>
+      <c r="F395" s="214"/>
+      <c r="G395" s="186"/>
+      <c r="H395" s="179"/>
+      <c r="I395" s="188"/>
+    </row>
+    <row r="396" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B396" s="303"/>
+      <c r="C396" s="327"/>
+      <c r="D396" s="243">
+        <v>27</v>
+      </c>
+      <c r="E396" s="231" t="s">
+        <v>615</v>
+      </c>
+      <c r="F396" s="215"/>
+      <c r="G396" s="222"/>
+      <c r="H396" s="181"/>
+      <c r="I396" s="212"/>
+    </row>
+    <row r="397" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B397" s="303"/>
+      <c r="C397" s="323" t="s">
+        <v>5</v>
+      </c>
+      <c r="D397" s="223">
+        <v>1</v>
+      </c>
+      <c r="E397" s="204" t="s">
+        <v>705</v>
+      </c>
+      <c r="F397" s="236">
         <v>2</v>
       </c>
-      <c r="E380" s="284" t="s">
-[...4 lines deleted...]
-      <c r="H380" s="386">
+      <c r="G397" s="270" t="s">
+        <v>737</v>
+      </c>
+      <c r="H397" s="180">
+        <v>2</v>
+      </c>
+      <c r="I397" s="189" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="398" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B398" s="303"/>
+      <c r="C398" s="324"/>
+      <c r="D398" s="217">
+        <v>2</v>
+      </c>
+      <c r="E398" s="205" t="s">
+        <v>739</v>
+      </c>
+      <c r="F398" s="214">
+        <v>12</v>
+      </c>
+      <c r="G398" s="197" t="s">
+        <v>751</v>
+      </c>
+      <c r="H398" s="179"/>
+      <c r="I398" s="190"/>
+    </row>
+    <row r="399" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B399" s="303"/>
+      <c r="C399" s="324"/>
+      <c r="D399" s="217">
+        <v>3</v>
+      </c>
+      <c r="E399" s="206" t="s">
+        <v>680</v>
+      </c>
+      <c r="F399" s="214">
+        <v>15</v>
+      </c>
+      <c r="G399" s="197" t="s">
+        <v>663</v>
+      </c>
+      <c r="H399" s="179"/>
+      <c r="I399" s="188"/>
+    </row>
+    <row r="400" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B400" s="303"/>
+      <c r="C400" s="324"/>
+      <c r="D400" s="217">
+        <v>3</v>
+      </c>
+      <c r="E400" s="206" t="s">
+        <v>694</v>
+      </c>
+      <c r="F400" s="221"/>
+      <c r="G400" s="207"/>
+      <c r="H400" s="179"/>
+      <c r="I400" s="190"/>
+    </row>
+    <row r="401" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B401" s="303"/>
+      <c r="C401" s="324"/>
+      <c r="D401" s="217">
+        <v>3</v>
+      </c>
+      <c r="E401" s="206" t="s">
+        <v>735</v>
+      </c>
+      <c r="F401" s="221"/>
+      <c r="G401" s="207"/>
+      <c r="H401" s="179"/>
+      <c r="I401" s="190"/>
+    </row>
+    <row r="402" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B402" s="303"/>
+      <c r="C402" s="324"/>
+      <c r="D402" s="217">
+        <v>10</v>
+      </c>
+      <c r="E402" s="206" t="s">
+        <v>668</v>
+      </c>
+      <c r="F402" s="214"/>
+      <c r="G402" s="197"/>
+      <c r="H402" s="179"/>
+      <c r="I402" s="190"/>
+    </row>
+    <row r="403" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B403" s="303"/>
+      <c r="C403" s="325"/>
+      <c r="D403" s="243">
+        <v>16</v>
+      </c>
+      <c r="E403" s="220" t="s">
+        <v>730</v>
+      </c>
+      <c r="F403" s="235"/>
+      <c r="G403" s="208"/>
+      <c r="H403" s="181"/>
+      <c r="I403" s="202"/>
+    </row>
+    <row r="404" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B404" s="303"/>
+      <c r="C404" s="328" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="223">
+        <v>3</v>
+      </c>
+      <c r="E404" s="183" t="s">
+        <v>716</v>
+      </c>
+      <c r="F404" s="240">
+        <v>9</v>
+      </c>
+      <c r="G404" s="187" t="s">
+        <v>693</v>
+      </c>
+      <c r="H404" s="179">
+        <v>1</v>
+      </c>
+      <c r="I404" s="189" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B405" s="303"/>
+      <c r="C405" s="329"/>
+      <c r="D405" s="217">
+        <v>10</v>
+      </c>
+      <c r="E405" s="184" t="s">
+        <v>742</v>
+      </c>
+      <c r="F405" s="214">
+        <v>10</v>
+      </c>
+      <c r="G405" s="187" t="s">
+        <v>755</v>
+      </c>
+      <c r="H405" s="179">
+        <v>1</v>
+      </c>
+      <c r="I405" s="190" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B406" s="303"/>
+      <c r="C406" s="329"/>
+      <c r="D406" s="217">
+        <v>10</v>
+      </c>
+      <c r="E406" s="184" t="s">
+        <v>671</v>
+      </c>
+      <c r="F406" s="214"/>
+      <c r="G406" s="197"/>
+      <c r="H406" s="179">
+        <v>3</v>
+      </c>
+      <c r="I406" s="190" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B407" s="303"/>
+      <c r="C407" s="329"/>
+      <c r="D407" s="217">
+        <v>10</v>
+      </c>
+      <c r="E407" s="184" t="s">
+        <v>754</v>
+      </c>
+      <c r="F407" s="214"/>
+      <c r="G407" s="197"/>
+      <c r="H407" s="179"/>
+      <c r="I407" s="190"/>
+    </row>
+    <row r="408" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B408" s="303"/>
+      <c r="C408" s="329"/>
+      <c r="D408" s="217">
+        <v>24</v>
+      </c>
+      <c r="E408" s="184" t="s">
+        <v>686</v>
+      </c>
+      <c r="F408" s="214"/>
+      <c r="G408" s="197"/>
+      <c r="H408" s="179"/>
+      <c r="I408" s="190"/>
+    </row>
+    <row r="409" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B409" s="303"/>
+      <c r="C409" s="329"/>
+      <c r="D409" s="217">
+        <v>24</v>
+      </c>
+      <c r="E409" s="184" t="s">
+        <v>697</v>
+      </c>
+      <c r="F409" s="214"/>
+      <c r="G409" s="197"/>
+      <c r="H409" s="179"/>
+      <c r="I409" s="190"/>
+    </row>
+    <row r="410" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B410" s="303"/>
+      <c r="C410" s="329"/>
+      <c r="D410" s="217">
+        <v>24</v>
+      </c>
+      <c r="E410" s="184" t="s">
+        <v>587</v>
+      </c>
+      <c r="F410" s="214"/>
+      <c r="G410" s="197"/>
+      <c r="H410" s="179"/>
+      <c r="I410" s="190"/>
+    </row>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B411" s="303"/>
+      <c r="C411" s="329"/>
+      <c r="D411" s="217">
+        <v>31</v>
+      </c>
+      <c r="E411" s="184" t="s">
+        <v>743</v>
+      </c>
+      <c r="F411" s="214"/>
+      <c r="G411" s="197"/>
+      <c r="H411" s="179"/>
+      <c r="I411" s="190"/>
+    </row>
+    <row r="412" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B412" s="303"/>
+      <c r="C412" s="330"/>
+      <c r="D412" s="243">
+        <v>31</v>
+      </c>
+      <c r="E412" s="231" t="s">
+        <v>690</v>
+      </c>
+      <c r="F412" s="241"/>
+      <c r="G412" s="208"/>
+      <c r="H412" s="181"/>
+      <c r="I412" s="212"/>
+    </row>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B413" s="303"/>
+      <c r="C413" s="320" t="s">
+        <v>8</v>
+      </c>
+      <c r="D413" s="217">
+        <v>1</v>
+      </c>
+      <c r="E413" s="230" t="s">
+        <v>706</v>
+      </c>
+      <c r="F413" s="238">
+        <v>16</v>
+      </c>
+      <c r="G413" s="186" t="s">
+        <v>704</v>
+      </c>
+      <c r="H413" s="179">
+        <v>7</v>
+      </c>
+      <c r="I413" s="189" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B414" s="303"/>
+      <c r="C414" s="322"/>
+      <c r="D414" s="217">
+        <v>7</v>
+      </c>
+      <c r="E414" s="184" t="s">
+        <v>701</v>
+      </c>
+      <c r="F414" s="237">
+        <v>29</v>
+      </c>
+      <c r="G414" s="186" t="s">
+        <v>618</v>
+      </c>
+      <c r="H414" s="179">
+        <v>7</v>
+      </c>
+      <c r="I414" s="190" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="415" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B415" s="303"/>
+      <c r="C415" s="322"/>
+      <c r="D415" s="217">
+        <v>7</v>
+      </c>
+      <c r="E415" s="184" t="s">
+        <v>699</v>
+      </c>
+      <c r="F415" s="237"/>
+      <c r="G415" s="198"/>
+      <c r="H415" s="179">
+        <v>7</v>
+      </c>
+      <c r="I415" s="190" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B416" s="303"/>
+      <c r="C416" s="322"/>
+      <c r="D416" s="217">
+        <v>7</v>
+      </c>
+      <c r="E416" s="184" t="s">
+        <v>700</v>
+      </c>
+      <c r="F416" s="237"/>
+      <c r="G416" s="198"/>
+      <c r="H416" s="179">
+        <v>7</v>
+      </c>
+      <c r="I416" s="190" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B417" s="303"/>
+      <c r="C417" s="322"/>
+      <c r="D417" s="217">
+        <v>9</v>
+      </c>
+      <c r="E417" s="195" t="s">
+        <v>661</v>
+      </c>
+      <c r="F417" s="221"/>
+      <c r="G417" s="219"/>
+      <c r="H417" s="179"/>
+      <c r="I417" s="188"/>
+    </row>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B418" s="303"/>
+      <c r="C418" s="322"/>
+      <c r="D418" s="217">
+        <v>14</v>
+      </c>
+      <c r="E418" s="195" t="s">
+        <v>750</v>
+      </c>
+      <c r="F418" s="221"/>
+      <c r="G418" s="219"/>
+      <c r="H418" s="179"/>
+      <c r="I418" s="188"/>
+    </row>
+    <row r="419" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B419" s="303"/>
+      <c r="C419" s="321"/>
+      <c r="D419" s="217">
+        <v>14</v>
+      </c>
+      <c r="E419" s="195" t="s">
+        <v>589</v>
+      </c>
+      <c r="F419" s="235"/>
+      <c r="G419" s="199"/>
+      <c r="H419" s="181"/>
+      <c r="I419" s="212"/>
+    </row>
+    <row r="420" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B420" s="303"/>
+      <c r="C420" s="320" t="s">
+        <v>674</v>
+      </c>
+      <c r="D420" s="223">
+        <v>12</v>
+      </c>
+      <c r="E420" s="209" t="s">
+        <v>717</v>
+      </c>
+      <c r="F420" s="236"/>
+      <c r="G420" s="219"/>
+      <c r="H420" s="180">
+        <v>7</v>
+      </c>
+      <c r="I420" s="189" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="421" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B421" s="303"/>
+      <c r="C421" s="321"/>
+      <c r="D421" s="217">
+        <v>19</v>
+      </c>
+      <c r="E421" s="205" t="s">
+        <v>675</v>
+      </c>
+      <c r="F421" s="221"/>
+      <c r="G421" s="216"/>
+      <c r="H421" s="179"/>
+      <c r="I421" s="212"/>
+    </row>
+    <row r="422" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B422" s="303"/>
+      <c r="C422" s="300" t="s">
+        <v>10</v>
+      </c>
+      <c r="D422" s="223">
+        <v>1</v>
+      </c>
+      <c r="E422" s="204" t="s">
+        <v>705</v>
+      </c>
+      <c r="F422" s="236">
+        <v>22</v>
+      </c>
+      <c r="G422" s="268" t="s">
+        <v>693</v>
+      </c>
+      <c r="H422" s="180"/>
+      <c r="I422" s="211"/>
+    </row>
+    <row r="423" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B423" s="303"/>
+      <c r="C423" s="331"/>
+      <c r="D423" s="217">
+        <v>1</v>
+      </c>
+      <c r="E423" s="206" t="s">
+        <v>548</v>
+      </c>
+      <c r="F423" s="221">
+        <v>30</v>
+      </c>
+      <c r="G423" s="197" t="s">
+        <v>738</v>
+      </c>
+      <c r="H423" s="179"/>
+      <c r="I423" s="188"/>
+    </row>
+    <row r="424" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B424" s="303"/>
+      <c r="C424" s="331"/>
+      <c r="D424" s="217">
+        <v>2</v>
+      </c>
+      <c r="E424" s="206" t="s">
+        <v>718</v>
+      </c>
+      <c r="F424" s="221"/>
+      <c r="G424" s="207"/>
+      <c r="H424" s="179"/>
+      <c r="I424" s="188"/>
+    </row>
+    <row r="425" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B425" s="303"/>
+      <c r="C425" s="331"/>
+      <c r="D425" s="217">
+        <v>9</v>
+      </c>
+      <c r="E425" s="205" t="s">
+        <v>592</v>
+      </c>
+      <c r="F425" s="237"/>
+      <c r="G425" s="197"/>
+      <c r="H425" s="179"/>
+      <c r="I425" s="188"/>
+    </row>
+    <row r="426" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B426" s="303"/>
+      <c r="C426" s="331"/>
+      <c r="D426" s="217">
+        <v>16</v>
+      </c>
+      <c r="E426" s="205" t="s">
+        <v>719</v>
+      </c>
+      <c r="F426" s="237"/>
+      <c r="G426" s="207"/>
+      <c r="H426" s="179"/>
+      <c r="I426" s="188"/>
+    </row>
+    <row r="427" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B427" s="303"/>
+      <c r="C427" s="331"/>
+      <c r="D427" s="217">
+        <v>16</v>
+      </c>
+      <c r="E427" s="206" t="s">
+        <v>736</v>
+      </c>
+      <c r="F427" s="237"/>
+      <c r="G427" s="207"/>
+      <c r="H427" s="179"/>
+      <c r="I427" s="188"/>
+    </row>
+    <row r="428" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B428" s="303"/>
+      <c r="C428" s="301"/>
+      <c r="D428" s="217">
         <v>18</v>
       </c>
-      <c r="I380" s="232" t="s">
-[...14 lines deleted...]
-      <c r="H381" s="215">
+      <c r="E428" s="205" t="s">
+        <v>729</v>
+      </c>
+      <c r="F428" s="237"/>
+      <c r="G428" s="207"/>
+      <c r="H428" s="179"/>
+      <c r="I428" s="188"/>
+    </row>
+    <row r="429" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B429" s="303"/>
+      <c r="C429" s="300" t="s">
+        <v>11</v>
+      </c>
+      <c r="D429" s="223">
         <v>31</v>
       </c>
-      <c r="I381" s="232" t="s">
-[...35 lines deleted...]
-      <c r="D384" s="303">
+      <c r="E429" s="204" t="s">
+        <v>740</v>
+      </c>
+      <c r="F429" s="238"/>
+      <c r="G429" s="264"/>
+      <c r="H429" s="180"/>
+      <c r="I429" s="211"/>
+    </row>
+    <row r="430" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B430" s="303"/>
+      <c r="C430" s="301"/>
+      <c r="D430" s="243">
+        <v>31</v>
+      </c>
+      <c r="E430" s="193" t="s">
+        <v>669</v>
+      </c>
+      <c r="F430" s="241"/>
+      <c r="G430" s="208"/>
+      <c r="H430" s="181"/>
+      <c r="I430" s="212"/>
+    </row>
+    <row r="431" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B431" s="303"/>
+      <c r="C431" s="201" t="s">
+        <v>12</v>
+      </c>
+      <c r="D431" s="217"/>
+      <c r="E431" s="269"/>
+      <c r="F431" s="237">
+        <v>27</v>
+      </c>
+      <c r="G431" s="197" t="s">
+        <v>643</v>
+      </c>
+      <c r="H431" s="179"/>
+      <c r="I431" s="188"/>
+    </row>
+    <row r="432" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B432" s="303"/>
+      <c r="C432" s="300" t="s">
+        <v>13</v>
+      </c>
+      <c r="D432" s="223">
+        <v>8</v>
+      </c>
+      <c r="E432" s="209" t="s">
+        <v>744</v>
+      </c>
+      <c r="F432" s="238">
         <v>15</v>
       </c>
-      <c r="E384" s="284" t="s">
-[...10 lines deleted...]
-      <c r="D385" s="340">
+      <c r="G432" s="270" t="s">
+        <v>703</v>
+      </c>
+      <c r="H432" s="180"/>
+      <c r="I432" s="211"/>
+    </row>
+    <row r="433" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B433" s="303"/>
+      <c r="C433" s="301"/>
+      <c r="D433" s="243">
+        <v>22</v>
+      </c>
+      <c r="E433" s="220" t="s">
+        <v>720</v>
+      </c>
+      <c r="F433" s="235"/>
+      <c r="G433" s="208"/>
+      <c r="H433" s="181"/>
+      <c r="I433" s="212"/>
+    </row>
+    <row r="434" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B434" s="303"/>
+      <c r="C434" s="300" t="s">
+        <v>14</v>
+      </c>
+      <c r="D434" s="217">
+        <v>1</v>
+      </c>
+      <c r="E434" s="194" t="s">
+        <v>707</v>
+      </c>
+      <c r="F434" s="237"/>
+      <c r="G434" s="186"/>
+      <c r="H434" s="179"/>
+      <c r="I434" s="233"/>
+    </row>
+    <row r="435" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B435" s="303"/>
+      <c r="C435" s="301"/>
+      <c r="D435" s="243">
+        <v>1</v>
+      </c>
+      <c r="E435" s="210" t="s">
+        <v>705</v>
+      </c>
+      <c r="F435" s="241"/>
+      <c r="G435" s="222"/>
+      <c r="H435" s="181"/>
+      <c r="I435" s="232"/>
+    </row>
+    <row r="436" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B436" s="304"/>
+      <c r="C436" s="224" t="s">
         <v>15</v>
       </c>
-      <c r="E385" s="239" t="s">
-[...46 lines deleted...]
-      <c r="D388" s="222">
+      <c r="D436" s="243">
         <v>12</v>
       </c>
-      <c r="E388" s="321" t="s">
-[...26 lines deleted...]
-      <c r="H389" s="215">
+      <c r="E436" s="218" t="s">
+        <v>672</v>
+      </c>
+      <c r="F436" s="241">
         <v>23</v>
       </c>
-      <c r="I389" s="323" t="s">
-[...111 lines deleted...]
-      <c r="G396" s="228" t="s">
+      <c r="G436" s="234" t="s">
         <v>693</v>
       </c>
-      <c r="H396" s="215">
-[...437 lines deleted...]
-      <c r="B461" s="89"/>
+      <c r="H436" s="181"/>
+      <c r="I436" s="232"/>
+    </row>
+    <row r="438" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="D438" s="299"/>
+      <c r="E438" s="229"/>
+    </row>
+    <row r="441" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E441" s="5"/>
+    </row>
+    <row r="452" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C452" s="112"/>
+      <c r="D452" s="112"/>
+    </row>
+    <row r="453" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B453" s="87"/>
+    </row>
+    <row r="455" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C455" s="112"/>
+      <c r="D455" s="112"/>
+    </row>
+    <row r="456" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C456" s="112"/>
+      <c r="D456" s="112"/>
+    </row>
+    <row r="466" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E466" s="88"/>
+    </row>
+    <row r="467" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B467" s="87"/>
+    </row>
+    <row r="468" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C468" s="113"/>
+      <c r="D468" s="113"/>
+    </row>
+    <row r="471" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C471" s="113"/>
+      <c r="D471" s="113"/>
+    </row>
+    <row r="472" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B472" s="89"/>
+      <c r="C472" s="113"/>
+      <c r="D472" s="113"/>
+    </row>
+    <row r="475" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C475" s="113"/>
+      <c r="D475" s="113"/>
+    </row>
+    <row r="476" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C476" s="113"/>
+      <c r="D476" s="113"/>
+    </row>
+    <row r="477" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B477" s="89"/>
+    </row>
+    <row r="478" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B478" s="89"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E141:E142">
     <sortCondition ref="E141:E142"/>
   </sortState>
-  <mergeCells count="22">
-[...7 lines deleted...]
-    <mergeCell ref="C392:C395"/>
+  <mergeCells count="24">
+    <mergeCell ref="C335:C339"/>
+    <mergeCell ref="C422:C428"/>
+    <mergeCell ref="C429:C430"/>
     <mergeCell ref="C357:C367"/>
-    <mergeCell ref="C387:C391"/>
-    <mergeCell ref="C396:C401"/>
+    <mergeCell ref="C389:C396"/>
+    <mergeCell ref="C404:C412"/>
+    <mergeCell ref="C340:C356"/>
+    <mergeCell ref="C368:C375"/>
+    <mergeCell ref="C432:C433"/>
+    <mergeCell ref="B307:B387"/>
+    <mergeCell ref="C376:C387"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B119:I119"/>
     <mergeCell ref="B264:I264"/>
     <mergeCell ref="C297:C300"/>
     <mergeCell ref="C329:C334"/>
     <mergeCell ref="C311:C320"/>
-    <mergeCell ref="C340:C356"/>
     <mergeCell ref="C321:C328"/>
     <mergeCell ref="C307:C310"/>
-    <mergeCell ref="C368:C375"/>
-    <mergeCell ref="C335:C339"/>
+    <mergeCell ref="B389:B436"/>
+    <mergeCell ref="C420:C421"/>
+    <mergeCell ref="C434:C435"/>
+    <mergeCell ref="C413:C419"/>
+    <mergeCell ref="C397:C403"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E7" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E8" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E23" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="E9" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="E10" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="E12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="E13" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="E14" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="E15" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="E85" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="E16" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="E26" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="E48" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="E17" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="E19" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="E77" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="E78" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="E21" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="E22" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
@@ -10802,51 +10995,51 @@
     <hyperlink ref="E277" r:id="rId226" xr:uid="{25686987-D47E-47C0-9F73-0CA84F0DA803}"/>
     <hyperlink ref="E302" r:id="rId227" display="1 Kika Research programs (pre-proposal)" xr:uid="{B2F47F52-4CA3-49B1-800A-3AC23F2B858F}"/>
     <hyperlink ref="E290" r:id="rId228" xr:uid="{88AEEE4C-5A56-4465-B6E0-88101F683680}"/>
     <hyperlink ref="E281" r:id="rId229" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{074D4AFE-E42F-400E-9564-3D52C99957DD}"/>
     <hyperlink ref="E321" r:id="rId230" display="1 Gastrostart (deadline)" xr:uid="{B3E1E3B1-0083-4C94-91D6-4D9493D65F68}"/>
     <hyperlink ref="E294" r:id="rId231" display="1 Hersenstichting Op Weg Naar Genezing Ronde 3" xr:uid="{3A625014-BB13-43C3-94ED-775E31A6CE2C}"/>
     <hyperlink ref="E333" r:id="rId232" display="1 Hersenstichting Op Weg Naar Genezing Ronde 3" xr:uid="{61496E9A-7D5F-47CF-B74E-94F534B91483}"/>
     <hyperlink ref="E322" r:id="rId233" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{F422D683-C5F7-4224-A1A3-C74C6CF62501}"/>
     <hyperlink ref="E287" r:id="rId234" display="NWO NWA Science Communication 2025 (deadline)" xr:uid="{0A864D31-C166-4504-9F8A-B996C3EC5B80}"/>
     <hyperlink ref="G292" r:id="rId235" xr:uid="{991ACC4D-F073-42C5-8C6A-D0F4806966C3}"/>
     <hyperlink ref="E276" r:id="rId236" location="Voor-wie" xr:uid="{1C533EE4-529F-4566-B9EA-03E375AD8EC5}"/>
     <hyperlink ref="E289" r:id="rId237" xr:uid="{5517339A-1449-44D7-A717-46C06388C5E7}"/>
     <hyperlink ref="E273" r:id="rId238" xr:uid="{35198979-A707-46CF-AB72-9E2B6F22B8F9}"/>
     <hyperlink ref="E305" r:id="rId239" location="orientate-who" display="8 ZonMw Ontwikkeling en versterking van de regionale samenwerkingsstructuur Integraal Zorgakkoord - Ronde 2 (deadline)" xr:uid="{3BE34454-1C4E-4752-947A-A1B8E36D060F}"/>
     <hyperlink ref="G360" r:id="rId240" display="29 EIC Pathfinder Challenge: Generative-AI based Agents to Revolutionize Medical Diagnosis and Treatment of Cancer (deadline)" xr:uid="{C08BF4E6-0C0C-4095-908F-E4197BDAC9D9}"/>
     <hyperlink ref="G268" r:id="rId241" xr:uid="{71680C5A-8F0E-4BDF-A32C-152E24F7A61E}"/>
     <hyperlink ref="E297" r:id="rId242" xr:uid="{E88201F4-4B75-41A2-A47F-768AAB13EBFF}"/>
     <hyperlink ref="E275" r:id="rId243" xr:uid="{B6FCA28D-7588-4B20-98CE-EAA9185CF73A}"/>
     <hyperlink ref="E278" r:id="rId244" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{B77BA886-DDA7-46C3-9543-A54358E90388}"/>
     <hyperlink ref="G274" r:id="rId245" xr:uid="{8689B4FA-1D8C-4BDC-A882-A829B11C45A1}"/>
     <hyperlink ref="I284" r:id="rId246" xr:uid="{C010928C-24D4-434E-BBAE-8D7553F415D7}"/>
     <hyperlink ref="I281" r:id="rId247" xr:uid="{52E29802-40B4-4FF1-A9C5-CDB19039CC6C}"/>
     <hyperlink ref="I324" r:id="rId248" display="2 C-Further call for collaborative projects (deadline EOI)" xr:uid="{BAC12668-B150-406E-B332-77521BED0486}"/>
     <hyperlink ref="I340" r:id="rId249" display="2 C-Further call for collaborative projects (deadline EOI)" xr:uid="{120B60AD-55E8-43B0-B36D-D5506EE25FB4}"/>
     <hyperlink ref="E300" r:id="rId250" xr:uid="{25784527-D9BC-41A5-A9A5-1B9830BEA4FC}"/>
-    <hyperlink ref="I381" r:id="rId251" location="awards" display="31 MMRF Myeloma Omics Initiative Programma (final deadline)" xr:uid="{C61CC0CD-3CFE-4788-9F74-359EE96FF03D}"/>
+    <hyperlink ref="I384" r:id="rId251" location="awards" display="31 MMRF Myeloma Omics Initiative Programma (final deadline)" xr:uid="{C61CC0CD-3CFE-4788-9F74-359EE96FF03D}"/>
     <hyperlink ref="I311" r:id="rId252" display="23 Gateway All Grant Programs (deadline)" xr:uid="{2BCB76BD-B687-4EC7-B09A-CCC49253E9A6}"/>
     <hyperlink ref="I276" r:id="rId253" xr:uid="{CFD7A2E8-611E-40B9-9365-BFD36C005EAE}"/>
     <hyperlink ref="I274" r:id="rId254" xr:uid="{63DB18AC-0111-433F-906A-6A22EB252F61}"/>
     <hyperlink ref="I275" r:id="rId255" xr:uid="{C7794FB8-578A-4D2E-B12B-AABBCBBDD1C7}"/>
     <hyperlink ref="E279" r:id="rId256" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{47C46466-6D01-466A-90A6-226D5E951D33}"/>
     <hyperlink ref="E280" r:id="rId257" display="1 Landsteiner Foundation for Blood Transfusion Research (LBSR) Grants (deadline pre-proposals)" xr:uid="{A94706EC-33FA-42B2-976F-9DDEE69B32FA}"/>
     <hyperlink ref="G374" r:id="rId258" display="25 MSCA Doctoral Networks (deadline)" xr:uid="{2D7D9A42-2460-4675-BE5D-136D6442E6AD}"/>
     <hyperlink ref="G319" r:id="rId259" display="28 MSCA Doctoral Networks (opening call)" xr:uid="{00D8F966-1E37-4D95-8750-EA13C0158543}"/>
     <hyperlink ref="G340" r:id="rId260" display="10 MSCA Postdoctoral Fellowships (deadline)" xr:uid="{DACC8E32-70BA-4D56-898E-080989495470}"/>
     <hyperlink ref="G273" r:id="rId261" xr:uid="{9BFAFFAC-D9E8-46A1-80D4-B59EC423848F}"/>
     <hyperlink ref="G269" r:id="rId262" xr:uid="{F4ED5694-BAF7-449C-B8D6-E724F0CDFA61}"/>
     <hyperlink ref="G276" r:id="rId263" xr:uid="{F56521D9-7A7E-4ED6-B361-5CA2354B36F5}"/>
     <hyperlink ref="E282" r:id="rId264" xr:uid="{95E38540-1CE5-4111-A62E-D5C221F6AF69}"/>
     <hyperlink ref="I272" r:id="rId265" xr:uid="{9AAA15F9-432B-4E9D-871C-E56FE1BCE60D}"/>
     <hyperlink ref="G267" r:id="rId266" location="c1575" xr:uid="{BFD3F171-6B34-40A4-84D0-A7B08C4269F7}"/>
     <hyperlink ref="I255" r:id="rId267" xr:uid="{D40D1C1F-484C-46BA-BEA7-B0463DBEE457}"/>
     <hyperlink ref="E255" r:id="rId268" xr:uid="{E027B63A-7297-4D37-8136-42BB66EBA37F}"/>
     <hyperlink ref="E250" r:id="rId269" xr:uid="{579D0773-2FD0-4848-B590-F5970EDE5A1F}"/>
     <hyperlink ref="E249" r:id="rId270" xr:uid="{235C7566-9895-40BD-AE0A-01D46135E196}"/>
     <hyperlink ref="I252" r:id="rId271" xr:uid="{520C7492-6E0D-4DC9-B4D9-58F765EC55BA}"/>
     <hyperlink ref="G254" r:id="rId272" xr:uid="{CD4F5369-6795-4355-87D8-56BB83C6C069}"/>
     <hyperlink ref="G243" r:id="rId273" xr:uid="{A900C60A-32DC-42DF-8355-39C574DA6AC4}"/>
     <hyperlink ref="I257" r:id="rId274" display="11 Cholangiocarcionma Foundation Research Fellowship Program (deadline LOI)" xr:uid="{5A8CE311-31B9-4199-BF3F-B26BD827E69A}"/>
     <hyperlink ref="I230" r:id="rId275" xr:uid="{009DC978-3289-465E-AA3E-B07764AD359C}"/>
     <hyperlink ref="E218" r:id="rId276" xr:uid="{8C90A24A-00C7-46D2-BAB6-A9F60CC631E6}"/>
@@ -11109,222 +11302,251 @@
     <hyperlink ref="E144" r:id="rId533" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="E295" r:id="rId534" xr:uid="{E6A69C1A-C98A-466B-BE22-A65CC3569931}"/>
     <hyperlink ref="E285" r:id="rId535" xr:uid="{190D9778-8944-4DC8-80EA-1A9683017C9D}"/>
     <hyperlink ref="E284" r:id="rId536" xr:uid="{EA230805-3E6F-4DC9-ABEA-96A112D431C8}"/>
     <hyperlink ref="I282" r:id="rId537" xr:uid="{83C6DA7D-0B81-4EED-8692-D96248B17B8B}"/>
     <hyperlink ref="E307" r:id="rId538" display="15 NWO KIC Langetermijnprogramma's (deadline)" xr:uid="{9C9E1ADA-C29B-4076-969F-C4DAA4A8E5BA}"/>
     <hyperlink ref="E308" r:id="rId539" display="15 NWO KIC Langetermijnprogramma's obligatory registration for internal support" xr:uid="{5188D5FF-F7DE-405E-BFCC-D2EFF04EF1ED}"/>
     <hyperlink ref="E296" r:id="rId540" display="13 Hanarth Fonds - deadline preproposals " xr:uid="{2BA88965-B8ED-4FDA-9BC4-20E1A6A31AF8}"/>
     <hyperlink ref="E327" r:id="rId541" display="20 Hanarth Fonds - deadline invited full proposals (13 March deadline preproposals)" xr:uid="{3F6A1E02-C2F7-42A5-A137-ECF4D34235F5}"/>
     <hyperlink ref="E328" r:id="rId542" display="20 Hanarth Fonds Fellowships - deadline " xr:uid="{FCDC0CBD-C3D8-4292-A0F0-B17B36CCEEB2}"/>
     <hyperlink ref="E288" r:id="rId543" xr:uid="{5D704533-CE31-4A79-8376-CBBDDF26B8E8}"/>
     <hyperlink ref="E299" r:id="rId544" xr:uid="{0966C868-56AA-4DA9-B668-1A07E64908EE}"/>
     <hyperlink ref="E336" r:id="rId545" display="7 Lymph&amp;Co Paul Fentener van Vlissingen Fellowship (deadline proposal)" xr:uid="{725CC3F7-658C-41AE-8EEE-180C8C6433AB}"/>
     <hyperlink ref="E298" r:id="rId546" xr:uid="{7ECFBA2B-18E6-424D-865E-78A29B273365}"/>
     <hyperlink ref="G326" r:id="rId547" xr:uid="{0F02EB6D-0C4D-4522-9D70-74ADEEA2717C}"/>
     <hyperlink ref="G324" r:id="rId548" xr:uid="{078AB186-A4F1-488F-A6A3-AF7637A7DFCD}"/>
     <hyperlink ref="G322" r:id="rId549" display="17 MSCA Doctoral Networks - internal research grant support deadline " xr:uid="{8FDD5A9E-E111-426F-8947-A0F90ED1C918}"/>
     <hyperlink ref="E303" r:id="rId550" display="1 Maurits en Anna de Kock Foundation (deadline)" xr:uid="{0A899D1C-B118-42D9-9C68-D66D63C89D84}"/>
     <hyperlink ref="G341" r:id="rId551" display="18 Horizon Europe Cluster Health (deadline)" xr:uid="{701B2A37-23ED-4036-8694-A4217DA88BB6}"/>
     <hyperlink ref="G342" r:id="rId552" display="18 Horizon Europe Mission Cancer (deadline)" xr:uid="{8E6FDA70-BDC5-48D5-B2DD-D718B0817C25}"/>
     <hyperlink ref="G313" r:id="rId553" display="6 Expected opening call EU Mission Cancer" xr:uid="{FAE0F0A7-DB8B-446B-88E9-72591FB63EBE}"/>
     <hyperlink ref="G308" r:id="rId554" display="10 IHI Modelling regulatory sandbox mechanisms and enabling their deployment to support breakthrough innovation (deadline pre-proposal)" xr:uid="{B375976A-BA79-4EF1-B564-4D873108A8E6}"/>
     <hyperlink ref="G309" r:id="rId555" display="29 IHI Call 9 (single-stage): deadline full proposals 29 April 2025" xr:uid="{764C8FF1-12EF-44D2-8170-111768AED3DF}"/>
     <hyperlink ref="G307" r:id="rId556" display="23 IHI Call 10 (two-stage; deadline short proposals 23 April)" xr:uid="{FEB54D30-1519-402F-9B2A-6EDB4D5DB697}"/>
     <hyperlink ref="G317" r:id="rId557" display="22 Exoected opening EU Cluster Health" xr:uid="{CE5050FF-042E-4B58-ACE8-5C1E9B29C2E6}"/>
-    <hyperlink ref="E395" r:id="rId558" xr:uid="{87BB7D37-8E40-4824-A47A-8CBBAC2AA545}"/>
+    <hyperlink ref="E402" r:id="rId558" xr:uid="{87BB7D37-8E40-4824-A47A-8CBBAC2AA545}"/>
     <hyperlink ref="E304" r:id="rId559" display="3 ZonMw Open Competition (deadline)" xr:uid="{8D3F3815-CE95-4850-A995-A3CCEB55EAA2}"/>
     <hyperlink ref="E310" r:id="rId560" xr:uid="{0C157DD7-BFF3-40C1-B8DA-D4B2588FCA45}"/>
     <hyperlink ref="E343" r:id="rId561" xr:uid="{D1ABB494-612D-4DB1-98B5-31B4DDA75437}"/>
     <hyperlink ref="G310" r:id="rId562" xr:uid="{F08EBFFA-ED88-4F53-A91B-AEAEFA01AD16}"/>
     <hyperlink ref="E311" r:id="rId563" xr:uid="{EFBDEDD9-AF25-4A10-9E7F-635449D48BAE}"/>
     <hyperlink ref="E340" r:id="rId564" display="KWF Exploration Call (full proposal)" xr:uid="{79391BB6-646A-4D07-8FDA-E1F98B7F1D67}"/>
     <hyperlink ref="E312" r:id="rId565" xr:uid="{97E7FABF-D2F3-417B-94E4-D66B8739B895}"/>
     <hyperlink ref="E313" r:id="rId566" xr:uid="{F7210D69-890D-4EEB-A5ED-CE5A0B34AA96}"/>
     <hyperlink ref="G314" r:id="rId567" xr:uid="{646788B6-77FD-4EC3-A8DB-C4FD32619577}"/>
     <hyperlink ref="G316" r:id="rId568" display="EIC Pathfinder Open (deadline)" xr:uid="{7D37EAE6-1A72-4842-93B5-C0D21D439121}"/>
     <hyperlink ref="G321" r:id="rId569" xr:uid="{8CF658CA-9CAA-4941-A742-C278BA9F4649}"/>
     <hyperlink ref="G323" r:id="rId570" xr:uid="{D43BC860-DF6E-4B58-A3B6-955FEF88CCA1}"/>
     <hyperlink ref="I323" r:id="rId571" xr:uid="{ADDC185B-EAEB-4A21-869A-A7F652DF098C}"/>
     <hyperlink ref="E326" r:id="rId572" xr:uid="{0B649C32-4703-4980-A60D-72DE84E05A8B}"/>
     <hyperlink ref="E360" r:id="rId573" xr:uid="{4C7488DD-96E0-43B4-8A8A-E902FD9747CA}"/>
     <hyperlink ref="E332" r:id="rId574" xr:uid="{8E638A45-2202-4CBE-92E9-1DC370311AE5}"/>
     <hyperlink ref="G344" r:id="rId575" xr:uid="{3AA373F6-46A2-4A32-96CC-306226C965B1}"/>
     <hyperlink ref="G318" r:id="rId576" display="ERC Advanced Grant (expected opening)" xr:uid="{F0E1D6B2-DBB9-4866-BE5A-82DE104F3C16}"/>
     <hyperlink ref="E341" r:id="rId577" xr:uid="{0391AED6-8FCA-454B-927D-0F5E55D02372}"/>
     <hyperlink ref="G359" r:id="rId578" xr:uid="{13774440-20F2-4370-A2BC-416AA332E0B9}"/>
-    <hyperlink ref="E379" r:id="rId579" display="NWO Rubicon" xr:uid="{BBA2B73F-4B2A-416C-B975-F61946E406E7}"/>
-    <hyperlink ref="E383" r:id="rId580" xr:uid="{285ECDAD-D317-4C16-9A6F-8220541B14E6}"/>
+    <hyperlink ref="E380" r:id="rId579" display="NWO Rubicon" xr:uid="{BBA2B73F-4B2A-416C-B975-F61946E406E7}"/>
+    <hyperlink ref="E384" r:id="rId580" xr:uid="{285ECDAD-D317-4C16-9A6F-8220541B14E6}"/>
     <hyperlink ref="G312" r:id="rId581" xr:uid="{1CCC02DA-6C4C-45FF-B684-2B2140D08AE2}"/>
     <hyperlink ref="G371" r:id="rId582" xr:uid="{F597CDA9-8EF5-465B-94A0-B62C5F3839F6}"/>
     <hyperlink ref="G311" r:id="rId583" xr:uid="{CA100528-360A-40EF-80BF-8B2E5DB3ABAC}"/>
     <hyperlink ref="I312" r:id="rId584" xr:uid="{0A8FEB1F-9C26-43E7-B6B7-B5CA95314BD7}"/>
     <hyperlink ref="I321" r:id="rId585" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{91772E3B-B266-4C3F-A5FC-D84A153B0C78}"/>
     <hyperlink ref="I361" r:id="rId586" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{3AF7E856-DC80-49F0-B070-63EF67CC9BDA}"/>
     <hyperlink ref="G325" r:id="rId587" xr:uid="{A8D90C24-F10A-4D99-93A9-3AFE75F41651}"/>
     <hyperlink ref="E344" r:id="rId588" xr:uid="{31BDC83D-7C9F-4A99-BE49-1CC3CA08E9D2}"/>
     <hyperlink ref="E367" r:id="rId589" xr:uid="{9C697B87-4C77-44E5-9AF8-28455AC4CE57}"/>
-    <hyperlink ref="E400" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E407" r:id="rId592" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
+    <hyperlink ref="E410" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
+    <hyperlink ref="E381" r:id="rId591" xr:uid="{3266B8CF-6AE4-4C20-BBAC-E16A0BBD8B23}"/>
+    <hyperlink ref="E419" r:id="rId592" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
     <hyperlink ref="E329" r:id="rId593" xr:uid="{328E481A-65E7-4F16-B568-EAFEDBB1A9C4}"/>
     <hyperlink ref="E351" r:id="rId594" xr:uid="{83C4226E-8DC6-4104-A881-C7759F2EDEE3}"/>
-    <hyperlink ref="E412" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
+    <hyperlink ref="E425" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
     <hyperlink ref="G343" r:id="rId596" xr:uid="{C6B65852-A3D5-4E4C-B324-3263B0199E53}"/>
     <hyperlink ref="E324" r:id="rId597" display="Faculty of Impact" xr:uid="{AE227DA5-C8F0-4FFB-AEF0-D0B649509292}"/>
     <hyperlink ref="E325" r:id="rId598" xr:uid="{045CFE40-7957-4352-95EA-F671E00CF49C}"/>
     <hyperlink ref="E314" r:id="rId599" xr:uid="{DC2640E1-CE6E-4281-9B04-91AFD5B4936E}"/>
     <hyperlink ref="E342" r:id="rId600" display="NWO Veni (expected deadline)" xr:uid="{8CB4B970-42F6-448E-9D2D-DBEA8C018F3D}"/>
-    <hyperlink ref="E391" r:id="rId601" display="NWO Veni (expected deadline)" xr:uid="{4AAC1A79-84F2-41FD-9863-335F583353B4}"/>
+    <hyperlink ref="E396" r:id="rId601" display="NWO Veni (expected deadline)" xr:uid="{4AAC1A79-84F2-41FD-9863-335F583353B4}"/>
     <hyperlink ref="G358" r:id="rId602" display="ERC Starting Grant (expected deadline)" xr:uid="{CFF418DE-F09F-4289-9B47-EBE0C67BC730}"/>
-    <hyperlink ref="G388" r:id="rId603" display="ERC Consolidator Grant (expected deadline)" xr:uid="{C9FBAE79-515B-4EE4-B06A-4CDAD2DB6B32}"/>
+    <hyperlink ref="G390" r:id="rId603" display="ERC Consolidator Grant (expected deadline)" xr:uid="{C9FBAE79-515B-4EE4-B06A-4CDAD2DB6B32}"/>
     <hyperlink ref="E335" r:id="rId604" xr:uid="{0D6CA846-535B-432A-AFB4-8893CCE01E0D}"/>
     <hyperlink ref="G335" r:id="rId605" xr:uid="{26DF9EF2-3141-4C64-8808-99CA627C027E}"/>
     <hyperlink ref="G315" r:id="rId606" xr:uid="{BC61C7D3-D48D-46A5-A1AD-81BEEB128ADF}"/>
     <hyperlink ref="I322" r:id="rId607" xr:uid="{5077F715-9303-443D-9376-DE73DE29131D}"/>
     <hyperlink ref="G329" r:id="rId608" display="Open Call for Transnational Service Provision" xr:uid="{53D3FCD8-4309-4D15-953D-CCADEF9A8D97}"/>
     <hyperlink ref="G336" r:id="rId609" xr:uid="{8B7B83BD-48FE-4553-A0C0-CC7F07BBC421}"/>
     <hyperlink ref="G320" r:id="rId610" xr:uid="{844072E6-5B0C-4037-9BC2-55146C5CABD8}"/>
     <hyperlink ref="E337" r:id="rId611" xr:uid="{9CE66579-7373-4788-9F27-0E032835530B}"/>
     <hyperlink ref="E348" r:id="rId612" xr:uid="{4F986696-93A5-4290-A5EA-44F1D9D55A08}"/>
     <hyperlink ref="I332" r:id="rId613" display="LCRF Team Science Award" xr:uid="{F30562FE-7947-40F9-BCEB-56ED291FAD4E}"/>
     <hyperlink ref="I368" r:id="rId614" display="LCRF Team Science Award" xr:uid="{2DABA678-5010-4052-A34A-9F37AB247B99}"/>
     <hyperlink ref="I333" r:id="rId615" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{A2265066-F850-434F-B795-D31FB5696827}"/>
     <hyperlink ref="I357" r:id="rId616" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{63D94197-3DD8-4606-91C2-9731933FADA9}"/>
     <hyperlink ref="I334" r:id="rId617" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{DE92ABF7-AE8B-4C94-84BB-12AF2E89A341}"/>
     <hyperlink ref="I369" r:id="rId618" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{A7B212EC-2F3A-4383-910B-16FC02B32B18}"/>
     <hyperlink ref="E346" r:id="rId619" xr:uid="{BB3A30DD-6151-4BA6-825E-D61E2E4E2B41}"/>
     <hyperlink ref="G357" r:id="rId620" xr:uid="{ACEE172E-C8E9-4201-BB47-55E2C69A493C}"/>
-    <hyperlink ref="G403" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
+    <hyperlink ref="G414" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
     <hyperlink ref="I325" r:id="rId622" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{C80F1CBC-D7B6-45FD-8175-8700835DF6E5}"/>
     <hyperlink ref="I329" r:id="rId623" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{9C1E48D3-9BF4-4122-9038-978A3800EDA5}"/>
     <hyperlink ref="I326" r:id="rId624" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{C5171A96-86C3-43A2-8D23-46948D107C1D}"/>
     <hyperlink ref="I330" r:id="rId625" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{7C8A71A5-DCB2-4A2A-9695-250A26DC2618}"/>
     <hyperlink ref="G356" r:id="rId626" xr:uid="{2D07294A-2789-4E11-8056-32A08A3156BE}"/>
     <hyperlink ref="I331" r:id="rId627" xr:uid="{344F7F85-B2AD-4E02-B837-63942A03ED58}"/>
     <hyperlink ref="E370" r:id="rId628" xr:uid="{BD76C125-7413-4348-814C-1A49057C33BD}"/>
     <hyperlink ref="E371" r:id="rId629" xr:uid="{2A00D487-7479-4A62-BCDB-DB86FE105272}"/>
     <hyperlink ref="E331" r:id="rId630" display="ZonMW: voorbereidende implementatieactiviteiten ronde 1 " xr:uid="{84627BCD-4ADD-4654-8EE7-9F7B96B9A25E}"/>
     <hyperlink ref="E345" r:id="rId631" xr:uid="{65D3395E-2823-4847-99F8-7FD80E72C113}"/>
     <hyperlink ref="E347" r:id="rId632" display="ZonMW Open Competitie" xr:uid="{BE9080F0-3E32-4435-A86F-1A3A6E17B5A0}"/>
     <hyperlink ref="E353" r:id="rId633" xr:uid="{455DDECF-266D-4407-8386-7CFCE2E078FF}"/>
     <hyperlink ref="E362" r:id="rId634" xr:uid="{A03FBA3B-1E59-4195-AA6A-9ED8DA96146D}"/>
-    <hyperlink ref="E413" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
+    <hyperlink ref="E426" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
     <hyperlink ref="E363" r:id="rId636" xr:uid="{745663B9-977C-47D6-9439-A7E2877BEA66}"/>
     <hyperlink ref="E330" r:id="rId637" xr:uid="{10AF2882-E6AF-46FF-80BC-BF707EB36263}"/>
     <hyperlink ref="E356" r:id="rId638" display="Health~Holland International Kickstarter" xr:uid="{9921D40D-1FD0-4AD7-BE5A-88BCFB348251}"/>
-    <hyperlink ref="G415" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
+    <hyperlink ref="G431" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
     <hyperlink ref="G370" r:id="rId640" xr:uid="{DB0A2B75-9A56-4229-B096-038F55AC124E}"/>
     <hyperlink ref="E355" r:id="rId641" location=":~:text=BOOST%20funding%20is%20available%20exclusively,or%20models%20within%20a%20lab." xr:uid="{22551DA7-E432-44DA-876C-DA57A982CF1B}"/>
     <hyperlink ref="E339" r:id="rId642" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg" xr:uid="{F78FF6EA-860F-4089-A750-7615B35B6DF4}"/>
     <hyperlink ref="I360" r:id="rId643" xr:uid="{80091A70-FB39-4300-A7BE-69C62C37196D}"/>
-    <hyperlink ref="I389" r:id="rId644" display="Leukemia &amp; Lymphoma Society Translational Research Program (LOI)" xr:uid="{EAE0A2D4-6877-430A-97AD-53CD7B334159}"/>
+    <hyperlink ref="I394" r:id="rId644" display="Leukemia &amp; Lymphoma Society Translational Research Program (LOI)" xr:uid="{EAE0A2D4-6877-430A-97AD-53CD7B334159}"/>
     <hyperlink ref="I358" r:id="rId645" xr:uid="{34BC0A72-E11F-4818-9D4C-4C511F4AEDF5}"/>
     <hyperlink ref="I371" r:id="rId646" xr:uid="{802874A7-D7D0-49ED-9284-4868C8BDF028}"/>
     <hyperlink ref="I335" r:id="rId647" xr:uid="{D2036271-E2A1-4676-A1AD-99F7EC283011}"/>
     <hyperlink ref="I372" r:id="rId648" display="Leukemia &amp; Lymphoma Society Discovery Grant Program (LOI)" xr:uid="{ADA1C4A1-0875-4C67-B2A5-9CC23324357B}"/>
     <hyperlink ref="E352" r:id="rId649" display="KWF internal deadline pre-proposal 2026-1 EXPL and 2026-2 DEV calls" xr:uid="{C2939F66-729D-41C5-8ECE-FA1BABE28225}"/>
     <hyperlink ref="G372" r:id="rId650" xr:uid="{EF4CA7BF-BA31-4338-8ACD-9DAF71774D4C}"/>
     <hyperlink ref="G368" r:id="rId651" xr:uid="{5AF3396F-5C1F-4797-8BEE-EED9BB808488}"/>
     <hyperlink ref="G369" r:id="rId652" xr:uid="{E638B598-9F27-46E2-98D7-FB21A0524D69}"/>
     <hyperlink ref="I359" r:id="rId653" xr:uid="{93F1C799-9402-433A-9D60-15B5B1FE90CF}"/>
-    <hyperlink ref="I388" r:id="rId654" display="IASLC Career Advancement Grant (LOI)" xr:uid="{E1F61B4F-DD53-4ED7-A676-1BF38BE70D63}"/>
+    <hyperlink ref="I392" r:id="rId654" display="IASLC Career Advancement Grant (LOI)" xr:uid="{E1F61B4F-DD53-4ED7-A676-1BF38BE70D63}"/>
     <hyperlink ref="I342" r:id="rId655" xr:uid="{5FA484D2-3C9B-47BC-AFD9-6E854F0C7614}"/>
-    <hyperlink ref="I387" r:id="rId656" display="Collaborative Pediatric Cancer Research Awards Program (LOI)" xr:uid="{3BF530A5-4429-4099-AC65-CD627A122302}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E406" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
+    <hyperlink ref="I389" r:id="rId656" display="Collaborative Pediatric Cancer Research Awards Program (LOI)" xr:uid="{3BF530A5-4429-4099-AC65-CD627A122302}"/>
+    <hyperlink ref="G399" r:id="rId657" display="Worldwide Cancer Research 2026 Grant Round (opening)" xr:uid="{34FB3097-8890-4DE5-96EE-BB9DEF424636}"/>
+    <hyperlink ref="E417" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
     <hyperlink ref="E349" r:id="rId659" xr:uid="{A679B1A4-B008-4E5F-9DC3-1C927C850E67}"/>
-    <hyperlink ref="E396" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
+    <hyperlink ref="E404" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
     <hyperlink ref="E358" r:id="rId661" xr:uid="{55ABCF78-44A6-44B8-9541-5B3334F18544}"/>
     <hyperlink ref="E365" r:id="rId662" xr:uid="{0AA5A75D-FFD8-4353-BFB2-A5E0FE13E9E8}"/>
     <hyperlink ref="E364" r:id="rId663" xr:uid="{A0C9B80D-38DD-47FD-8685-3F6E507A19E6}"/>
     <hyperlink ref="E375" r:id="rId664" display="Health~Holland Organ-on-Chip call (pre-proposal)" xr:uid="{5CFC0857-BC0F-43BB-A3E4-D95CF584A170}"/>
-    <hyperlink ref="E389" r:id="rId665" xr:uid="{FF4DF44E-B710-40A6-A73A-9D248EC2303B}"/>
-    <hyperlink ref="E414" r:id="rId666" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
+    <hyperlink ref="E392" r:id="rId665" xr:uid="{FF4DF44E-B710-40A6-A73A-9D248EC2303B}"/>
+    <hyperlink ref="E430" r:id="rId666" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
     <hyperlink ref="E350" r:id="rId667" xr:uid="{30A9E72C-1553-4B7E-A348-D5F6D391BA74}"/>
-    <hyperlink ref="E397" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
-    <hyperlink ref="E419" r:id="rId669" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
+    <hyperlink ref="E406" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
+    <hyperlink ref="E436" r:id="rId669" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
     <hyperlink ref="E374" r:id="rId670" xr:uid="{941A3CC3-2E88-4C6B-8455-87811505B502}"/>
-    <hyperlink ref="E409" r:id="rId671" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
+    <hyperlink ref="E421" r:id="rId671" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
     <hyperlink ref="I341" r:id="rId672" xr:uid="{4C2EA722-F968-43E5-AB2F-F56ED70FA20F}"/>
     <hyperlink ref="E357" r:id="rId673" xr:uid="{B93A953A-B802-499E-86B2-72755D4CE99D}"/>
     <hyperlink ref="E372" r:id="rId674" xr:uid="{B930B32F-6486-475F-A084-CDA27A47968D}"/>
     <hyperlink ref="E368" r:id="rId675" xr:uid="{6B06C0AA-9A64-4C73-8D8A-5ECAD9167BCE}"/>
     <hyperlink ref="E369" r:id="rId676" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{6EEA4B0E-554B-439B-BFC9-AA8A803C2A96}"/>
-    <hyperlink ref="E393" r:id="rId677" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
+    <hyperlink ref="E399" r:id="rId677" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
     <hyperlink ref="E359" r:id="rId678" xr:uid="{E14A937A-A9AC-472B-B50C-0D015BE418B0}"/>
     <hyperlink ref="E361" r:id="rId679" location="Deadline" xr:uid="{B77BFC2B-2E5F-44B7-993E-F639F3E1CB8C}"/>
     <hyperlink ref="E373" r:id="rId680" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{92FD3D55-7E9B-4B5E-B3BB-AB6BD238E7F9}"/>
-    <hyperlink ref="E408" r:id="rId681" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
+    <hyperlink ref="E420" r:id="rId681" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
     <hyperlink ref="G373" r:id="rId682" display="Rising Tide Clinical Cancer Research" xr:uid="{294170DB-5145-4263-A8D7-EFF551BF6DF4}"/>
     <hyperlink ref="G375" r:id="rId683" xr:uid="{F0996DAA-0DFA-48CD-AF83-D81E50A58C66}"/>
     <hyperlink ref="I376" r:id="rId684" xr:uid="{3E5E29BF-D133-458A-A5B9-3A2BF25CFDF1}"/>
-    <hyperlink ref="I396" r:id="rId685" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
-    <hyperlink ref="E398" r:id="rId686" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
+    <hyperlink ref="I404" r:id="rId685" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
+    <hyperlink ref="E408" r:id="rId686" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
     <hyperlink ref="I362" r:id="rId687" xr:uid="{09D52ED5-EA88-4C5A-AEED-C1B874928B9C}"/>
-    <hyperlink ref="I392" r:id="rId688" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
-    <hyperlink ref="E401" r:id="rId689" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
+    <hyperlink ref="I397" r:id="rId688" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
+    <hyperlink ref="E412" r:id="rId689" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
     <hyperlink ref="I370" r:id="rId690" xr:uid="{46BD1AEF-2F8A-4731-AB3E-BD9AEE486095}"/>
-    <hyperlink ref="I397" r:id="rId691" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{98DC2919-1E4B-4F40-A90E-BED2F0303008}"/>
-[...34 lines deleted...]
-    <hyperlink ref="I405" r:id="rId726" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
+    <hyperlink ref="I406" r:id="rId691" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{98DC2919-1E4B-4F40-A90E-BED2F0303008}"/>
+    <hyperlink ref="G404" r:id="rId692" display="Rising Tide Clinical Cancer Research" xr:uid="{7EA8618E-ED2D-4943-9553-01C5C9CF503D}"/>
+    <hyperlink ref="G422" r:id="rId693" display="Rising Tide Clinical Cancer Research" xr:uid="{F9E2128A-53E5-46BD-9C51-6DEE58C20E5F}"/>
+    <hyperlink ref="G436" r:id="rId694" display="Rising Tide Clinical Cancer Research" xr:uid="{2E754EEB-744E-45CC-BAB0-BBD81F7A1FFF}"/>
+    <hyperlink ref="E400" r:id="rId695" xr:uid="{FD4D8657-CB38-4217-90C6-992554479C86}"/>
+    <hyperlink ref="E378" r:id="rId696" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{6368EC66-B0D0-48FA-8E85-5399F68A7864}"/>
+    <hyperlink ref="E379" r:id="rId697" xr:uid="{BEF30092-EAB0-4C5E-A757-770D2DB34B3A}"/>
+    <hyperlink ref="E409" r:id="rId698" display="NWO Research Infrastructure (RI): national consortia (LOI)" xr:uid="{A4D235A6-49AD-4C16-95F9-D070472B5F2C}"/>
+    <hyperlink ref="E389" r:id="rId699" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{92CDAF32-820B-4095-A5D3-336862C0197E}"/>
+    <hyperlink ref="E433" r:id="rId700" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{9B191C31-85CC-4B99-B50E-F962B7FD4B22}"/>
+    <hyperlink ref="E385" r:id="rId701" location="orientate-when" display="ZonMW: Conducting a systematic literature review of animal studies 2025" xr:uid="{729A5560-C605-4ABE-9C2A-52D1E39AAA34}"/>
+    <hyperlink ref="E386" r:id="rId702" display="ZonMW: Publishing neutral/negative results from animal experiments 2025" xr:uid="{4F9C36B4-B3BF-4E04-9E46-5E5908994C6F}"/>
+    <hyperlink ref="E424" r:id="rId703" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{D863926C-9ECD-4C99-A680-1BC2D1A2D771}"/>
+    <hyperlink ref="E382" r:id="rId704" location="orientate-when" display="ZonMW: Voorbereidende implementatieactiviteiten Ronde 2 – niet-medisch-specialistische zorg" xr:uid="{88A08EA7-1355-4329-B26B-1D36117F315B}"/>
+    <hyperlink ref="E383" r:id="rId705" location="orientate-when" xr:uid="{7F54FC89-2989-494E-9605-21C20AEE8B52}"/>
+    <hyperlink ref="E414" r:id="rId706" display="KWF Exploration Call 2026-1 (pre-proposal)" xr:uid="{68C106E1-7288-4E9F-A526-F26796D8CC8C}"/>
+    <hyperlink ref="E415" r:id="rId707" display="KWF Development Call 2026-2 (pre-proposal)" xr:uid="{B1B7704F-A782-492A-B575-AF00AFB55424}"/>
+    <hyperlink ref="E416" r:id="rId708" display="KWF Young Investigator Grant 2026 (pre-proposal)" xr:uid="{BCB11499-53B1-4EAB-8396-CEC101D4FA58}"/>
+    <hyperlink ref="E394" r:id="rId709" xr:uid="{360EEBD4-C3E9-4B5B-880F-858D9FAC9375}"/>
+    <hyperlink ref="G413" r:id="rId710" display="EU Cluster Health Programme" xr:uid="{7FC3A205-8104-4D32-B70D-6DBC0528E4FD}"/>
+    <hyperlink ref="G432" r:id="rId711" xr:uid="{67BFC41C-1EF2-4AA5-8C38-B3C56ED197EC}"/>
+    <hyperlink ref="E397" r:id="rId712" xr:uid="{A13A9C2F-A484-431E-BC6E-148F527CC3F9}"/>
+    <hyperlink ref="E422" r:id="rId713" xr:uid="{E3B61383-08A1-4576-B8C9-18B65D43E444}"/>
+    <hyperlink ref="E435" r:id="rId714" xr:uid="{7073BBBC-FE29-45E4-8C2F-06A864BAB7A8}"/>
+    <hyperlink ref="E413" r:id="rId715" xr:uid="{5BC8CEB3-A14C-41EC-A4EE-8CC03DCAAE89}"/>
+    <hyperlink ref="E434" r:id="rId716" display="Kika research programs (pre-proposal)" xr:uid="{2F108B54-DEB3-4FFC-93F4-BDFE7F707567}"/>
+    <hyperlink ref="G389" r:id="rId717" xr:uid="{BDCF60B1-95BB-4CCD-9F46-4C293D89DE9E}"/>
+    <hyperlink ref="E390" r:id="rId718" xr:uid="{FBB097FE-00B0-4A47-A7EF-7D275D13273F}"/>
+    <hyperlink ref="I382" r:id="rId719" xr:uid="{F412AFC8-7F98-497E-BA07-B2AF245B7F0F}"/>
+    <hyperlink ref="I413" r:id="rId720" display="AACR Think Forward Foundation Career Development Award (LOI)" xr:uid="{38368540-52E2-463A-B3CB-9BCFFFA27304}"/>
+    <hyperlink ref="I383" r:id="rId721" xr:uid="{75720C7A-380B-4131-85A2-745882000AD7}"/>
+    <hyperlink ref="I414" r:id="rId722" display="AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)" xr:uid="{C6FE0B10-6C7C-49E3-993A-37864D9E371C}"/>
+    <hyperlink ref="I379" r:id="rId723" xr:uid="{B32E607F-3F2A-4ACE-8EC7-052E572C3073}"/>
+    <hyperlink ref="I415" r:id="rId724" display="AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)" xr:uid="{DB48DC04-5886-4A7F-AEE7-5916A01E8F69}"/>
+    <hyperlink ref="I380" r:id="rId725" xr:uid="{CC58C967-D746-41BC-BB8B-D031CCAD3177}"/>
+    <hyperlink ref="I416" r:id="rId726" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
+    <hyperlink ref="E428" r:id="rId727" display="KWF INTER-LOCAL (pre-proposal)" xr:uid="{68B466FB-35CA-4AAC-AAFC-9A7E6CABCF40}"/>
+    <hyperlink ref="E403" r:id="rId728" xr:uid="{6781FC0A-FEAD-47B0-A98F-49AEDD62BF2D}"/>
+    <hyperlink ref="I381" r:id="rId729" xr:uid="{53E5ECCA-C803-434C-AC8C-00E524F63455}"/>
+    <hyperlink ref="I377" r:id="rId730" xr:uid="{42899DF8-2A5C-436F-A24B-0CCA4B4E7766}"/>
+    <hyperlink ref="E395" r:id="rId731" xr:uid="{3AAC918A-5F2A-4C90-9A00-798900A582E8}"/>
+    <hyperlink ref="E387" r:id="rId732" xr:uid="{464E0EDC-0F42-4BD1-BBB2-FAE6541E1F32}"/>
+    <hyperlink ref="E401" r:id="rId733" display="ZonMw Klinische Fellows 2025" xr:uid="{2775E8B0-D6F8-4CF3-BFEC-0845C0C14F48}"/>
+    <hyperlink ref="E427" r:id="rId734" display="ZonMw Klinische Fellows 2025" xr:uid="{746E7749-6130-4CE3-A0DA-2183ECDE6C28}"/>
+    <hyperlink ref="G397" r:id="rId735" xr:uid="{C87B6B17-6FCC-47F4-887E-C5F04BA24256}"/>
+    <hyperlink ref="G423" r:id="rId736" display="Transforming Health &amp; Care Systems (THCS) Joint Transnational Call (pre-proposal)" xr:uid="{F359C36A-4D2E-4DF7-8B35-69FE20811FEA}"/>
+    <hyperlink ref="E398" r:id="rId737" xr:uid="{2EC60B59-680B-4B29-9303-D651D2873B63}"/>
+    <hyperlink ref="E429" r:id="rId738" display="Landsteiner Foundation for Blood Transfusion Research (pre-proposal)" xr:uid="{2AFE3B98-42E0-4311-B4C3-81E545FE5571}"/>
+    <hyperlink ref="E391" r:id="rId739" xr:uid="{4785FC05-FBCA-4657-BEE6-33F78951F76F}"/>
+    <hyperlink ref="E405" r:id="rId740" xr:uid="{15EC4538-1043-49EE-B77E-1A0DFEFF254C}"/>
+    <hyperlink ref="E411" r:id="rId741" xr:uid="{BD26A728-FC44-413C-8439-4A56BFC1F7DC}"/>
+    <hyperlink ref="E432" r:id="rId742" display="ZonMw Businesscase preventie (project idea)" xr:uid="{AE609742-1BE7-4349-AC08-BEBF607680C4}"/>
+    <hyperlink ref="I390" r:id="rId743" xr:uid="{79EA8E30-C0E1-4760-9487-1FE042EC8805}"/>
+    <hyperlink ref="I391" r:id="rId744" xr:uid="{A0B157CC-31F6-42BA-AC8E-6301D26939C9}"/>
+    <hyperlink ref="I393" r:id="rId745" xr:uid="{D261A5AC-5C80-40B2-8C08-EBFAB7234A4D}"/>
+    <hyperlink ref="I420" r:id="rId746" display="AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)" xr:uid="{AB076EDF-7770-4165-8ED5-AEC11035DCAF}"/>
+    <hyperlink ref="E393" r:id="rId747" xr:uid="{C2A86CBF-6036-4C26-B61C-3E9A6A28E636}"/>
+    <hyperlink ref="E377" r:id="rId748" xr:uid="{B7C73196-7C92-4BB2-B82C-58B59EBC0A30}"/>
+    <hyperlink ref="E423" r:id="rId749" xr:uid="{097BD8CA-49AB-44B5-8970-B031D505DF3E}"/>
+    <hyperlink ref="E418" r:id="rId750" xr:uid="{835E72F1-6238-44AD-A837-02A269E93D02}"/>
+    <hyperlink ref="G398" r:id="rId751" xr:uid="{F46CD544-90EE-4031-B281-3761B70186C2}"/>
+    <hyperlink ref="I378" r:id="rId752" xr:uid="{02E563E3-FFF2-4825-997F-2910F5383C96}"/>
+    <hyperlink ref="I405" r:id="rId753" xr:uid="{39043000-6FD2-46A8-984A-77782E3F0AC4}"/>
+    <hyperlink ref="E407" r:id="rId754" xr:uid="{8BE46C33-1432-4EA5-998D-3FBB6DB2200A}"/>
+    <hyperlink ref="G405" r:id="rId755" xr:uid="{AD156D83-5295-4CF5-8E7F-E4CBA07D689A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId727"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId756"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Overview calendar all grants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>