--- v2 (2025-12-09)
+++ v3 (2026-02-07)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{332163EC-C1F2-47A5-B677-D1826C2D4404}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FFAC96B4-D90F-40A0-A659-F0C991B40623}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview calendar all grants" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="756">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="848" uniqueCount="772">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>European</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>Deadlines Oncology-relevant grants</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
@@ -2302,50 +2302,98 @@
     <t>AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)</t>
   </si>
   <si>
     <t>AACR Non-Small Cell Lung Cancer Research Fellowship (full proposal)</t>
   </si>
   <si>
     <t>RGS Consortium Coordination Support (CCS) grant</t>
   </si>
   <si>
     <t>Nierstichting Kolff+ Call 2 (pre-proposal)</t>
   </si>
   <si>
     <t>ERDERA Joint Transnational Call, “Resolving unsolved cases in rare genetic and non‑genetic diseases” (pre-proposal)</t>
   </si>
   <si>
     <t>AACR-Mark Foundation Chemistry in Cancer Research Grants (LOI)</t>
   </si>
   <si>
     <t>The Hatcher Pathology Fellowship</t>
   </si>
   <si>
     <t>NWO Vici (pre-proposal - expected deadline)</t>
   </si>
   <si>
     <t>European Partnership for Personalised Medicine: Fast Track Validation Programme 2026</t>
+  </si>
+  <si>
+    <t>ZonMw Methodologieontwikkeling ten behoeve van Passende Zorg (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Methodologieontwikkeling ten behoeve van Passende Zorg (pre-proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Regionale data-oplossingen voor medisch-specialistische zorg (project idea)</t>
+  </si>
+  <si>
+    <t>KWF PIPELINE call (deadline pre-proposal)</t>
+  </si>
+  <si>
+    <t>NWA ORC (full proposal)</t>
+  </si>
+  <si>
+    <t>ZonMw Off Road (full proposal)</t>
+  </si>
+  <si>
+    <t>Deadline internal support V-ici pre-applications</t>
+  </si>
+  <si>
+    <t>Hanarth Foundation - deadline preproposals</t>
+  </si>
+  <si>
+    <t>Hanarth Foundation - deadline invited full proposals</t>
+  </si>
+  <si>
+    <t>ZonMw Framework Programme for Appropriate Care</t>
+  </si>
+  <si>
+    <t>Maurits and Anna de Kock Foundation</t>
+  </si>
+  <si>
+    <t>Dr Josef Steiner Cancer Research Foundation Award</t>
+  </si>
+  <si>
+    <t>NFtK / Fit4Surgery Foundation - Prehabilitation in Cancer</t>
+  </si>
+  <si>
+    <t>KWF Call 2026-PoC-1</t>
+  </si>
+  <si>
+    <t>KWF Call 2026-PoC-2</t>
+  </si>
+  <si>
+    <t>KWF Call 2026-PoC-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2767,51 +2815,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="332">
+  <cellXfs count="341">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -3321,152 +3369,140 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3510,99 +3546,93 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3664,50 +3694,95 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3724,84 +3799,84 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEEF1DA"/>
       <color rgb="FFD5E5D5"/>
       <color rgb="FFC7D9DD"/>
       <color rgb="FFD7EDC1"/>
       <color rgb="FFE7E7FF"/>
       <color rgb="FFF3FFE7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -4054,6739 +4129,6973 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erdera.org/call/joint-transnational-call-2026/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/support/policies/talent-policies/amsterdam-umc-fellowship-1.htm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msts.org/hatcher-fellowship" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/funding-projects/calls/fast-track-call/fast-track-validation-programme-2026/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-2026-pakket-26-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nierstichting.nl/onderzoekers/grants-aanvragen/kolff-programma-2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemeso.org/research-grants/research-funding/grants-by-the-mesothelioma-applied-research-foundation/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mark-foundation-chemistry-in-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/phd-student/trajectory/amsterdam-umc-foundation-young-talent-fund.htm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/%F0%9F%93%A2-Now-Open--Internal-grant-for-Horizon-Europe-Cluster-Health-proposals.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erdera.org/call/joint-transnational-call-2026/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=GqvfaLsRxky-tSjXVphPtsBkwcSXaMFMtnfKxrGGFC5URjBGWUs4SVpMS0RLSjdHRU5TWVlIUEtJRi4u&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/support/policies/talent-policies/amsterdam-umc-fellowship-1.htm" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msts.org/hatcher-fellowship" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/funding-projects/calls/fast-track-call/fast-track-validation-programme-2026/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fit4surgery.nl/2025/11/10/onderzoeksronde-2025-2026-prehabilitatie-bij-kanker/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-2026-pakket-26-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nierstichting.nl/onderzoekers/grants-aanvragen/kolff-programma-2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/road-new-grant-round-expected-open-27-january-2026" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemeso.org/research-grants/research-funding/grants-by-the-mesothelioma-applied-research-foundation/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mark-foundation-chemistry-in-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/phd-student/trajectory/amsterdam-umc-foundation-young-talent-fund.htm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoeksconsortia-voor-passend-zorgaanbod-over-de-gehele-zorgketen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/onderzoek-op-routes-door-consortia-2026" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/guidelines.aspx?AspxAutoDetectCookieSupport=1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/%F0%9F%93%A2-Now-Open--Internal-grant-for-Horizon-Europe-Cluster-Health-proposals.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-data-oplossingen-voor-medisch-specialistische-zorg-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH478"/>
+  <dimension ref="A1:AH494"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A260" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="F407" sqref="F407"/>
+    <sheetView tabSelected="1" topLeftCell="A265" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="E439" sqref="E439"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="5"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="5.5703125" style="91" customWidth="1"/>
+    <col min="1" max="1" width="9.109375" style="5"/>
+    <col min="2" max="2" width="5.88671875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.109375" style="91" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" style="91" customWidth="1"/>
     <col min="5" max="5" width="108" style="6" customWidth="1"/>
-    <col min="6" max="6" width="5.7109375" style="272" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="5"/>
+    <col min="6" max="6" width="5.6640625" style="266" customWidth="1"/>
+    <col min="7" max="7" width="118.44140625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="5.5546875" style="114" customWidth="1"/>
+    <col min="9" max="9" width="114.6640625" style="5" customWidth="1"/>
+    <col min="10" max="16384" width="9.109375" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="B2" s="308" t="s">
+    <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:9" ht="20.399999999999999" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="317" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="309"/>
-[...7 lines deleted...]
-    <row r="3" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="318"/>
+      <c r="D2" s="318"/>
+      <c r="E2" s="318"/>
+      <c r="F2" s="318"/>
+      <c r="G2" s="318"/>
+      <c r="H2" s="318"/>
+      <c r="I2" s="319"/>
+    </row>
+    <row r="3" spans="2:9" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="92" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="92"/>
       <c r="E3" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="273"/>
+      <c r="F3" s="267"/>
       <c r="G3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="115"/>
       <c r="I3" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C4" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="93"/>
       <c r="E4" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="274"/>
+      <c r="F4" s="268"/>
       <c r="G4" s="11"/>
       <c r="H4" s="116"/>
       <c r="I4" s="12" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B5" s="13"/>
       <c r="C5" s="93"/>
       <c r="D5" s="93"/>
       <c r="E5" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="274"/>
+      <c r="F5" s="268"/>
       <c r="G5" s="15"/>
       <c r="H5" s="117"/>
       <c r="I5" s="16"/>
     </row>
-    <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B6" s="17">
         <v>2023</v>
       </c>
       <c r="C6" s="94" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="97"/>
       <c r="E6" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="F6" s="275"/>
+      <c r="F6" s="269"/>
       <c r="G6" s="20" t="s">
         <v>27</v>
       </c>
       <c r="H6" s="118"/>
       <c r="I6" s="12" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B7" s="21"/>
       <c r="C7" s="95"/>
-      <c r="D7" s="245"/>
+      <c r="D7" s="241"/>
       <c r="E7" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="276"/>
+      <c r="F7" s="270"/>
       <c r="G7" s="22"/>
       <c r="H7" s="119"/>
       <c r="I7" s="16"/>
     </row>
-    <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B8" s="21"/>
       <c r="C8" s="95"/>
-      <c r="D8" s="245"/>
+      <c r="D8" s="241"/>
       <c r="E8" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="F8" s="276"/>
+      <c r="F8" s="270"/>
       <c r="G8" s="23" t="s">
         <v>55</v>
       </c>
       <c r="H8" s="120"/>
       <c r="I8" s="24" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B9" s="21"/>
       <c r="C9" s="95"/>
-      <c r="D9" s="245"/>
+      <c r="D9" s="241"/>
       <c r="E9" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="276"/>
+      <c r="F9" s="270"/>
       <c r="G9" s="22"/>
       <c r="H9" s="119"/>
       <c r="I9" s="25" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B10" s="21"/>
       <c r="C10" s="95"/>
       <c r="D10" s="97"/>
       <c r="E10" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="275"/>
+      <c r="F10" s="269"/>
       <c r="G10" s="22"/>
       <c r="H10" s="119"/>
       <c r="I10" s="24" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B11" s="21"/>
       <c r="C11" s="95"/>
-      <c r="D11" s="245"/>
+      <c r="D11" s="241"/>
       <c r="E11" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="F11" s="276"/>
+      <c r="F11" s="270"/>
       <c r="G11" s="22"/>
       <c r="H11" s="119"/>
       <c r="I11" s="16"/>
     </row>
-    <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B12" s="21"/>
       <c r="C12" s="95"/>
-      <c r="D12" s="245"/>
+      <c r="D12" s="241"/>
       <c r="E12" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="276"/>
+      <c r="F12" s="270"/>
       <c r="G12" s="22"/>
       <c r="H12" s="121"/>
       <c r="I12" s="26" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B13" s="21"/>
       <c r="C13" s="95"/>
-      <c r="D13" s="245"/>
+      <c r="D13" s="241"/>
       <c r="E13" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="276"/>
+      <c r="F13" s="270"/>
       <c r="G13" s="22"/>
       <c r="H13" s="119"/>
       <c r="I13" s="16"/>
     </row>
-    <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B14" s="21"/>
       <c r="C14" s="95"/>
       <c r="D14" s="97"/>
       <c r="E14" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="275"/>
+      <c r="F14" s="269"/>
       <c r="G14" s="22"/>
       <c r="H14" s="119"/>
       <c r="I14" s="16"/>
     </row>
-    <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B15" s="21"/>
       <c r="C15" s="95"/>
-      <c r="D15" s="245"/>
+      <c r="D15" s="241"/>
       <c r="E15" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="F15" s="276"/>
+      <c r="F15" s="270"/>
       <c r="G15" s="22"/>
       <c r="H15" s="119"/>
       <c r="I15" s="16"/>
     </row>
-    <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B16" s="21"/>
       <c r="C16" s="95"/>
-      <c r="D16" s="245"/>
+      <c r="D16" s="241"/>
       <c r="E16" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="F16" s="276"/>
+      <c r="F16" s="270"/>
       <c r="G16" s="22"/>
       <c r="H16" s="119"/>
       <c r="I16" s="16"/>
     </row>
-    <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B17" s="21"/>
       <c r="C17" s="95"/>
-      <c r="D17" s="245"/>
+      <c r="D17" s="241"/>
       <c r="E17" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="F17" s="276"/>
+      <c r="F17" s="270"/>
       <c r="G17" s="22"/>
       <c r="H17" s="119"/>
       <c r="I17" s="16"/>
     </row>
-    <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B18" s="21"/>
       <c r="C18" s="95"/>
       <c r="D18" s="97"/>
       <c r="E18" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="F18" s="275"/>
+      <c r="F18" s="269"/>
       <c r="G18" s="22"/>
       <c r="H18" s="119"/>
       <c r="I18" s="16"/>
     </row>
-    <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B19" s="18"/>
       <c r="C19" s="96" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="96"/>
       <c r="E19" s="27" t="s">
         <v>64</v>
       </c>
-      <c r="F19" s="277"/>
+      <c r="F19" s="271"/>
       <c r="G19" s="20" t="s">
         <v>87</v>
       </c>
       <c r="H19" s="122"/>
       <c r="I19" s="28" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B20" s="21"/>
       <c r="C20" s="97"/>
       <c r="D20" s="97"/>
       <c r="E20" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="278"/>
+      <c r="F20" s="272"/>
       <c r="G20" s="20" t="s">
         <v>86</v>
       </c>
       <c r="H20" s="123"/>
       <c r="I20" s="30"/>
     </row>
-    <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B21" s="21"/>
       <c r="C21" s="97"/>
       <c r="D21" s="97"/>
       <c r="E21" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="F21" s="278"/>
+      <c r="F21" s="272"/>
       <c r="G21" s="23" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="123"/>
       <c r="I21" s="30" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B22" s="21"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="278"/>
+      <c r="F22" s="272"/>
       <c r="G22" s="23" t="s">
         <v>31</v>
       </c>
       <c r="H22" s="123"/>
       <c r="I22" s="31"/>
     </row>
-    <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B23" s="21"/>
       <c r="C23" s="98"/>
       <c r="D23" s="98"/>
       <c r="E23" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="F23" s="278"/>
+      <c r="F23" s="272"/>
       <c r="G23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="123"/>
       <c r="I23" s="31"/>
     </row>
-    <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B24" s="21"/>
       <c r="C24" s="97"/>
       <c r="D24" s="97"/>
       <c r="E24" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="F24" s="278"/>
+      <c r="F24" s="272"/>
       <c r="G24" s="23" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="123"/>
       <c r="I24" s="31"/>
     </row>
-    <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B25" s="21"/>
       <c r="C25" s="97"/>
       <c r="D25" s="97"/>
       <c r="E25" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="F25" s="278"/>
+      <c r="F25" s="272"/>
       <c r="G25" s="23" t="s">
         <v>81</v>
       </c>
       <c r="H25" s="123"/>
       <c r="I25" s="31"/>
     </row>
-    <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B26" s="21"/>
       <c r="C26" s="97"/>
       <c r="D26" s="97"/>
       <c r="E26" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="F26" s="278"/>
+      <c r="F26" s="272"/>
       <c r="G26" s="23" t="s">
         <v>104</v>
       </c>
       <c r="H26" s="123"/>
       <c r="I26" s="31"/>
     </row>
-    <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B27" s="4"/>
       <c r="C27" s="99"/>
       <c r="D27" s="99"/>
       <c r="E27" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="F27" s="279"/>
+      <c r="F27" s="273"/>
       <c r="G27" s="33"/>
       <c r="H27" s="124"/>
       <c r="I27" s="34"/>
     </row>
-    <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C28" s="100" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="97"/>
       <c r="E28" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="F28" s="275"/>
+      <c r="F28" s="269"/>
       <c r="G28" s="23" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="120"/>
       <c r="I28" s="16"/>
     </row>
-    <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B29" s="21"/>
       <c r="C29" s="101"/>
       <c r="D29" s="97"/>
       <c r="E29" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="F29" s="275"/>
+      <c r="F29" s="269"/>
       <c r="G29" s="23"/>
       <c r="H29" s="120"/>
       <c r="I29" s="16"/>
     </row>
-    <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B30" s="21"/>
       <c r="C30" s="101"/>
       <c r="D30" s="97"/>
       <c r="E30" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="F30" s="275"/>
+      <c r="F30" s="269"/>
       <c r="G30" s="23"/>
       <c r="H30" s="120"/>
       <c r="I30" s="16"/>
     </row>
-    <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B31" s="21"/>
       <c r="C31" s="101"/>
       <c r="D31" s="101"/>
       <c r="E31" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="F31" s="276"/>
+      <c r="F31" s="270"/>
       <c r="G31" s="23"/>
       <c r="H31" s="120"/>
       <c r="I31" s="16"/>
     </row>
-    <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B32" s="21"/>
       <c r="C32" s="101"/>
       <c r="D32" s="101"/>
       <c r="E32" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F32" s="276"/>
+      <c r="F32" s="270"/>
       <c r="G32" s="23" t="s">
         <v>105</v>
       </c>
       <c r="H32" s="120"/>
       <c r="I32" s="16"/>
     </row>
-    <row r="33" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B33" s="21"/>
       <c r="C33" s="101"/>
       <c r="D33" s="101"/>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="F33" s="276"/>
+      <c r="F33" s="270"/>
       <c r="G33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="120"/>
       <c r="I33" s="16"/>
     </row>
-    <row r="34" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B34" s="21"/>
       <c r="C34" s="101"/>
       <c r="D34" s="101"/>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="F34" s="276"/>
+      <c r="F34" s="270"/>
       <c r="G34" s="23"/>
       <c r="H34" s="120"/>
       <c r="I34" s="16"/>
     </row>
-    <row r="35" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B35" s="21"/>
       <c r="C35" s="101"/>
       <c r="D35" s="101"/>
       <c r="E35" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="F35" s="276"/>
+      <c r="F35" s="270"/>
       <c r="G35" s="23"/>
       <c r="H35" s="120"/>
       <c r="I35" s="16"/>
     </row>
-    <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B36" s="21"/>
       <c r="C36" s="101"/>
       <c r="D36" s="101"/>
       <c r="E36" s="10" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="276"/>
+      <c r="F36" s="270"/>
       <c r="G36" s="35"/>
       <c r="H36" s="125"/>
       <c r="I36" s="16"/>
     </row>
-    <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B37" s="36"/>
       <c r="C37" s="102" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="102"/>
       <c r="E37" s="27" t="s">
         <v>63</v>
       </c>
-      <c r="F37" s="277"/>
+      <c r="F37" s="271"/>
       <c r="G37" s="20" t="s">
         <v>118</v>
       </c>
       <c r="H37" s="122"/>
       <c r="I37" s="37"/>
     </row>
-    <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B38" s="2"/>
       <c r="C38" s="93"/>
       <c r="D38" s="93"/>
       <c r="E38" s="29" t="s">
         <v>140</v>
       </c>
-      <c r="F38" s="278"/>
+      <c r="F38" s="272"/>
       <c r="G38" s="23"/>
       <c r="H38" s="123"/>
       <c r="I38" s="31"/>
     </row>
-    <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B39" s="2"/>
       <c r="C39" s="93"/>
       <c r="D39" s="93"/>
       <c r="E39" s="29" t="s">
         <v>144</v>
       </c>
-      <c r="F39" s="278"/>
+      <c r="F39" s="272"/>
       <c r="G39" s="23"/>
       <c r="H39" s="123"/>
       <c r="I39" s="31"/>
     </row>
-    <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B40" s="2"/>
       <c r="C40" s="93"/>
       <c r="D40" s="93"/>
       <c r="E40" s="29" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="278"/>
+      <c r="F40" s="272"/>
       <c r="G40" s="23" t="s">
         <v>119</v>
       </c>
       <c r="H40" s="123"/>
       <c r="I40" s="31"/>
     </row>
-    <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B41" s="2"/>
       <c r="C41" s="93"/>
       <c r="D41" s="93"/>
       <c r="E41" s="29" t="s">
         <v>128</v>
       </c>
-      <c r="F41" s="278"/>
+      <c r="F41" s="272"/>
       <c r="G41" s="23"/>
       <c r="H41" s="123"/>
       <c r="I41" s="31"/>
     </row>
-    <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B42" s="2"/>
       <c r="C42" s="93"/>
       <c r="D42" s="93"/>
       <c r="E42" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="F42" s="278"/>
+      <c r="F42" s="272"/>
       <c r="G42" s="23" t="s">
         <v>120</v>
       </c>
       <c r="H42" s="123"/>
       <c r="I42" s="30" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B43" s="2"/>
       <c r="C43" s="93"/>
       <c r="D43" s="93"/>
       <c r="E43" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="F43" s="278"/>
+      <c r="F43" s="272"/>
       <c r="G43" s="35"/>
       <c r="H43" s="126"/>
       <c r="I43" s="30" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B44" s="2"/>
       <c r="C44" s="93"/>
       <c r="D44" s="93"/>
       <c r="E44" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="F44" s="278"/>
+      <c r="F44" s="272"/>
       <c r="G44" s="23" t="s">
         <v>88</v>
       </c>
       <c r="H44" s="123"/>
       <c r="I44" s="30"/>
     </row>
-    <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B45" s="2"/>
       <c r="C45" s="93"/>
       <c r="D45" s="93"/>
       <c r="E45" s="29" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="278"/>
+      <c r="F45" s="272"/>
       <c r="G45" s="23" t="s">
         <v>161</v>
       </c>
       <c r="H45" s="123"/>
       <c r="I45" s="30"/>
     </row>
-    <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B46" s="2"/>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="29" t="s">
         <v>134</v>
       </c>
-      <c r="F46" s="278"/>
+      <c r="F46" s="272"/>
       <c r="G46" s="23" t="s">
         <v>106</v>
       </c>
       <c r="H46" s="123"/>
       <c r="I46" s="30"/>
     </row>
-    <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2"/>
       <c r="C47" s="93"/>
       <c r="D47" s="93"/>
       <c r="E47" s="29" t="s">
         <v>135</v>
       </c>
-      <c r="F47" s="278"/>
+      <c r="F47" s="272"/>
       <c r="G47" s="23"/>
       <c r="H47" s="123"/>
       <c r="I47" s="30"/>
     </row>
-    <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B48" s="2"/>
       <c r="C48" s="103"/>
       <c r="D48" s="103"/>
       <c r="E48" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F48" s="278"/>
+      <c r="F48" s="272"/>
       <c r="G48" s="33"/>
       <c r="H48" s="124"/>
       <c r="I48" s="38" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C49" s="96" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="96"/>
       <c r="E49" s="39" t="s">
         <v>165</v>
       </c>
-      <c r="F49" s="280"/>
+      <c r="F49" s="274"/>
       <c r="G49" s="40"/>
       <c r="H49" s="121"/>
       <c r="I49" s="12" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B50" s="21"/>
       <c r="C50" s="97"/>
       <c r="D50" s="97"/>
       <c r="E50" s="41"/>
-      <c r="F50" s="281"/>
+      <c r="F50" s="275"/>
       <c r="G50" s="40"/>
       <c r="H50" s="121"/>
       <c r="I50" s="42" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B51" s="21"/>
       <c r="C51" s="97"/>
       <c r="D51" s="97"/>
       <c r="E51" s="10"/>
-      <c r="F51" s="282"/>
+      <c r="F51" s="276"/>
       <c r="G51" s="43" t="s">
         <v>160</v>
       </c>
       <c r="H51" s="127"/>
       <c r="I51" s="24" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B52" s="4"/>
       <c r="C52" s="97"/>
       <c r="D52" s="97"/>
       <c r="E52" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="F52" s="283"/>
+      <c r="F52" s="277"/>
       <c r="G52" s="44"/>
       <c r="H52" s="128"/>
       <c r="I52" s="42" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C53" s="94" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="97"/>
       <c r="E53" s="45" t="s">
         <v>146</v>
       </c>
-      <c r="F53" s="282"/>
+      <c r="F53" s="276"/>
       <c r="G53" s="46"/>
       <c r="H53" s="129"/>
       <c r="I53" s="12" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B54" s="2"/>
       <c r="C54" s="95"/>
       <c r="D54" s="101"/>
       <c r="E54" s="47" t="s">
         <v>138</v>
       </c>
-      <c r="F54" s="282"/>
+      <c r="F54" s="276"/>
       <c r="G54" s="46"/>
       <c r="H54" s="129"/>
       <c r="I54" s="24"/>
     </row>
-    <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B55" s="2"/>
       <c r="C55" s="95"/>
       <c r="D55" s="97"/>
       <c r="E55" s="45" t="s">
         <v>162</v>
       </c>
-      <c r="F55" s="282"/>
+      <c r="F55" s="276"/>
       <c r="G55" s="46"/>
       <c r="H55" s="129"/>
       <c r="I55" s="24" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B56" s="2"/>
       <c r="C56" s="95"/>
       <c r="D56" s="97"/>
       <c r="E56" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="F56" s="275"/>
+      <c r="F56" s="269"/>
       <c r="G56" s="46"/>
       <c r="H56" s="129"/>
       <c r="I56" s="24"/>
     </row>
-    <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B57" s="2"/>
       <c r="C57" s="95"/>
       <c r="D57" s="97"/>
       <c r="E57" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="275"/>
+      <c r="F57" s="269"/>
       <c r="G57" s="46"/>
       <c r="H57" s="129"/>
       <c r="I57" s="24"/>
     </row>
-    <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B58" s="2"/>
       <c r="C58" s="95"/>
       <c r="D58" s="97"/>
       <c r="E58" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="F58" s="275"/>
+      <c r="F58" s="269"/>
       <c r="G58" s="46"/>
       <c r="H58" s="129"/>
       <c r="I58" s="24"/>
     </row>
-    <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B59" s="2"/>
       <c r="C59" s="104"/>
-      <c r="D59" s="294"/>
+      <c r="D59" s="288"/>
       <c r="E59" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="F59" s="275"/>
+      <c r="F59" s="269"/>
       <c r="G59" s="22"/>
       <c r="H59" s="119"/>
       <c r="I59" s="42" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B60" s="48">
         <v>2023</v>
       </c>
       <c r="C60" s="94" t="s">
         <v>13</v>
       </c>
       <c r="D60" s="102"/>
       <c r="E60" s="27" t="s">
         <v>192</v>
       </c>
-      <c r="F60" s="277"/>
+      <c r="F60" s="271"/>
       <c r="G60" s="20" t="s">
         <v>213</v>
       </c>
       <c r="H60" s="122"/>
       <c r="I60" s="28" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B61" s="13"/>
       <c r="C61" s="95"/>
       <c r="D61" s="93"/>
       <c r="E61" s="29"/>
-      <c r="F61" s="278"/>
+      <c r="F61" s="272"/>
       <c r="G61" s="23" t="s">
         <v>219</v>
       </c>
       <c r="H61" s="123"/>
       <c r="I61" s="30"/>
     </row>
-    <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B62" s="21"/>
       <c r="C62" s="95"/>
       <c r="D62" s="93"/>
       <c r="E62" s="29" t="s">
         <v>90</v>
       </c>
-      <c r="F62" s="278"/>
+      <c r="F62" s="272"/>
       <c r="G62" s="23" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="123"/>
       <c r="I62" s="30"/>
     </row>
-    <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B63" s="21"/>
       <c r="C63" s="95"/>
       <c r="D63" s="93"/>
       <c r="E63" s="29" t="s">
         <v>149</v>
       </c>
-      <c r="F63" s="278"/>
+      <c r="F63" s="272"/>
       <c r="G63" s="23" t="s">
         <v>198</v>
       </c>
       <c r="H63" s="123"/>
       <c r="I63" s="30"/>
     </row>
-    <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B64" s="21"/>
       <c r="C64" s="95"/>
       <c r="D64" s="93"/>
       <c r="E64" s="29" t="s">
         <v>151</v>
       </c>
-      <c r="F64" s="278"/>
+      <c r="F64" s="272"/>
       <c r="G64" s="35"/>
       <c r="H64" s="126"/>
       <c r="I64" s="30" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B65" s="21"/>
       <c r="C65" s="95"/>
       <c r="D65" s="93"/>
       <c r="E65" s="29" t="s">
         <v>176</v>
       </c>
-      <c r="F65" s="278"/>
+      <c r="F65" s="272"/>
       <c r="G65" s="23" t="s">
         <v>107</v>
       </c>
       <c r="H65" s="123"/>
       <c r="I65" s="30"/>
     </row>
-    <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B66" s="21"/>
       <c r="C66" s="95"/>
       <c r="D66" s="93"/>
       <c r="E66" s="29" t="s">
         <v>167</v>
       </c>
-      <c r="F66" s="278"/>
+      <c r="F66" s="272"/>
       <c r="G66" s="23" t="s">
         <v>108</v>
       </c>
       <c r="H66" s="123"/>
       <c r="I66" s="30" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B67" s="21"/>
       <c r="C67" s="95"/>
       <c r="D67" s="93"/>
       <c r="E67" s="29" t="s">
         <v>164</v>
       </c>
-      <c r="F67" s="278"/>
+      <c r="F67" s="272"/>
       <c r="G67" s="23" t="s">
         <v>109</v>
       </c>
       <c r="H67" s="123"/>
       <c r="I67" s="30"/>
     </row>
-    <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B68" s="21"/>
       <c r="C68" s="95"/>
       <c r="D68" s="93"/>
       <c r="E68" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="F68" s="278"/>
+      <c r="F68" s="272"/>
       <c r="G68" s="23" t="s">
         <v>112</v>
       </c>
       <c r="H68" s="123"/>
       <c r="I68" s="30" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B69" s="21"/>
       <c r="C69" s="95"/>
       <c r="D69" s="93"/>
       <c r="E69" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="F69" s="278"/>
+      <c r="F69" s="272"/>
       <c r="G69" s="23"/>
       <c r="H69" s="123"/>
       <c r="I69" s="30"/>
     </row>
-    <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B70" s="21"/>
       <c r="C70" s="95"/>
       <c r="D70" s="93"/>
       <c r="E70" s="29" t="s">
         <v>157</v>
       </c>
-      <c r="F70" s="278"/>
+      <c r="F70" s="272"/>
       <c r="G70" s="23" t="s">
         <v>114</v>
       </c>
       <c r="H70" s="123"/>
       <c r="I70" s="30" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B71" s="21"/>
       <c r="C71" s="95"/>
       <c r="D71" s="93"/>
       <c r="E71" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="F71" s="278"/>
+      <c r="F71" s="272"/>
       <c r="G71" s="23" t="s">
         <v>116</v>
       </c>
       <c r="H71" s="123"/>
       <c r="I71" s="30"/>
     </row>
-    <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B72" s="21"/>
       <c r="C72" s="95"/>
       <c r="D72" s="93"/>
       <c r="E72" s="29" t="s">
         <v>244</v>
       </c>
-      <c r="F72" s="278"/>
+      <c r="F72" s="272"/>
       <c r="G72" s="23"/>
       <c r="H72" s="123"/>
       <c r="I72" s="30"/>
     </row>
-    <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B73" s="21"/>
       <c r="C73" s="95"/>
       <c r="D73" s="93"/>
       <c r="E73" s="29" t="s">
         <v>200</v>
       </c>
-      <c r="F73" s="278"/>
+      <c r="F73" s="272"/>
       <c r="G73" s="23" t="s">
         <v>125</v>
       </c>
       <c r="H73" s="123"/>
       <c r="I73" s="30" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B74" s="21"/>
       <c r="C74" s="95"/>
       <c r="D74" s="93"/>
       <c r="E74" s="29" t="s">
         <v>181</v>
       </c>
-      <c r="F74" s="278"/>
+      <c r="F74" s="272"/>
       <c r="G74" s="23" t="s">
         <v>80</v>
       </c>
       <c r="H74" s="123"/>
       <c r="I74" s="30"/>
     </row>
-    <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B75" s="21"/>
       <c r="C75" s="105"/>
       <c r="D75" s="103"/>
       <c r="E75" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="F75" s="278"/>
+      <c r="F75" s="272"/>
       <c r="G75" s="23" t="s">
         <v>203</v>
       </c>
       <c r="H75" s="123"/>
       <c r="I75" s="49"/>
     </row>
-    <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B76" s="4"/>
       <c r="C76" s="106"/>
       <c r="D76" s="107"/>
       <c r="E76" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="F76" s="278"/>
+      <c r="F76" s="272"/>
       <c r="G76" s="23" t="s">
         <v>199</v>
       </c>
       <c r="H76" s="123"/>
       <c r="I76" s="50"/>
     </row>
-    <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B77" s="3">
         <v>2023</v>
       </c>
       <c r="C77" s="93" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="93"/>
       <c r="E77" s="51" t="s">
         <v>65</v>
       </c>
-      <c r="F77" s="284"/>
+      <c r="F77" s="278"/>
       <c r="G77" s="20" t="s">
         <v>61</v>
       </c>
       <c r="H77" s="122"/>
       <c r="I77" s="37"/>
     </row>
-    <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B78" s="2"/>
       <c r="C78" s="93"/>
       <c r="D78" s="93"/>
       <c r="E78" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="F78" s="276"/>
+      <c r="F78" s="270"/>
       <c r="G78" s="23" t="s">
         <v>57</v>
       </c>
       <c r="H78" s="123"/>
       <c r="I78" s="30" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="79" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B79" s="2"/>
       <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="F79" s="276"/>
+      <c r="F79" s="270"/>
       <c r="G79" s="23"/>
       <c r="H79" s="123"/>
       <c r="I79" s="30"/>
     </row>
-    <row r="80" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B80" s="2"/>
       <c r="C80" s="93"/>
       <c r="D80" s="93"/>
       <c r="E80" s="10" t="s">
         <v>236</v>
       </c>
-      <c r="F80" s="276"/>
+      <c r="F80" s="270"/>
       <c r="G80" s="23" t="s">
         <v>220</v>
       </c>
       <c r="H80" s="123"/>
       <c r="I80" s="30" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="81" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B81" s="2"/>
       <c r="C81" s="93"/>
       <c r="D81" s="93"/>
       <c r="E81" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F81" s="276"/>
+      <c r="F81" s="270"/>
       <c r="G81" s="23" t="s">
         <v>174</v>
       </c>
       <c r="H81" s="123"/>
       <c r="I81" s="31"/>
     </row>
-    <row r="82" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B82" s="2"/>
       <c r="C82" s="93"/>
       <c r="D82" s="93"/>
       <c r="E82" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="F82" s="276"/>
+      <c r="F82" s="270"/>
       <c r="G82" s="23"/>
       <c r="H82" s="123"/>
       <c r="I82" s="30" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="83" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B83" s="2"/>
       <c r="C83" s="93"/>
       <c r="D83" s="93"/>
       <c r="E83" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="F83" s="276"/>
+      <c r="F83" s="270"/>
       <c r="G83" s="23" t="s">
         <v>175</v>
       </c>
       <c r="H83" s="123"/>
       <c r="I83" s="49"/>
     </row>
-    <row r="84" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B84" s="2"/>
       <c r="C84" s="93"/>
       <c r="D84" s="93"/>
       <c r="E84" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="F84" s="276"/>
+      <c r="F84" s="270"/>
       <c r="G84" s="23" t="s">
         <v>173</v>
       </c>
       <c r="H84" s="123"/>
       <c r="I84" s="49"/>
     </row>
-    <row r="85" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B85" s="2"/>
       <c r="C85" s="93"/>
       <c r="D85" s="93"/>
       <c r="E85" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="F85" s="276"/>
+      <c r="F85" s="270"/>
       <c r="G85" s="23" t="s">
         <v>184</v>
       </c>
       <c r="H85" s="123"/>
       <c r="I85" s="30" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="86" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B86" s="2"/>
       <c r="C86" s="93"/>
       <c r="D86" s="93"/>
       <c r="E86" s="10" t="s">
         <v>201</v>
       </c>
-      <c r="F86" s="276"/>
+      <c r="F86" s="270"/>
       <c r="G86" s="23" t="s">
         <v>222</v>
       </c>
       <c r="H86" s="123"/>
       <c r="I86" s="30" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="87" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B87" s="2"/>
       <c r="C87" s="93"/>
       <c r="D87" s="93"/>
       <c r="E87" s="10" t="s">
         <v>261</v>
       </c>
-      <c r="F87" s="276"/>
+      <c r="F87" s="270"/>
       <c r="G87" s="23" t="s">
         <v>257</v>
       </c>
       <c r="H87" s="123"/>
       <c r="I87" s="30" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="88" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B88" s="2"/>
       <c r="C88" s="93"/>
       <c r="D88" s="93"/>
       <c r="E88" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="F88" s="276"/>
+      <c r="F88" s="270"/>
       <c r="G88" s="23" t="s">
         <v>259</v>
       </c>
       <c r="H88" s="123"/>
       <c r="I88" s="31"/>
     </row>
-    <row r="89" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B89" s="2"/>
       <c r="C89" s="93"/>
       <c r="D89" s="93"/>
       <c r="E89" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="F89" s="276"/>
+      <c r="F89" s="270"/>
       <c r="G89" s="35"/>
       <c r="H89" s="126"/>
       <c r="I89" s="30" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="90" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B90" s="2"/>
       <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="10" t="s">
         <v>197</v>
       </c>
-      <c r="F90" s="276"/>
+      <c r="F90" s="270"/>
       <c r="G90" s="23" t="s">
         <v>232</v>
       </c>
       <c r="H90" s="123"/>
       <c r="I90" s="31"/>
     </row>
-    <row r="91" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B91" s="2"/>
       <c r="C91" s="93"/>
       <c r="D91" s="93"/>
       <c r="E91" s="10" t="s">
         <v>256</v>
       </c>
-      <c r="F91" s="276"/>
+      <c r="F91" s="270"/>
       <c r="G91" s="23"/>
       <c r="H91" s="123"/>
       <c r="I91" s="31"/>
     </row>
-    <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B92" s="2"/>
       <c r="C92" s="93"/>
       <c r="D92" s="93"/>
       <c r="E92" s="10" t="s">
         <v>190</v>
       </c>
-      <c r="F92" s="276"/>
+      <c r="F92" s="270"/>
       <c r="G92" s="23" t="s">
         <v>214</v>
       </c>
       <c r="H92" s="123"/>
       <c r="I92" s="31"/>
     </row>
-    <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B93" s="52">
         <v>2023</v>
       </c>
       <c r="C93" s="102" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="102"/>
       <c r="E93" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="F93" s="277"/>
+      <c r="F93" s="271"/>
       <c r="G93" s="53"/>
       <c r="H93" s="130"/>
       <c r="I93" s="28" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B94" s="2"/>
       <c r="C94" s="93"/>
       <c r="D94" s="93"/>
       <c r="E94" s="29" t="s">
         <v>243</v>
       </c>
-      <c r="F94" s="278"/>
+      <c r="F94" s="272"/>
       <c r="G94" s="35"/>
       <c r="H94" s="126"/>
       <c r="I94" s="30"/>
     </row>
-    <row r="95" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B95" s="2"/>
       <c r="C95" s="93"/>
       <c r="D95" s="93"/>
       <c r="E95" s="29" t="s">
         <v>280</v>
       </c>
-      <c r="F95" s="278"/>
+      <c r="F95" s="272"/>
       <c r="G95" s="23" t="s">
         <v>284</v>
       </c>
       <c r="H95" s="123"/>
       <c r="I95" s="30"/>
     </row>
-    <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B96" s="2"/>
       <c r="C96" s="93"/>
       <c r="D96" s="93"/>
       <c r="E96" s="29" t="s">
         <v>282</v>
       </c>
-      <c r="F96" s="278"/>
+      <c r="F96" s="272"/>
       <c r="G96" s="23" t="s">
         <v>185</v>
       </c>
       <c r="H96" s="123"/>
       <c r="I96" s="30"/>
     </row>
-    <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B97" s="2"/>
       <c r="C97" s="93"/>
       <c r="D97" s="93"/>
       <c r="E97" s="29" t="s">
         <v>163</v>
       </c>
-      <c r="F97" s="278"/>
+      <c r="F97" s="272"/>
       <c r="G97" s="23"/>
       <c r="H97" s="123"/>
       <c r="I97" s="30" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B98" s="2"/>
       <c r="C98" s="93"/>
       <c r="D98" s="93"/>
       <c r="E98" s="29" t="s">
         <v>248</v>
       </c>
-      <c r="F98" s="278"/>
+      <c r="F98" s="272"/>
       <c r="G98" s="23" t="s">
         <v>285</v>
       </c>
       <c r="H98" s="123"/>
       <c r="I98" s="30"/>
     </row>
-    <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B99" s="2"/>
       <c r="C99" s="93"/>
       <c r="D99" s="93"/>
       <c r="E99" s="29" t="s">
         <v>235</v>
       </c>
-      <c r="F99" s="278"/>
+      <c r="F99" s="272"/>
       <c r="G99" s="23" t="s">
         <v>89</v>
       </c>
       <c r="H99" s="123"/>
       <c r="I99" s="30" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="100" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B100" s="2"/>
       <c r="C100" s="93"/>
       <c r="D100" s="93"/>
       <c r="E100" s="29" t="s">
         <v>255</v>
       </c>
-      <c r="F100" s="278"/>
+      <c r="F100" s="272"/>
       <c r="G100" s="23" t="s">
         <v>270</v>
       </c>
       <c r="H100" s="123"/>
       <c r="I100" s="30"/>
     </row>
-    <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B101" s="54"/>
       <c r="C101" s="107"/>
       <c r="D101" s="107"/>
       <c r="E101" s="32" t="s">
         <v>269</v>
       </c>
-      <c r="F101" s="279"/>
+      <c r="F101" s="273"/>
       <c r="G101" s="55"/>
       <c r="H101" s="131"/>
       <c r="I101" s="38"/>
     </row>
-    <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B102" s="21"/>
       <c r="C102" s="93" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="93"/>
       <c r="E102" s="29" t="s">
         <v>193</v>
       </c>
-      <c r="F102" s="278"/>
+      <c r="F102" s="272"/>
       <c r="G102" s="22"/>
       <c r="H102" s="117"/>
       <c r="I102" s="30" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B103" s="21"/>
       <c r="C103" s="93"/>
       <c r="D103" s="93"/>
       <c r="E103" s="29" t="s">
         <v>202</v>
       </c>
-      <c r="F103" s="278"/>
+      <c r="F103" s="272"/>
       <c r="G103" s="22"/>
       <c r="H103" s="117"/>
       <c r="I103" s="30" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B104" s="21"/>
       <c r="C104" s="93"/>
       <c r="D104" s="93"/>
       <c r="E104" s="29" t="s">
         <v>266</v>
       </c>
-      <c r="F104" s="278"/>
+      <c r="F104" s="272"/>
       <c r="G104" s="22"/>
       <c r="H104" s="117"/>
       <c r="I104" s="30" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B105" s="21"/>
       <c r="C105" s="93"/>
       <c r="D105" s="93"/>
       <c r="E105" s="29" t="s">
         <v>226</v>
       </c>
-      <c r="F105" s="278"/>
+      <c r="F105" s="272"/>
       <c r="G105" s="22"/>
       <c r="H105" s="117"/>
       <c r="I105" s="30" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B106" s="21"/>
       <c r="C106" s="93"/>
       <c r="D106" s="93"/>
       <c r="E106" s="29" t="s">
         <v>245</v>
       </c>
-      <c r="F106" s="278"/>
+      <c r="F106" s="272"/>
       <c r="G106" s="22"/>
       <c r="H106" s="117"/>
       <c r="I106" s="30" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B107" s="21"/>
       <c r="C107" s="93"/>
       <c r="D107" s="93"/>
       <c r="E107" s="29" t="s">
         <v>283</v>
       </c>
-      <c r="F107" s="278"/>
+      <c r="F107" s="272"/>
       <c r="G107" s="23" t="s">
         <v>286</v>
       </c>
       <c r="H107" s="123"/>
       <c r="I107" s="30" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B108" s="21"/>
       <c r="C108" s="93"/>
       <c r="D108" s="93"/>
       <c r="E108" s="29" t="s">
         <v>171</v>
       </c>
-      <c r="F108" s="278"/>
+      <c r="F108" s="272"/>
       <c r="G108" s="22"/>
       <c r="H108" s="121"/>
       <c r="I108" s="56"/>
     </row>
-    <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B109" s="21"/>
       <c r="C109" s="93"/>
       <c r="D109" s="93"/>
       <c r="E109" s="29" t="s">
         <v>267</v>
       </c>
-      <c r="F109" s="278"/>
+      <c r="F109" s="272"/>
       <c r="G109" s="22"/>
       <c r="H109" s="117"/>
       <c r="I109" s="30"/>
     </row>
-    <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B110" s="21"/>
       <c r="C110" s="93"/>
       <c r="D110" s="93"/>
       <c r="E110" s="29" t="s">
         <v>237</v>
       </c>
-      <c r="F110" s="278"/>
+      <c r="F110" s="272"/>
       <c r="G110" s="22"/>
       <c r="H110" s="121"/>
       <c r="I110" s="56"/>
     </row>
-    <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B111" s="21"/>
       <c r="C111" s="93"/>
       <c r="D111" s="93"/>
       <c r="E111" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="F111" s="278"/>
+      <c r="F111" s="272"/>
       <c r="G111" s="23" t="s">
         <v>177</v>
       </c>
       <c r="H111" s="123"/>
       <c r="I111" s="31"/>
     </row>
-    <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B112" s="21"/>
       <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="29" t="s">
         <v>268</v>
       </c>
-      <c r="F112" s="278"/>
+      <c r="F112" s="272"/>
       <c r="G112" s="23"/>
       <c r="H112" s="123"/>
       <c r="I112" s="31"/>
     </row>
-    <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B113" s="21"/>
       <c r="C113" s="93"/>
       <c r="D113" s="93"/>
       <c r="E113" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="F113" s="278"/>
+      <c r="F113" s="272"/>
       <c r="G113" s="23" t="s">
         <v>223</v>
       </c>
       <c r="H113" s="123"/>
       <c r="I113" s="31"/>
     </row>
-    <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B114" s="4"/>
       <c r="C114" s="107"/>
       <c r="D114" s="107"/>
       <c r="E114" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="F114" s="279"/>
+      <c r="F114" s="273"/>
       <c r="G114" s="57"/>
       <c r="H114" s="132"/>
       <c r="I114" s="34"/>
     </row>
-    <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B115" s="58"/>
       <c r="I115" s="59"/>
     </row>
-    <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.3"/>
+    <row r="117" spans="2:9" hidden="1" x14ac:dyDescent="0.3"/>
+    <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="E118" s="60"/>
-      <c r="F118" s="285"/>
+      <c r="F118" s="279"/>
       <c r="G118" s="61"/>
       <c r="H118" s="133"/>
       <c r="I118" s="61"/>
     </row>
-    <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B119" s="311" t="s">
+    <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B119" s="320" t="s">
         <v>6</v>
       </c>
-      <c r="C119" s="312"/>
-[...7 lines deleted...]
-    <row r="120" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
+      <c r="C119" s="321"/>
+      <c r="D119" s="321"/>
+      <c r="E119" s="321"/>
+      <c r="F119" s="321"/>
+      <c r="G119" s="321"/>
+      <c r="H119" s="321"/>
+      <c r="I119" s="322"/>
+    </row>
+    <row r="120" spans="2:9" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
       <c r="B120" s="62" t="s">
         <v>0</v>
       </c>
       <c r="C120" s="108" t="s">
         <v>1</v>
       </c>
       <c r="D120" s="108"/>
       <c r="E120" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="F120" s="286"/>
+      <c r="F120" s="280"/>
       <c r="G120" s="64" t="s">
         <v>3</v>
       </c>
       <c r="H120" s="134"/>
       <c r="I120" s="64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C121" s="93" t="s">
         <v>42</v>
       </c>
       <c r="D121" s="93"/>
       <c r="E121" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="F121" s="276"/>
+      <c r="F121" s="270"/>
       <c r="G121" s="23" t="s">
         <v>274</v>
       </c>
       <c r="H121" s="123"/>
       <c r="I121" s="30" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="122" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B122" s="3"/>
       <c r="C122" s="93"/>
       <c r="D122" s="93"/>
       <c r="E122" s="10" t="s">
         <v>275</v>
       </c>
-      <c r="F122" s="276"/>
+      <c r="F122" s="270"/>
       <c r="G122" s="65"/>
       <c r="H122" s="123"/>
       <c r="I122" s="30" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="123" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B123" s="3"/>
       <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="F123" s="276"/>
+      <c r="F123" s="270"/>
       <c r="G123" s="65" t="s">
         <v>188</v>
       </c>
       <c r="H123" s="123"/>
       <c r="I123" s="30" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="124" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B124" s="3"/>
       <c r="C124" s="93"/>
       <c r="D124" s="93"/>
       <c r="E124" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="F124" s="276"/>
+      <c r="F124" s="270"/>
       <c r="G124" s="65"/>
       <c r="H124" s="123"/>
       <c r="I124" s="30"/>
     </row>
-    <row r="125" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B125" s="3"/>
       <c r="C125" s="93"/>
       <c r="D125" s="93"/>
       <c r="E125" s="10" t="s">
         <v>313</v>
       </c>
-      <c r="F125" s="276"/>
+      <c r="F125" s="270"/>
       <c r="G125" s="65"/>
       <c r="H125" s="123"/>
       <c r="I125" s="30" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="126" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B126" s="3"/>
       <c r="C126" s="93"/>
       <c r="D126" s="93"/>
       <c r="E126" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="F126" s="276"/>
+      <c r="F126" s="270"/>
       <c r="G126" s="65" t="s">
         <v>187</v>
       </c>
       <c r="H126" s="123"/>
       <c r="I126" s="66" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="127" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B127" s="3"/>
       <c r="C127" s="93"/>
       <c r="D127" s="93"/>
       <c r="E127" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="F127" s="276"/>
+      <c r="F127" s="270"/>
       <c r="G127" s="65"/>
       <c r="H127" s="123"/>
       <c r="I127" s="66"/>
     </row>
-    <row r="128" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B128" s="3"/>
       <c r="C128" s="93"/>
       <c r="D128" s="93"/>
       <c r="E128" s="10" t="s">
         <v>143</v>
       </c>
-      <c r="F128" s="276"/>
+      <c r="F128" s="270"/>
       <c r="G128" s="23" t="s">
         <v>258</v>
       </c>
       <c r="H128" s="123"/>
       <c r="I128" s="66" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="129" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B129" s="3"/>
       <c r="C129" s="93"/>
       <c r="D129" s="93"/>
       <c r="E129" s="10" t="s">
         <v>317</v>
       </c>
-      <c r="F129" s="276"/>
+      <c r="F129" s="270"/>
       <c r="G129" s="23"/>
       <c r="H129" s="123"/>
       <c r="I129" s="66" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="130" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B130" s="3"/>
       <c r="C130" s="93"/>
       <c r="D130" s="93"/>
       <c r="E130" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="F130" s="276"/>
+      <c r="F130" s="270"/>
       <c r="G130" s="23" t="s">
         <v>260</v>
       </c>
       <c r="H130" s="123"/>
       <c r="I130" s="66" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="131" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B131" s="3"/>
       <c r="C131" s="93"/>
       <c r="D131" s="93"/>
       <c r="E131" s="10" t="s">
         <v>324</v>
       </c>
-      <c r="F131" s="276"/>
+      <c r="F131" s="270"/>
       <c r="G131" s="23"/>
       <c r="H131" s="123"/>
       <c r="I131" s="66" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="132" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B132" s="3"/>
       <c r="C132" s="93"/>
       <c r="D132" s="93"/>
       <c r="E132" s="10" t="s">
         <v>246</v>
       </c>
-      <c r="F132" s="276"/>
+      <c r="F132" s="270"/>
       <c r="G132" s="23" t="s">
         <v>189</v>
       </c>
       <c r="H132" s="123"/>
       <c r="I132" s="30" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="133" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B133" s="3"/>
       <c r="C133" s="93"/>
       <c r="D133" s="93"/>
       <c r="E133" s="10" t="s">
         <v>145</v>
       </c>
-      <c r="F133" s="276"/>
+      <c r="F133" s="270"/>
       <c r="G133" s="23" t="s">
         <v>302</v>
       </c>
       <c r="H133" s="123"/>
       <c r="I133" s="30" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B134" s="67"/>
       <c r="C134" s="109"/>
       <c r="D134" s="109"/>
       <c r="E134" s="14" t="s">
         <v>262</v>
       </c>
-      <c r="F134" s="287"/>
+      <c r="F134" s="281"/>
       <c r="G134" s="33"/>
       <c r="H134" s="126"/>
       <c r="I134" s="30" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C135" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D135" s="93"/>
       <c r="E135" s="29" t="s">
         <v>63</v>
       </c>
-      <c r="F135" s="278"/>
+      <c r="F135" s="272"/>
       <c r="G135" s="20" t="s">
         <v>292</v>
       </c>
       <c r="H135" s="122"/>
       <c r="I135" s="28" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B136" s="21"/>
       <c r="C136" s="93"/>
       <c r="D136" s="93"/>
       <c r="E136" s="29" t="s">
         <v>304</v>
       </c>
-      <c r="F136" s="278"/>
+      <c r="F136" s="272"/>
       <c r="G136" s="23"/>
       <c r="H136" s="123"/>
       <c r="I136" s="30"/>
     </row>
-    <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B137" s="21"/>
       <c r="C137" s="93"/>
       <c r="D137" s="93"/>
       <c r="E137" s="29" t="s">
         <v>191</v>
       </c>
-      <c r="F137" s="278"/>
+      <c r="F137" s="272"/>
       <c r="G137" s="23" t="s">
         <v>58</v>
       </c>
       <c r="H137" s="123"/>
       <c r="I137" s="30" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B138" s="21"/>
       <c r="C138" s="93"/>
       <c r="D138" s="93"/>
       <c r="E138" s="29" t="s">
         <v>315</v>
       </c>
-      <c r="F138" s="278"/>
+      <c r="F138" s="272"/>
       <c r="G138" s="23"/>
       <c r="H138" s="123"/>
       <c r="I138" s="30"/>
     </row>
-    <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B139" s="21"/>
       <c r="C139" s="93"/>
       <c r="D139" s="93"/>
       <c r="E139" s="29" t="s">
         <v>323</v>
       </c>
-      <c r="F139" s="278"/>
+      <c r="F139" s="272"/>
       <c r="G139" s="23"/>
       <c r="H139" s="123"/>
       <c r="I139" s="30" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B140" s="21"/>
       <c r="C140" s="93"/>
       <c r="D140" s="93"/>
       <c r="E140" s="29" t="s">
         <v>308</v>
       </c>
-      <c r="F140" s="278"/>
+      <c r="F140" s="272"/>
       <c r="G140" s="23"/>
       <c r="H140" s="123"/>
       <c r="I140" s="30" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B141" s="21"/>
       <c r="C141" s="93"/>
       <c r="D141" s="93"/>
       <c r="E141" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="F141" s="278"/>
+      <c r="F141" s="272"/>
       <c r="G141" s="23" t="s">
         <v>221</v>
       </c>
       <c r="H141" s="123"/>
       <c r="I141" s="30"/>
     </row>
-    <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B142" s="21"/>
       <c r="C142" s="93"/>
       <c r="D142" s="93"/>
       <c r="E142" s="29" t="s">
         <v>326</v>
       </c>
-      <c r="F142" s="278"/>
+      <c r="F142" s="272"/>
       <c r="G142" s="23" t="s">
         <v>363</v>
       </c>
       <c r="H142" s="123"/>
       <c r="I142" s="30" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B143" s="68"/>
       <c r="C143" s="110"/>
       <c r="D143" s="110"/>
       <c r="E143" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="F143" s="278"/>
+      <c r="F143" s="272"/>
       <c r="G143" s="55" t="s">
         <v>60</v>
       </c>
       <c r="H143" s="131"/>
       <c r="I143" s="50"/>
     </row>
-    <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C144" s="102" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="102"/>
       <c r="E144" s="51" t="s">
         <v>43</v>
       </c>
-      <c r="F144" s="282"/>
+      <c r="F144" s="276"/>
       <c r="G144" s="43" t="s">
         <v>265</v>
       </c>
       <c r="H144" s="127"/>
       <c r="I144" s="24" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B145" s="2"/>
       <c r="C145" s="93"/>
       <c r="D145" s="93"/>
       <c r="E145" s="10" t="s">
         <v>156</v>
       </c>
-      <c r="F145" s="282"/>
+      <c r="F145" s="276"/>
       <c r="G145" s="69" t="s">
         <v>364</v>
       </c>
       <c r="H145" s="135"/>
       <c r="I145" s="24" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B146" s="2"/>
       <c r="C146" s="93"/>
       <c r="D146" s="93"/>
       <c r="E146" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="F146" s="282"/>
+      <c r="F146" s="276"/>
       <c r="G146" s="70"/>
       <c r="H146" s="136"/>
       <c r="I146" s="24"/>
     </row>
-    <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B147" s="2"/>
       <c r="C147" s="93"/>
       <c r="D147" s="93"/>
       <c r="E147" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="F147" s="282"/>
+      <c r="F147" s="276"/>
       <c r="G147" s="69" t="s">
         <v>344</v>
       </c>
       <c r="H147" s="135"/>
       <c r="I147" s="12" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B148" s="2"/>
       <c r="C148" s="93"/>
       <c r="D148" s="93"/>
       <c r="E148" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="F148" s="282"/>
+      <c r="F148" s="276"/>
       <c r="G148" s="69"/>
       <c r="H148" s="135"/>
       <c r="I148" s="24"/>
     </row>
-    <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B149" s="2"/>
       <c r="C149" s="93"/>
       <c r="D149" s="93"/>
       <c r="E149" s="10" t="s">
         <v>316</v>
       </c>
-      <c r="F149" s="282"/>
+      <c r="F149" s="276"/>
       <c r="G149" s="69"/>
       <c r="H149" s="135"/>
       <c r="I149" s="24" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B150" s="2"/>
       <c r="C150" s="93"/>
       <c r="D150" s="93"/>
       <c r="E150" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="F150" s="282"/>
+      <c r="F150" s="276"/>
       <c r="G150" s="69"/>
       <c r="H150" s="135"/>
       <c r="I150" s="24"/>
     </row>
-    <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B151" s="2"/>
       <c r="C151" s="93"/>
       <c r="D151" s="93"/>
       <c r="E151" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="F151" s="282"/>
+      <c r="F151" s="276"/>
       <c r="G151" s="69" t="s">
         <v>281</v>
       </c>
       <c r="H151" s="135"/>
       <c r="I151" s="24"/>
     </row>
-    <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B152" s="2"/>
       <c r="C152" s="93"/>
       <c r="D152" s="93"/>
       <c r="E152" s="10" t="s">
         <v>227</v>
       </c>
-      <c r="F152" s="282"/>
+      <c r="F152" s="276"/>
       <c r="G152" s="43" t="s">
         <v>228</v>
       </c>
       <c r="H152" s="127"/>
       <c r="I152" s="71"/>
     </row>
-    <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B153" s="2"/>
       <c r="C153" s="93"/>
       <c r="D153" s="93"/>
       <c r="E153" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="F153" s="282"/>
+      <c r="F153" s="276"/>
       <c r="G153" s="43" t="s">
         <v>229</v>
       </c>
       <c r="H153" s="127"/>
       <c r="I153" s="24" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B154" s="2"/>
       <c r="C154" s="93"/>
       <c r="D154" s="93"/>
       <c r="E154" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="F154" s="282"/>
+      <c r="F154" s="276"/>
       <c r="G154" s="43"/>
       <c r="H154" s="127"/>
       <c r="I154" s="24"/>
     </row>
-    <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B155" s="2"/>
       <c r="C155" s="93"/>
       <c r="D155" s="93"/>
       <c r="E155" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="F155" s="282"/>
+      <c r="F155" s="276"/>
       <c r="G155" s="43"/>
       <c r="H155" s="127"/>
       <c r="I155" s="24" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B156" s="2"/>
       <c r="C156" s="93"/>
       <c r="D156" s="93"/>
       <c r="E156" s="10" t="s">
         <v>346</v>
       </c>
-      <c r="F156" s="282"/>
+      <c r="F156" s="276"/>
       <c r="G156" s="43"/>
       <c r="H156" s="127"/>
       <c r="I156" s="24"/>
     </row>
-    <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B157" s="2"/>
       <c r="C157" s="93"/>
       <c r="D157" s="93"/>
       <c r="E157" s="10" t="s">
         <v>295</v>
       </c>
-      <c r="F157" s="282"/>
+      <c r="F157" s="276"/>
       <c r="G157" s="43"/>
       <c r="H157" s="127"/>
       <c r="I157" s="24" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B158" s="2"/>
       <c r="C158" s="93"/>
       <c r="D158" s="93"/>
       <c r="E158" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="F158" s="282"/>
+      <c r="F158" s="276"/>
       <c r="G158" s="43"/>
       <c r="H158" s="127"/>
       <c r="I158" s="24" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B159" s="2"/>
       <c r="C159" s="93"/>
       <c r="D159" s="93"/>
       <c r="E159" s="10" t="s">
         <v>356</v>
       </c>
-      <c r="F159" s="282"/>
+      <c r="F159" s="276"/>
       <c r="G159" s="43"/>
       <c r="H159" s="127"/>
       <c r="I159" s="24"/>
     </row>
-    <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B160" s="2"/>
       <c r="C160" s="93"/>
       <c r="D160" s="93"/>
       <c r="E160" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="F160" s="282"/>
+      <c r="F160" s="276"/>
       <c r="G160" s="43"/>
       <c r="H160" s="127"/>
       <c r="I160" s="24" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B161" s="2"/>
       <c r="C161" s="93"/>
       <c r="D161" s="93"/>
       <c r="E161" s="10" t="s">
         <v>350</v>
       </c>
-      <c r="F161" s="282"/>
+      <c r="F161" s="276"/>
       <c r="G161" s="43"/>
       <c r="H161" s="127"/>
       <c r="I161" s="24"/>
     </row>
-    <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B162" s="2"/>
       <c r="C162" s="93"/>
       <c r="D162" s="93"/>
       <c r="E162" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="F162" s="282"/>
+      <c r="F162" s="276"/>
       <c r="G162" s="43"/>
       <c r="H162" s="127"/>
       <c r="I162" s="71"/>
     </row>
-    <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B163" s="2"/>
       <c r="C163" s="93"/>
       <c r="D163" s="93"/>
       <c r="E163" s="10" t="s">
         <v>183</v>
       </c>
-      <c r="F163" s="282"/>
+      <c r="F163" s="276"/>
       <c r="G163" s="43" t="s">
         <v>230</v>
       </c>
       <c r="H163" s="127"/>
       <c r="I163" s="71"/>
     </row>
-    <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B164" s="2"/>
       <c r="C164" s="93"/>
       <c r="D164" s="93"/>
       <c r="E164" s="10" t="s">
         <v>301</v>
       </c>
-      <c r="F164" s="282"/>
+      <c r="F164" s="276"/>
       <c r="G164" s="43"/>
       <c r="H164" s="127"/>
       <c r="I164" s="24" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B165" s="2"/>
       <c r="C165" s="93"/>
       <c r="D165" s="93"/>
       <c r="E165" s="10" t="s">
         <v>294</v>
       </c>
-      <c r="F165" s="282"/>
+      <c r="F165" s="276"/>
       <c r="G165" s="43"/>
       <c r="H165" s="127"/>
       <c r="I165" s="24" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B166" s="2"/>
       <c r="C166" s="93"/>
       <c r="D166" s="93"/>
       <c r="E166" s="10"/>
-      <c r="F166" s="282"/>
+      <c r="F166" s="276"/>
       <c r="G166" s="43" t="s">
         <v>231</v>
       </c>
       <c r="H166" s="127"/>
       <c r="I166" s="24" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B167" s="54"/>
       <c r="C167" s="107"/>
       <c r="D167" s="107"/>
       <c r="E167" s="72"/>
-      <c r="F167" s="281"/>
+      <c r="F167" s="275"/>
       <c r="G167" s="73"/>
       <c r="H167" s="137"/>
       <c r="I167" s="42" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C168" s="95" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="93"/>
       <c r="E168" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="F168" s="278"/>
+      <c r="F168" s="272"/>
       <c r="G168" s="20" t="s">
         <v>94</v>
       </c>
       <c r="H168" s="118"/>
       <c r="I168" s="12" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B169" s="21"/>
       <c r="C169" s="95"/>
       <c r="D169" s="93"/>
       <c r="E169" s="29"/>
-      <c r="F169" s="278"/>
+      <c r="F169" s="272"/>
       <c r="G169" s="23" t="s">
         <v>95</v>
       </c>
       <c r="H169" s="120"/>
       <c r="I169" s="24" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B170" s="21"/>
       <c r="C170" s="95"/>
       <c r="D170" s="93"/>
       <c r="E170" s="29" t="s">
         <v>254</v>
       </c>
-      <c r="F170" s="278"/>
+      <c r="F170" s="272"/>
       <c r="G170" s="23" t="s">
         <v>110</v>
       </c>
       <c r="H170" s="120"/>
       <c r="I170" s="71"/>
     </row>
-    <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B171" s="21"/>
       <c r="C171" s="95"/>
       <c r="D171" s="97"/>
       <c r="E171" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="F171" s="275"/>
+      <c r="F171" s="269"/>
       <c r="G171" s="23" t="s">
         <v>111</v>
       </c>
       <c r="H171" s="120"/>
       <c r="I171" s="71"/>
     </row>
-    <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B172" s="21"/>
       <c r="C172" s="95"/>
       <c r="D172" s="93"/>
       <c r="E172" s="29" t="s">
         <v>247</v>
       </c>
-      <c r="F172" s="278"/>
+      <c r="F172" s="272"/>
       <c r="G172" s="23" t="s">
         <v>113</v>
       </c>
       <c r="H172" s="120"/>
       <c r="I172" s="71"/>
     </row>
-    <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B173" s="21"/>
       <c r="C173" s="95"/>
       <c r="D173" s="93"/>
       <c r="E173" s="29" t="s">
         <v>172</v>
       </c>
-      <c r="F173" s="278"/>
+      <c r="F173" s="272"/>
       <c r="G173" s="23" t="s">
         <v>115</v>
       </c>
       <c r="H173" s="120"/>
       <c r="I173" s="24" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B174" s="21"/>
       <c r="C174" s="95"/>
       <c r="D174" s="93"/>
       <c r="E174" s="29" t="s">
         <v>276</v>
       </c>
-      <c r="F174" s="278"/>
+      <c r="F174" s="272"/>
       <c r="G174" s="23" t="s">
         <v>126</v>
       </c>
       <c r="H174" s="120"/>
       <c r="I174" s="71"/>
     </row>
-    <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B175" s="21"/>
       <c r="C175" s="95"/>
       <c r="D175" s="93"/>
       <c r="E175" s="29" t="s">
         <v>328</v>
       </c>
-      <c r="F175" s="278"/>
+      <c r="F175" s="272"/>
       <c r="G175" s="23" t="s">
         <v>117</v>
       </c>
       <c r="H175" s="120"/>
       <c r="I175" s="24" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B176" s="21"/>
       <c r="C176" s="95"/>
       <c r="D176" s="93"/>
       <c r="E176" s="29" t="s">
         <v>317</v>
       </c>
-      <c r="F176" s="278"/>
+      <c r="F176" s="272"/>
       <c r="G176" s="23" t="s">
         <v>127</v>
       </c>
       <c r="H176" s="120"/>
       <c r="I176" s="71"/>
     </row>
-    <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B177" s="21"/>
       <c r="C177" s="95"/>
       <c r="D177" s="93"/>
       <c r="E177" s="29" t="s">
         <v>142</v>
       </c>
-      <c r="F177" s="278"/>
+      <c r="F177" s="272"/>
       <c r="G177" s="23" t="s">
         <v>349</v>
       </c>
       <c r="H177" s="120"/>
       <c r="I177" s="71"/>
     </row>
-    <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B178" s="21"/>
       <c r="C178" s="95"/>
       <c r="D178" s="93"/>
       <c r="E178" s="29"/>
-      <c r="F178" s="278"/>
+      <c r="F178" s="272"/>
       <c r="G178" s="23" t="s">
         <v>372</v>
       </c>
       <c r="H178" s="120"/>
       <c r="I178" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B179" s="4"/>
       <c r="C179" s="104"/>
       <c r="D179" s="109"/>
       <c r="E179" s="74"/>
-      <c r="F179" s="288"/>
+      <c r="F179" s="282"/>
       <c r="G179" s="23" t="s">
         <v>186</v>
       </c>
       <c r="H179" s="120"/>
       <c r="I179" s="75"/>
     </row>
-    <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C180" s="95"/>
       <c r="D180" s="93"/>
       <c r="E180" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="F180" s="278"/>
+      <c r="F180" s="272"/>
       <c r="G180" s="53"/>
       <c r="H180" s="126"/>
       <c r="I180" s="30" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B181" s="21"/>
       <c r="C181" s="95"/>
       <c r="D181" s="93"/>
       <c r="E181" s="29" t="s">
         <v>305</v>
       </c>
-      <c r="F181" s="278"/>
+      <c r="F181" s="272"/>
       <c r="G181" s="76"/>
       <c r="H181" s="138"/>
       <c r="I181" s="30" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B182" s="21"/>
       <c r="C182" s="95"/>
       <c r="D182" s="93"/>
       <c r="E182" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="F182" s="278"/>
+      <c r="F182" s="272"/>
       <c r="G182" s="76"/>
       <c r="H182" s="138"/>
       <c r="I182" s="30"/>
     </row>
-    <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B183" s="21"/>
       <c r="C183" s="95"/>
       <c r="D183" s="93"/>
       <c r="E183" s="29" t="s">
         <v>325</v>
       </c>
-      <c r="F183" s="278"/>
+      <c r="F183" s="272"/>
       <c r="G183" s="76"/>
       <c r="H183" s="138"/>
       <c r="I183" s="30" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B184" s="21"/>
       <c r="C184" s="95"/>
       <c r="D184" s="93"/>
       <c r="E184" s="29" t="s">
         <v>380</v>
       </c>
-      <c r="F184" s="278"/>
+      <c r="F184" s="272"/>
       <c r="G184" s="76"/>
       <c r="H184" s="138"/>
       <c r="I184" s="30"/>
     </row>
-    <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B185" s="21"/>
       <c r="C185" s="95"/>
       <c r="D185" s="93"/>
       <c r="E185" s="29" t="s">
         <v>366</v>
       </c>
-      <c r="F185" s="278"/>
+      <c r="F185" s="272"/>
       <c r="G185" s="23" t="s">
         <v>62</v>
       </c>
       <c r="H185" s="123"/>
       <c r="I185" s="30" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B186" s="21"/>
       <c r="C186" s="95"/>
       <c r="D186" s="93"/>
       <c r="E186" s="29" t="s">
         <v>387</v>
       </c>
-      <c r="F186" s="278"/>
+      <c r="F186" s="272"/>
       <c r="G186" s="23"/>
       <c r="H186" s="123"/>
       <c r="I186" s="30"/>
     </row>
-    <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B187" s="21"/>
       <c r="C187" s="95"/>
       <c r="D187" s="93"/>
       <c r="E187" s="29" t="s">
         <v>392</v>
       </c>
-      <c r="F187" s="278"/>
+      <c r="F187" s="272"/>
       <c r="G187" s="23"/>
       <c r="H187" s="123"/>
       <c r="I187" s="30"/>
     </row>
-    <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B188" s="21"/>
       <c r="C188" s="95"/>
       <c r="D188" s="93"/>
       <c r="E188" s="29" t="s">
         <v>381</v>
       </c>
-      <c r="F188" s="278"/>
+      <c r="F188" s="272"/>
       <c r="G188" s="76"/>
       <c r="H188" s="138"/>
       <c r="I188" s="30"/>
     </row>
-    <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B189" s="21"/>
       <c r="C189" s="95"/>
       <c r="D189" s="93"/>
       <c r="E189" s="29" t="s">
         <v>297</v>
       </c>
-      <c r="F189" s="278"/>
+      <c r="F189" s="272"/>
       <c r="G189" s="76"/>
       <c r="H189" s="138"/>
       <c r="I189" s="66" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B190" s="21"/>
       <c r="C190" s="95"/>
       <c r="D190" s="93"/>
       <c r="E190" s="29" t="s">
         <v>384</v>
       </c>
-      <c r="F190" s="278"/>
+      <c r="F190" s="272"/>
       <c r="G190" s="76" t="s">
         <v>385</v>
       </c>
       <c r="H190" s="138"/>
       <c r="I190" s="66"/>
     </row>
-    <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B191" s="21"/>
       <c r="C191" s="95"/>
       <c r="D191" s="93"/>
       <c r="E191" s="29" t="s">
         <v>378</v>
       </c>
-      <c r="F191" s="278"/>
+      <c r="F191" s="272"/>
       <c r="G191" s="76"/>
       <c r="H191" s="138"/>
       <c r="I191" s="66"/>
     </row>
-    <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B192" s="21"/>
       <c r="C192" s="95"/>
       <c r="D192" s="93"/>
       <c r="E192" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="F192" s="278"/>
+      <c r="F192" s="272"/>
       <c r="G192" s="76"/>
       <c r="H192" s="139"/>
       <c r="I192" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B193" s="21"/>
       <c r="C193" s="95"/>
       <c r="D193" s="93"/>
       <c r="E193" s="29" t="s">
         <v>396</v>
       </c>
-      <c r="F193" s="278"/>
+      <c r="F193" s="272"/>
       <c r="G193" s="76"/>
       <c r="H193" s="138"/>
       <c r="I193" s="30"/>
     </row>
-    <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B194" s="21"/>
       <c r="C194" s="95"/>
       <c r="D194" s="93"/>
       <c r="E194" s="32" t="s">
         <v>296</v>
       </c>
-      <c r="F194" s="279"/>
+      <c r="F194" s="273"/>
       <c r="G194" s="77" t="s">
         <v>59</v>
       </c>
       <c r="H194" s="138"/>
       <c r="I194" s="49"/>
     </row>
-    <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B195" s="52"/>
       <c r="C195" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="D195" s="247"/>
+      <c r="D195" s="243"/>
       <c r="E195" s="51" t="s">
         <v>63</v>
       </c>
-      <c r="F195" s="278"/>
+      <c r="F195" s="272"/>
       <c r="G195" s="78"/>
       <c r="H195" s="140"/>
       <c r="I195" s="12" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B196" s="2"/>
       <c r="C196" s="95"/>
-      <c r="D196" s="245"/>
+      <c r="D196" s="241"/>
       <c r="E196" s="10" t="s">
         <v>424</v>
       </c>
-      <c r="F196" s="278"/>
+      <c r="F196" s="272"/>
       <c r="G196" s="78"/>
       <c r="H196" s="140"/>
       <c r="I196" s="24"/>
     </row>
-    <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B197" s="2"/>
       <c r="C197" s="95"/>
-      <c r="D197" s="245"/>
+      <c r="D197" s="241"/>
       <c r="E197" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F197" s="278"/>
+      <c r="F197" s="272"/>
       <c r="G197" s="78"/>
       <c r="H197" s="140"/>
       <c r="I197" s="24" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B198" s="2"/>
       <c r="C198" s="95"/>
-      <c r="D198" s="245"/>
+      <c r="D198" s="241"/>
       <c r="E198" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="F198" s="278"/>
+      <c r="F198" s="272"/>
       <c r="G198" s="78"/>
       <c r="H198" s="140"/>
       <c r="I198" s="24" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B199" s="2"/>
       <c r="C199" s="95"/>
-      <c r="D199" s="245"/>
+      <c r="D199" s="241"/>
       <c r="E199" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="F199" s="278"/>
+      <c r="F199" s="272"/>
       <c r="G199" s="78"/>
       <c r="H199" s="140"/>
       <c r="I199" s="24" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B200" s="2"/>
       <c r="C200" s="95"/>
-      <c r="D200" s="245"/>
+      <c r="D200" s="241"/>
       <c r="E200" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="F200" s="278"/>
+      <c r="F200" s="272"/>
       <c r="G200" s="78" t="s">
         <v>303</v>
       </c>
       <c r="H200" s="140"/>
       <c r="I200" s="24" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B201" s="2"/>
       <c r="C201" s="95"/>
-      <c r="D201" s="245"/>
+      <c r="D201" s="241"/>
       <c r="E201" s="10" t="s">
         <v>395</v>
       </c>
-      <c r="F201" s="278"/>
+      <c r="F201" s="272"/>
       <c r="G201" s="78"/>
       <c r="H201" s="140"/>
       <c r="I201" s="24"/>
     </row>
-    <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B202" s="2"/>
       <c r="C202" s="95"/>
-      <c r="D202" s="245"/>
+      <c r="D202" s="241"/>
       <c r="E202" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="F202" s="278"/>
+      <c r="F202" s="272"/>
       <c r="G202" s="78"/>
       <c r="H202" s="140"/>
       <c r="I202" s="24"/>
     </row>
-    <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B203" s="2"/>
       <c r="C203" s="95"/>
-      <c r="D203" s="245"/>
+      <c r="D203" s="241"/>
       <c r="E203" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="F203" s="278"/>
+      <c r="F203" s="272"/>
       <c r="G203" s="78" t="s">
         <v>377</v>
       </c>
       <c r="H203" s="140"/>
       <c r="I203" s="24" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B204" s="2"/>
       <c r="C204" s="95"/>
-      <c r="D204" s="245"/>
+      <c r="D204" s="241"/>
       <c r="E204" s="10" t="s">
         <v>413</v>
       </c>
-      <c r="F204" s="278"/>
+      <c r="F204" s="272"/>
       <c r="G204" s="78" t="s">
         <v>345</v>
       </c>
       <c r="H204" s="140"/>
       <c r="I204" s="24" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B205" s="2"/>
       <c r="C205" s="95"/>
-      <c r="D205" s="245"/>
+      <c r="D205" s="241"/>
       <c r="E205" s="41"/>
-      <c r="F205" s="288"/>
+      <c r="F205" s="282"/>
       <c r="G205" s="78"/>
       <c r="H205" s="140"/>
       <c r="I205" s="24" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B206" s="2"/>
       <c r="C206" s="105"/>
       <c r="D206" s="105"/>
       <c r="E206" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="F206" s="279"/>
+      <c r="F206" s="273"/>
       <c r="G206" s="79"/>
       <c r="H206" s="141"/>
       <c r="I206" s="24" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C207" s="102" t="s">
         <v>11</v>
       </c>
       <c r="D207" s="102"/>
       <c r="E207" s="51" t="s">
         <v>217</v>
       </c>
-      <c r="F207" s="277"/>
+      <c r="F207" s="271"/>
       <c r="G207" s="80"/>
       <c r="H207" s="142"/>
       <c r="I207" s="12" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B208" s="2"/>
       <c r="C208" s="93"/>
       <c r="D208" s="93"/>
       <c r="E208" s="10" t="s">
         <v>432</v>
       </c>
-      <c r="F208" s="278"/>
+      <c r="F208" s="272"/>
       <c r="G208" s="81"/>
       <c r="H208" s="141"/>
       <c r="I208" s="24"/>
     </row>
-    <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B209" s="2"/>
       <c r="C209" s="93"/>
       <c r="D209" s="93"/>
       <c r="E209" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F209" s="278"/>
+      <c r="F209" s="272"/>
       <c r="G209" s="81"/>
       <c r="H209" s="141"/>
       <c r="I209" s="24" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B210" s="2"/>
       <c r="C210" s="93"/>
       <c r="D210" s="93"/>
       <c r="E210" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="F210" s="278"/>
+      <c r="F210" s="272"/>
       <c r="G210" s="81"/>
       <c r="H210" s="141"/>
       <c r="I210" s="24" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B211" s="2"/>
       <c r="C211" s="93"/>
       <c r="D211" s="93"/>
       <c r="E211" s="10" t="s">
         <v>453</v>
       </c>
-      <c r="F211" s="278"/>
+      <c r="F211" s="272"/>
       <c r="G211" s="81"/>
       <c r="H211" s="141"/>
       <c r="I211" s="24"/>
     </row>
-    <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B212" s="2"/>
       <c r="C212" s="93"/>
       <c r="D212" s="93"/>
       <c r="E212" s="10" t="s">
         <v>428</v>
       </c>
-      <c r="F212" s="278"/>
+      <c r="F212" s="272"/>
       <c r="G212" s="78" t="s">
         <v>404</v>
       </c>
       <c r="H212" s="140"/>
       <c r="I212" s="24" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B213" s="2"/>
       <c r="C213" s="93"/>
       <c r="D213" s="93"/>
       <c r="E213" s="10" t="s">
         <v>393</v>
       </c>
-      <c r="F213" s="278"/>
+      <c r="F213" s="272"/>
       <c r="G213" s="78"/>
       <c r="H213" s="140"/>
       <c r="I213" s="24" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B214" s="2"/>
       <c r="C214" s="93"/>
       <c r="D214" s="93"/>
       <c r="E214" s="10" t="s">
         <v>420</v>
       </c>
-      <c r="F214" s="278"/>
+      <c r="F214" s="272"/>
       <c r="G214" s="78"/>
       <c r="H214" s="140"/>
       <c r="I214" s="24" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B215" s="2"/>
       <c r="C215" s="93"/>
       <c r="D215" s="93"/>
       <c r="E215" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="F215" s="278"/>
+      <c r="F215" s="272"/>
       <c r="G215" s="78"/>
       <c r="H215" s="140"/>
       <c r="I215" s="24" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B216" s="54"/>
       <c r="C216" s="109"/>
       <c r="D216" s="109"/>
       <c r="E216" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="F216" s="279"/>
+      <c r="F216" s="273"/>
       <c r="G216" s="79"/>
       <c r="H216" s="143"/>
       <c r="I216" s="42" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C217" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="D217" s="247"/>
+      <c r="D217" s="243"/>
       <c r="E217" s="51" t="s">
         <v>431</v>
       </c>
-      <c r="F217" s="278"/>
+      <c r="F217" s="272"/>
       <c r="G217" s="81"/>
       <c r="H217" s="141"/>
       <c r="I217" s="24" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="218" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B218" s="2"/>
       <c r="C218" s="95"/>
       <c r="D218" s="97"/>
       <c r="E218" s="19" t="s">
         <v>475</v>
       </c>
-      <c r="F218" s="275"/>
+      <c r="F218" s="269"/>
       <c r="G218" s="78" t="s">
         <v>435</v>
       </c>
       <c r="H218" s="140"/>
       <c r="I218" s="24" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B219" s="2"/>
       <c r="C219" s="95"/>
-      <c r="D219" s="245"/>
+      <c r="D219" s="241"/>
       <c r="E219" s="10" t="s">
         <v>444</v>
       </c>
-      <c r="F219" s="278"/>
+      <c r="F219" s="272"/>
       <c r="G219" s="81"/>
       <c r="H219" s="141"/>
       <c r="I219" s="24"/>
     </row>
-    <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B220" s="2"/>
       <c r="C220" s="95"/>
       <c r="D220" s="97"/>
       <c r="E220" s="19" t="s">
         <v>458</v>
       </c>
-      <c r="F220" s="275"/>
+      <c r="F220" s="269"/>
       <c r="G220" s="78" t="s">
         <v>441</v>
       </c>
       <c r="H220" s="140"/>
       <c r="I220" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B221" s="2"/>
       <c r="C221" s="95"/>
-      <c r="D221" s="245"/>
+      <c r="D221" s="241"/>
       <c r="E221" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="F221" s="278"/>
+      <c r="F221" s="272"/>
       <c r="G221" s="78" t="s">
         <v>438</v>
       </c>
       <c r="H221" s="140"/>
       <c r="I221" s="24" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B222" s="2"/>
       <c r="C222" s="95"/>
-      <c r="D222" s="245"/>
+      <c r="D222" s="241"/>
       <c r="E222" s="10" t="s">
         <v>450</v>
       </c>
-      <c r="F222" s="278"/>
+      <c r="F222" s="272"/>
       <c r="G222" s="78"/>
       <c r="H222" s="140"/>
       <c r="I222" s="24"/>
     </row>
-    <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B223" s="2"/>
       <c r="C223" s="95"/>
-      <c r="D223" s="245"/>
+      <c r="D223" s="241"/>
       <c r="E223" s="10" t="s">
         <v>449</v>
       </c>
-      <c r="F223" s="278"/>
+      <c r="F223" s="272"/>
       <c r="G223" s="78" t="s">
         <v>473</v>
       </c>
       <c r="H223" s="140"/>
       <c r="I223" s="24"/>
     </row>
-    <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B224" s="21"/>
       <c r="C224" s="106"/>
-      <c r="D224" s="246"/>
+      <c r="D224" s="242"/>
       <c r="E224" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="F224" s="278"/>
+      <c r="F224" s="272"/>
       <c r="G224" s="81"/>
       <c r="H224" s="141"/>
       <c r="I224" s="42" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B225" s="18"/>
       <c r="C225" s="94" t="s">
         <v>13</v>
       </c>
       <c r="D225" s="102"/>
       <c r="E225" s="27" t="s">
         <v>278</v>
       </c>
-      <c r="F225" s="277"/>
+      <c r="F225" s="271"/>
       <c r="G225" s="20" t="s">
         <v>466</v>
       </c>
       <c r="H225" s="123"/>
       <c r="I225" s="30" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B226" s="21"/>
       <c r="C226" s="95"/>
       <c r="D226" s="93"/>
       <c r="E226" s="29" t="s">
         <v>309</v>
       </c>
-      <c r="F226" s="278"/>
+      <c r="F226" s="272"/>
       <c r="G226" s="23" t="s">
         <v>436</v>
       </c>
       <c r="H226" s="123"/>
       <c r="I226" s="30"/>
     </row>
-    <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B227" s="21"/>
       <c r="C227" s="95"/>
       <c r="D227" s="93"/>
       <c r="E227" s="29" t="s">
         <v>407</v>
       </c>
-      <c r="F227" s="278"/>
+      <c r="F227" s="272"/>
       <c r="G227" s="23" t="s">
         <v>92</v>
       </c>
       <c r="H227" s="123"/>
       <c r="I227" s="30"/>
     </row>
-    <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B228" s="21"/>
       <c r="C228" s="95"/>
       <c r="D228" s="93"/>
       <c r="E228" s="29" t="s">
         <v>422</v>
       </c>
-      <c r="F228" s="278"/>
+      <c r="F228" s="272"/>
       <c r="G228" s="23" t="s">
         <v>93</v>
       </c>
       <c r="H228" s="123"/>
       <c r="I228" s="30" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B229" s="21"/>
       <c r="C229" s="95"/>
       <c r="D229" s="93"/>
       <c r="E229" s="29" t="s">
         <v>299</v>
       </c>
-      <c r="F229" s="278"/>
+      <c r="F229" s="272"/>
       <c r="G229" s="23" t="s">
         <v>465</v>
       </c>
       <c r="H229" s="123"/>
       <c r="I229" s="30" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B230" s="21"/>
       <c r="C230" s="95"/>
       <c r="D230" s="93"/>
       <c r="E230" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="F230" s="278"/>
+      <c r="F230" s="272"/>
       <c r="G230" s="23" t="s">
         <v>419</v>
       </c>
       <c r="H230" s="123"/>
       <c r="I230" s="30" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B231" s="21"/>
       <c r="C231" s="95"/>
       <c r="D231" s="93"/>
       <c r="E231" s="29" t="s">
         <v>430</v>
       </c>
-      <c r="F231" s="278"/>
+      <c r="F231" s="272"/>
       <c r="G231" s="23" t="s">
         <v>399</v>
       </c>
       <c r="H231" s="123"/>
       <c r="I231" s="30" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B232" s="21"/>
       <c r="C232" s="95"/>
       <c r="D232" s="93"/>
       <c r="E232" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="F232" s="278"/>
+      <c r="F232" s="272"/>
       <c r="G232" s="23" t="s">
         <v>400</v>
       </c>
       <c r="H232" s="123"/>
       <c r="I232" s="30"/>
     </row>
-    <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B233" s="21"/>
       <c r="C233" s="95"/>
       <c r="D233" s="93"/>
       <c r="E233" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="F233" s="278"/>
+      <c r="F233" s="272"/>
       <c r="G233" s="23"/>
       <c r="H233" s="123"/>
       <c r="I233" s="30"/>
     </row>
-    <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B234" s="21"/>
       <c r="C234" s="95"/>
       <c r="D234" s="93"/>
       <c r="E234" s="29" t="s">
         <v>408</v>
       </c>
-      <c r="F234" s="278"/>
+      <c r="F234" s="272"/>
       <c r="G234" s="23"/>
       <c r="H234" s="123"/>
       <c r="I234" s="30" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B235" s="21"/>
       <c r="C235" s="95"/>
       <c r="D235" s="93"/>
       <c r="E235" s="29" t="s">
         <v>463</v>
       </c>
-      <c r="F235" s="278"/>
+      <c r="F235" s="272"/>
       <c r="G235" s="23"/>
       <c r="H235" s="123"/>
       <c r="I235" s="30"/>
     </row>
-    <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B236" s="21"/>
       <c r="C236" s="95"/>
       <c r="D236" s="93"/>
       <c r="E236" s="29" t="s">
         <v>445</v>
       </c>
-      <c r="F236" s="278"/>
+      <c r="F236" s="272"/>
       <c r="G236" s="23"/>
       <c r="H236" s="123"/>
       <c r="I236" s="30"/>
     </row>
-    <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B237" s="21"/>
       <c r="C237" s="95"/>
       <c r="D237" s="93"/>
       <c r="E237" s="29" t="s">
         <v>394</v>
       </c>
-      <c r="F237" s="278"/>
+      <c r="F237" s="272"/>
       <c r="G237" s="23"/>
       <c r="H237" s="123"/>
       <c r="I237" s="30"/>
     </row>
-    <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B238" s="21"/>
       <c r="C238" s="95"/>
       <c r="D238" s="93"/>
       <c r="E238" s="29" t="s">
         <v>360</v>
       </c>
-      <c r="F238" s="278"/>
+      <c r="F238" s="272"/>
       <c r="G238" s="23" t="s">
         <v>365</v>
       </c>
       <c r="H238" s="123"/>
       <c r="I238" s="30" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B239" s="21"/>
       <c r="C239" s="95"/>
       <c r="D239" s="97"/>
       <c r="E239" s="45" t="s">
         <v>426</v>
       </c>
-      <c r="F239" s="282"/>
+      <c r="F239" s="276"/>
       <c r="G239" s="23"/>
       <c r="H239" s="123"/>
       <c r="I239" s="30"/>
     </row>
-    <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B240" s="21"/>
       <c r="C240" s="95"/>
       <c r="D240" s="93"/>
       <c r="E240" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="F240" s="278"/>
+      <c r="F240" s="272"/>
       <c r="G240" s="23"/>
       <c r="H240" s="123"/>
       <c r="I240" s="30"/>
     </row>
-    <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B241" s="21"/>
       <c r="C241" s="95"/>
       <c r="D241" s="97"/>
       <c r="E241" s="19" t="s">
         <v>459</v>
       </c>
-      <c r="F241" s="275"/>
+      <c r="F241" s="269"/>
       <c r="G241" s="23"/>
       <c r="H241" s="123"/>
       <c r="I241" s="30"/>
     </row>
-    <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B242" s="4"/>
       <c r="C242" s="104"/>
-      <c r="D242" s="294"/>
+      <c r="D242" s="288"/>
       <c r="E242" s="19" t="s">
         <v>467</v>
       </c>
-      <c r="F242" s="275"/>
+      <c r="F242" s="269"/>
       <c r="G242" s="33"/>
       <c r="H242" s="126"/>
       <c r="I242" s="49"/>
     </row>
-    <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="C243" s="93" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="93"/>
       <c r="E243" s="51" t="s">
         <v>451</v>
       </c>
-      <c r="F243" s="289"/>
+      <c r="F243" s="283"/>
       <c r="G243" s="82" t="s">
         <v>478</v>
       </c>
       <c r="H243" s="123"/>
       <c r="I243" s="30" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B244" s="21"/>
       <c r="C244" s="97"/>
       <c r="D244" s="97"/>
       <c r="E244" s="10" t="s">
         <v>452</v>
       </c>
-      <c r="F244" s="274"/>
+      <c r="F244" s="268"/>
       <c r="G244" s="83" t="s">
         <v>474</v>
       </c>
       <c r="H244" s="123"/>
       <c r="I244" s="49"/>
     </row>
-    <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B245" s="21"/>
       <c r="C245" s="98"/>
       <c r="D245" s="98"/>
       <c r="E245" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="F245" s="274"/>
+      <c r="F245" s="268"/>
       <c r="G245" s="84"/>
       <c r="H245" s="126"/>
       <c r="I245" s="30" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B246" s="21"/>
       <c r="C246" s="93"/>
       <c r="D246" s="93"/>
       <c r="E246" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="F246" s="274"/>
+      <c r="F246" s="268"/>
       <c r="G246" s="83" t="s">
         <v>402</v>
       </c>
       <c r="H246" s="123"/>
       <c r="I246" s="30" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B247" s="21"/>
       <c r="C247" s="93"/>
       <c r="D247" s="93"/>
       <c r="E247" s="10" t="s">
         <v>440</v>
       </c>
-      <c r="F247" s="274"/>
+      <c r="F247" s="268"/>
       <c r="G247" s="83" t="s">
         <v>401</v>
       </c>
       <c r="H247" s="123"/>
       <c r="I247" s="30" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B248" s="21"/>
       <c r="C248" s="93"/>
       <c r="D248" s="93"/>
       <c r="E248" s="10" t="s">
         <v>469</v>
       </c>
-      <c r="F248" s="274"/>
+      <c r="F248" s="268"/>
       <c r="G248" s="83"/>
       <c r="H248" s="123"/>
       <c r="I248" s="30"/>
     </row>
-    <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B249" s="21"/>
       <c r="C249" s="93"/>
       <c r="D249" s="93"/>
       <c r="E249" s="10" t="s">
         <v>482</v>
       </c>
-      <c r="F249" s="274"/>
+      <c r="F249" s="268"/>
       <c r="G249" s="83"/>
       <c r="H249" s="123"/>
       <c r="I249" s="30"/>
     </row>
-    <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B250" s="21"/>
       <c r="C250" s="93"/>
       <c r="D250" s="93"/>
       <c r="E250" s="14" t="s">
         <v>483</v>
       </c>
-      <c r="F250" s="290"/>
+      <c r="F250" s="284"/>
       <c r="G250" s="85" t="s">
         <v>84</v>
       </c>
       <c r="H250" s="123"/>
       <c r="I250" s="30"/>
     </row>
-    <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B251" s="48">
         <v>2024</v>
       </c>
       <c r="C251" s="102" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="93"/>
       <c r="E251" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="F251" s="274"/>
+      <c r="F251" s="268"/>
       <c r="G251" s="84"/>
       <c r="H251" s="126"/>
       <c r="I251" s="12" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B252" s="21"/>
       <c r="C252" s="93"/>
       <c r="D252" s="93"/>
       <c r="E252" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="F252" s="274"/>
+      <c r="F252" s="268"/>
       <c r="G252" s="84"/>
       <c r="H252" s="126"/>
       <c r="I252" s="24" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B253" s="21"/>
       <c r="C253" s="93"/>
       <c r="D253" s="93"/>
       <c r="E253" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="F253" s="274"/>
+      <c r="F253" s="268"/>
       <c r="G253" s="84"/>
       <c r="H253" s="126"/>
       <c r="I253" s="24"/>
     </row>
-    <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B254" s="21"/>
       <c r="C254" s="93"/>
       <c r="D254" s="93"/>
       <c r="E254" s="10" t="s">
         <v>314</v>
       </c>
-      <c r="F254" s="274"/>
+      <c r="F254" s="268"/>
       <c r="G254" s="83" t="s">
         <v>479</v>
       </c>
       <c r="H254" s="123"/>
       <c r="I254" s="71"/>
     </row>
-    <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B255" s="21"/>
       <c r="C255" s="93"/>
       <c r="D255" s="93"/>
       <c r="E255" s="10" t="s">
         <v>499</v>
       </c>
-      <c r="F255" s="274"/>
+      <c r="F255" s="268"/>
       <c r="G255" s="83"/>
       <c r="H255" s="123"/>
       <c r="I255" s="24" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B256" s="21"/>
       <c r="C256" s="93"/>
       <c r="D256" s="93"/>
       <c r="E256" s="10" t="s">
         <v>433</v>
       </c>
-      <c r="F256" s="274"/>
+      <c r="F256" s="268"/>
       <c r="G256" s="84"/>
       <c r="H256" s="126"/>
       <c r="I256" s="71"/>
     </row>
-    <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B257" s="21"/>
       <c r="C257" s="93"/>
       <c r="D257" s="93"/>
       <c r="E257" s="10" t="s">
         <v>391</v>
       </c>
-      <c r="F257" s="274"/>
+      <c r="F257" s="268"/>
       <c r="G257" s="84"/>
       <c r="H257" s="126"/>
       <c r="I257" s="30" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B258" s="21"/>
       <c r="C258" s="93"/>
       <c r="D258" s="93"/>
       <c r="E258" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="F258" s="274"/>
+      <c r="F258" s="268"/>
       <c r="G258" s="84"/>
       <c r="H258" s="126"/>
       <c r="I258" s="71"/>
     </row>
-    <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B259" s="4"/>
       <c r="C259" s="107"/>
       <c r="D259" s="107"/>
       <c r="E259" s="14" t="s">
         <v>389</v>
       </c>
-      <c r="F259" s="290"/>
+      <c r="F259" s="284"/>
       <c r="G259" s="86"/>
       <c r="H259" s="126"/>
       <c r="I259" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="260" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="260" spans="2:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="G260" s="61"/>
       <c r="H260" s="133"/>
       <c r="I260" s="61"/>
     </row>
-    <row r="261" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="261" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="G261" s="61"/>
       <c r="H261" s="133"/>
       <c r="I261" s="61"/>
     </row>
-    <row r="262" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="G262" s="61"/>
       <c r="H262" s="133"/>
       <c r="I262" s="61"/>
     </row>
-    <row r="263" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="263" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="I263" s="61"/>
     </row>
-    <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B264" s="314" t="s">
+    <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B264" s="323" t="s">
         <v>652</v>
       </c>
-      <c r="C264" s="315"/>
-[...7 lines deleted...]
-    <row r="265" spans="2:9" s="91" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C264" s="324"/>
+      <c r="D264" s="324"/>
+      <c r="E264" s="324"/>
+      <c r="F264" s="324"/>
+      <c r="G264" s="324"/>
+      <c r="H264" s="324"/>
+      <c r="I264" s="325"/>
+    </row>
+    <row r="265" spans="2:9" s="91" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B265" s="92" t="s">
         <v>0</v>
       </c>
       <c r="C265" s="111" t="s">
         <v>1</v>
       </c>
       <c r="D265" s="144" t="s">
         <v>528</v>
       </c>
       <c r="E265" s="145" t="s">
         <v>2</v>
       </c>
       <c r="F265" s="150" t="s">
         <v>528</v>
       </c>
       <c r="G265" s="151" t="s">
         <v>3</v>
       </c>
       <c r="H265" s="160" t="s">
         <v>528</v>
       </c>
       <c r="I265" s="161" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="266" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B266" s="52">
         <v>2025</v>
       </c>
       <c r="C266" s="102" t="s">
         <v>42</v>
       </c>
-      <c r="D266" s="295"/>
+      <c r="D266" s="289"/>
       <c r="E266" s="146" t="s">
         <v>475</v>
       </c>
-      <c r="F266" s="240"/>
+      <c r="F266" s="236"/>
       <c r="G266" s="152" t="s">
         <v>472</v>
       </c>
       <c r="H266" s="162"/>
       <c r="I266" s="163"/>
     </row>
-    <row r="267" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B267" s="3"/>
       <c r="C267" s="93"/>
-      <c r="D267" s="296"/>
+      <c r="D267" s="290"/>
       <c r="E267" s="147" t="s">
         <v>487</v>
       </c>
-      <c r="F267" s="214"/>
+      <c r="F267" s="211"/>
       <c r="G267" s="153" t="s">
         <v>518</v>
       </c>
       <c r="H267" s="164"/>
       <c r="I267" s="165"/>
     </row>
-    <row r="268" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B268" s="3"/>
       <c r="C268" s="93"/>
-      <c r="D268" s="296"/>
+      <c r="D268" s="290"/>
       <c r="E268" s="147" t="s">
         <v>488</v>
       </c>
-      <c r="F268" s="214"/>
+      <c r="F268" s="211"/>
       <c r="G268" s="153" t="s">
         <v>498</v>
       </c>
       <c r="H268" s="164"/>
       <c r="I268" s="165"/>
     </row>
-    <row r="269" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B269" s="3"/>
       <c r="C269" s="93"/>
-      <c r="D269" s="296"/>
+      <c r="D269" s="290"/>
       <c r="E269" s="147" t="s">
         <v>489</v>
       </c>
-      <c r="F269" s="214"/>
+      <c r="F269" s="211"/>
       <c r="G269" s="153" t="s">
         <v>514</v>
       </c>
       <c r="H269" s="164"/>
       <c r="I269" s="165"/>
     </row>
-    <row r="270" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B270" s="3"/>
       <c r="C270" s="93"/>
-      <c r="D270" s="296"/>
+      <c r="D270" s="290"/>
       <c r="E270" s="147" t="s">
         <v>484</v>
       </c>
-      <c r="F270" s="214"/>
+      <c r="F270" s="211"/>
       <c r="G270" s="153" t="s">
         <v>371</v>
       </c>
       <c r="H270" s="164"/>
       <c r="I270" s="165"/>
     </row>
-    <row r="271" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="271" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B271" s="3"/>
       <c r="C271" s="93"/>
-      <c r="D271" s="296"/>
+      <c r="D271" s="290"/>
       <c r="E271" s="147" t="s">
         <v>418</v>
       </c>
-      <c r="F271" s="214"/>
+      <c r="F271" s="211"/>
       <c r="G271" s="154" t="s">
         <v>370</v>
       </c>
       <c r="H271" s="164"/>
       <c r="I271" s="165" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="272" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B272" s="3"/>
       <c r="C272" s="93"/>
-      <c r="D272" s="296"/>
+      <c r="D272" s="290"/>
       <c r="E272" s="147" t="s">
         <v>490</v>
       </c>
-      <c r="F272" s="214"/>
+      <c r="F272" s="211"/>
       <c r="G272" s="153" t="s">
         <v>369</v>
       </c>
       <c r="H272" s="164"/>
       <c r="I272" s="165" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="273" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B273" s="3"/>
       <c r="C273" s="93"/>
-      <c r="D273" s="296"/>
+      <c r="D273" s="290"/>
       <c r="E273" s="147" t="s">
         <v>497</v>
       </c>
-      <c r="F273" s="214"/>
+      <c r="F273" s="211"/>
       <c r="G273" s="154" t="s">
         <v>513</v>
       </c>
       <c r="H273" s="164"/>
       <c r="I273" s="165"/>
     </row>
-    <row r="274" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B274" s="3"/>
       <c r="C274" s="93"/>
-      <c r="D274" s="296"/>
+      <c r="D274" s="290"/>
       <c r="E274" s="147" t="s">
         <v>491</v>
       </c>
-      <c r="F274" s="214"/>
+      <c r="F274" s="211"/>
       <c r="G274" s="154" t="s">
         <v>503</v>
       </c>
       <c r="H274" s="164"/>
       <c r="I274" s="165" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="275" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="275" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B275" s="3"/>
       <c r="C275" s="93"/>
-      <c r="D275" s="296"/>
+      <c r="D275" s="290"/>
       <c r="E275" s="147" t="s">
         <v>501</v>
       </c>
-      <c r="F275" s="214"/>
+      <c r="F275" s="211"/>
       <c r="G275" s="154"/>
       <c r="H275" s="164"/>
       <c r="I275" s="165" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="276" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B276" s="67"/>
       <c r="C276" s="109"/>
-      <c r="D276" s="297"/>
+      <c r="D276" s="291"/>
       <c r="E276" s="148" t="s">
         <v>495</v>
       </c>
-      <c r="F276" s="215"/>
+      <c r="F276" s="212"/>
       <c r="G276" s="155" t="s">
         <v>515</v>
       </c>
       <c r="H276" s="164"/>
       <c r="I276" s="165" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="277" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B277" s="48">
         <v>2025</v>
       </c>
       <c r="C277" s="93" t="s">
         <v>5</v>
       </c>
-      <c r="D277" s="296"/>
+      <c r="D277" s="290"/>
       <c r="E277" s="147" t="s">
         <v>63</v>
       </c>
-      <c r="F277" s="214"/>
+      <c r="F277" s="211"/>
       <c r="G277" s="156"/>
       <c r="H277" s="166"/>
       <c r="I277" s="167"/>
     </row>
-    <row r="278" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B278" s="21"/>
       <c r="C278" s="93"/>
-      <c r="D278" s="296"/>
+      <c r="D278" s="290"/>
       <c r="E278" s="147" t="s">
         <v>431</v>
       </c>
-      <c r="F278" s="214"/>
+      <c r="F278" s="211"/>
       <c r="G278" s="156"/>
       <c r="H278" s="166"/>
       <c r="I278" s="168"/>
     </row>
-    <row r="279" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B279" s="21"/>
       <c r="C279" s="93"/>
-      <c r="D279" s="296"/>
+      <c r="D279" s="290"/>
       <c r="E279" s="147" t="s">
         <v>511</v>
       </c>
-      <c r="F279" s="214"/>
+      <c r="F279" s="211"/>
       <c r="G279" s="156"/>
       <c r="H279" s="166"/>
       <c r="I279" s="168"/>
     </row>
-    <row r="280" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B280" s="21"/>
       <c r="C280" s="93"/>
-      <c r="D280" s="296"/>
+      <c r="D280" s="290"/>
       <c r="E280" s="147" t="s">
         <v>512</v>
       </c>
-      <c r="F280" s="214"/>
+      <c r="F280" s="211"/>
       <c r="G280" s="156"/>
       <c r="H280" s="166"/>
       <c r="I280" s="168"/>
     </row>
-    <row r="281" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B281" s="21"/>
       <c r="C281" s="93"/>
-      <c r="D281" s="296"/>
+      <c r="D281" s="290"/>
       <c r="E281" s="147" t="s">
         <v>502</v>
       </c>
-      <c r="F281" s="214"/>
+      <c r="F281" s="211"/>
       <c r="G281" s="156"/>
       <c r="H281" s="166"/>
       <c r="I281" s="168" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="282" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="282" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B282" s="21"/>
       <c r="C282" s="93"/>
-      <c r="D282" s="296"/>
+      <c r="D282" s="290"/>
       <c r="E282" s="147" t="s">
         <v>516</v>
       </c>
-      <c r="F282" s="214"/>
+      <c r="F282" s="211"/>
       <c r="G282" s="156"/>
       <c r="H282" s="166"/>
       <c r="I282" s="168" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="283" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="283" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B283" s="21"/>
       <c r="C283" s="93"/>
-      <c r="D283" s="296"/>
+      <c r="D283" s="290"/>
       <c r="E283" s="147" t="s">
         <v>460</v>
       </c>
-      <c r="F283" s="214"/>
+      <c r="F283" s="211"/>
       <c r="G283" s="156"/>
       <c r="H283" s="166"/>
       <c r="I283" s="168" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="284" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B284" s="21"/>
       <c r="C284" s="93"/>
-      <c r="D284" s="296"/>
+      <c r="D284" s="290"/>
       <c r="E284" s="147" t="s">
         <v>521</v>
       </c>
-      <c r="F284" s="214"/>
+      <c r="F284" s="211"/>
       <c r="G284" s="156"/>
       <c r="H284" s="166"/>
       <c r="I284" s="168" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="285" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="285" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B285" s="21"/>
       <c r="C285" s="93"/>
-      <c r="D285" s="296"/>
+      <c r="D285" s="290"/>
       <c r="E285" s="147" t="s">
         <v>520</v>
       </c>
-      <c r="F285" s="214"/>
+      <c r="F285" s="211"/>
       <c r="G285" s="156"/>
       <c r="H285" s="166"/>
       <c r="I285" s="168" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="286" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B286" s="21"/>
       <c r="C286" s="93"/>
-      <c r="D286" s="296"/>
+      <c r="D286" s="290"/>
       <c r="E286" s="147" t="s">
         <v>454</v>
       </c>
-      <c r="F286" s="214"/>
+      <c r="F286" s="211"/>
       <c r="G286" s="156"/>
       <c r="H286" s="166"/>
       <c r="I286" s="168" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="287" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B287" s="13"/>
       <c r="C287" s="93"/>
-      <c r="D287" s="296"/>
+      <c r="D287" s="290"/>
       <c r="E287" s="147" t="s">
         <v>523</v>
       </c>
-      <c r="F287" s="214"/>
+      <c r="F287" s="211"/>
       <c r="G287" s="156"/>
       <c r="H287" s="166"/>
       <c r="I287" s="168"/>
     </row>
-    <row r="288" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B288" s="13"/>
       <c r="C288" s="93"/>
-      <c r="D288" s="296"/>
+      <c r="D288" s="290"/>
       <c r="E288" s="147" t="s">
         <v>525</v>
       </c>
-      <c r="F288" s="214"/>
+      <c r="F288" s="211"/>
       <c r="G288" s="156"/>
       <c r="H288" s="166"/>
       <c r="I288" s="168"/>
     </row>
-    <row r="289" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B289" s="1"/>
       <c r="C289" s="93"/>
-      <c r="D289" s="296"/>
+      <c r="D289" s="290"/>
       <c r="E289" s="147" t="s">
         <v>496</v>
       </c>
-      <c r="F289" s="214"/>
+      <c r="F289" s="211"/>
       <c r="G289" s="156"/>
       <c r="H289" s="166"/>
       <c r="I289" s="168"/>
     </row>
-    <row r="290" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B290" s="68"/>
       <c r="C290" s="110"/>
-      <c r="D290" s="296"/>
+      <c r="D290" s="290"/>
       <c r="E290" s="147" t="s">
         <v>492</v>
       </c>
-      <c r="F290" s="214"/>
+      <c r="F290" s="211"/>
       <c r="G290" s="157"/>
       <c r="H290" s="169"/>
       <c r="I290" s="170"/>
     </row>
-    <row r="291" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B291" s="36">
         <v>2025</v>
       </c>
       <c r="C291" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="D291" s="295"/>
+      <c r="D291" s="289"/>
       <c r="E291" s="146" t="s">
         <v>429</v>
       </c>
-      <c r="F291" s="214"/>
+      <c r="F291" s="211"/>
       <c r="G291" s="156"/>
       <c r="H291" s="166"/>
       <c r="I291" s="168"/>
     </row>
-    <row r="292" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B292" s="2"/>
       <c r="C292" s="93"/>
-      <c r="D292" s="296"/>
+      <c r="D292" s="290"/>
       <c r="E292" s="147" t="s">
         <v>423</v>
       </c>
-      <c r="F292" s="214"/>
+      <c r="F292" s="211"/>
       <c r="G292" s="158" t="s">
         <v>494</v>
       </c>
       <c r="H292" s="171"/>
       <c r="I292" s="168"/>
     </row>
-    <row r="293" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B293" s="2"/>
       <c r="C293" s="93"/>
-      <c r="D293" s="296"/>
+      <c r="D293" s="290"/>
       <c r="E293" s="147" t="s">
         <v>427</v>
       </c>
-      <c r="F293" s="214"/>
+      <c r="F293" s="211"/>
       <c r="G293" s="156"/>
       <c r="H293" s="166"/>
       <c r="I293" s="168"/>
     </row>
-    <row r="294" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B294" s="2"/>
       <c r="C294" s="93"/>
-      <c r="D294" s="296"/>
+      <c r="D294" s="290"/>
       <c r="E294" s="147" t="s">
         <v>493</v>
       </c>
-      <c r="F294" s="214"/>
+      <c r="F294" s="211"/>
       <c r="G294" s="156"/>
       <c r="H294" s="166"/>
       <c r="I294" s="168"/>
     </row>
-    <row r="295" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B295" s="2"/>
       <c r="C295" s="93"/>
-      <c r="D295" s="296"/>
+      <c r="D295" s="290"/>
       <c r="E295" s="147" t="s">
         <v>519</v>
       </c>
-      <c r="F295" s="214"/>
+      <c r="F295" s="211"/>
       <c r="G295" s="156"/>
       <c r="H295" s="166"/>
       <c r="I295" s="168"/>
     </row>
-    <row r="296" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="2:9" ht="27.6" hidden="1" x14ac:dyDescent="0.3">
       <c r="B296" s="2"/>
       <c r="C296" s="93"/>
-      <c r="D296" s="296"/>
+      <c r="D296" s="290"/>
       <c r="E296" s="147" t="s">
         <v>524</v>
       </c>
-      <c r="F296" s="214"/>
+      <c r="F296" s="211"/>
       <c r="G296" s="156"/>
       <c r="H296" s="166"/>
       <c r="I296" s="168"/>
     </row>
-    <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B297" s="90"/>
-      <c r="C297" s="306" t="s">
+      <c r="C297" s="315" t="s">
         <v>7</v>
       </c>
-      <c r="D297" s="296">
+      <c r="D297" s="290">
         <v>15</v>
       </c>
       <c r="E297" s="147" t="s">
         <v>500</v>
       </c>
-      <c r="F297" s="214"/>
+      <c r="F297" s="211"/>
       <c r="G297" s="156"/>
       <c r="H297" s="166"/>
       <c r="I297" s="168"/>
     </row>
-    <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B298" s="21"/>
-      <c r="C298" s="306"/>
-      <c r="D298" s="296">
+      <c r="C298" s="315"/>
+      <c r="D298" s="290">
         <v>25</v>
       </c>
       <c r="E298" s="147" t="s">
         <v>527</v>
       </c>
-      <c r="F298" s="214"/>
+      <c r="F298" s="211"/>
       <c r="G298" s="156"/>
       <c r="H298" s="166"/>
       <c r="I298" s="168"/>
     </row>
-    <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B299" s="21"/>
-      <c r="C299" s="306"/>
-      <c r="D299" s="296">
+      <c r="C299" s="315"/>
+      <c r="D299" s="290">
         <v>27</v>
       </c>
       <c r="E299" s="147" t="s">
         <v>526</v>
       </c>
-      <c r="F299" s="214"/>
+      <c r="F299" s="211"/>
       <c r="G299" s="156"/>
       <c r="H299" s="166"/>
       <c r="I299" s="168"/>
     </row>
-    <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
       <c r="B300" s="4"/>
-      <c r="C300" s="307"/>
-      <c r="D300" s="297">
+      <c r="C300" s="316"/>
+      <c r="D300" s="291">
         <v>31</v>
       </c>
       <c r="E300" s="148" t="s">
         <v>506</v>
       </c>
-      <c r="F300" s="214"/>
+      <c r="F300" s="211"/>
       <c r="G300" s="159"/>
       <c r="H300" s="172"/>
       <c r="I300" s="173"/>
     </row>
-    <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B301" s="191">
+    <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B301" s="190">
         <v>2025</v>
       </c>
-      <c r="D301" s="298">
+      <c r="D301" s="292">
         <v>1</v>
       </c>
       <c r="E301" s="149" t="s">
         <v>540</v>
       </c>
-      <c r="F301" s="291"/>
-      <c r="G301" s="213"/>
+      <c r="F301" s="285"/>
+      <c r="G301" s="210"/>
       <c r="H301" s="174"/>
       <c r="I301" s="175"/>
     </row>
-    <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B302" s="192"/>
+    <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B302" s="191"/>
       <c r="C302" s="182"/>
-      <c r="D302" s="242">
+      <c r="D302" s="238">
         <v>1</v>
       </c>
       <c r="E302" s="149" t="s">
         <v>531</v>
       </c>
-      <c r="F302" s="291"/>
-      <c r="G302" s="213"/>
+      <c r="F302" s="285"/>
+      <c r="G302" s="210"/>
       <c r="H302" s="176"/>
       <c r="I302" s="177"/>
     </row>
-    <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B303" s="192"/>
+    <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B303" s="191"/>
       <c r="C303" s="182"/>
-      <c r="D303" s="242">
+      <c r="D303" s="238">
         <v>1</v>
       </c>
       <c r="E303" s="149" t="s">
         <v>541</v>
       </c>
-      <c r="F303" s="291"/>
-      <c r="G303" s="213"/>
+      <c r="F303" s="285"/>
+      <c r="G303" s="210"/>
       <c r="H303" s="178"/>
       <c r="I303" s="177"/>
     </row>
-    <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B304" s="192"/>
+    <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B304" s="191"/>
       <c r="C304" s="182"/>
-      <c r="D304" s="242">
+      <c r="D304" s="238">
         <v>3</v>
       </c>
       <c r="E304" s="149" t="s">
         <v>542</v>
       </c>
-      <c r="F304" s="291"/>
-      <c r="G304" s="213"/>
+      <c r="F304" s="285"/>
+      <c r="G304" s="210"/>
       <c r="H304" s="179"/>
       <c r="I304" s="177"/>
     </row>
-    <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B305" s="192"/>
+    <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B305" s="191"/>
       <c r="C305" s="182"/>
-      <c r="D305" s="242">
+      <c r="D305" s="238">
         <v>8</v>
       </c>
       <c r="E305" s="149" t="s">
         <v>543</v>
       </c>
-      <c r="F305" s="214"/>
+      <c r="F305" s="211"/>
       <c r="G305" s="156"/>
       <c r="H305" s="176"/>
       <c r="I305" s="177"/>
     </row>
-    <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B306" s="192"/>
+    <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B306" s="191"/>
       <c r="C306" s="182"/>
-      <c r="D306" s="242">
+      <c r="D306" s="238">
         <v>8</v>
       </c>
       <c r="E306" s="149" t="s">
         <v>544</v>
       </c>
-      <c r="F306" s="214"/>
+      <c r="F306" s="211"/>
       <c r="G306" s="156"/>
       <c r="H306" s="176"/>
       <c r="I306" s="177"/>
     </row>
-    <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B307" s="302">
+    <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B307" s="311">
         <v>2025</v>
       </c>
-      <c r="C307" s="319" t="s">
+      <c r="C307" s="328" t="s">
         <v>8</v>
       </c>
-      <c r="D307" s="250">
+      <c r="D307" s="245">
         <v>15</v>
       </c>
       <c r="E307" s="184" t="s">
         <v>545</v>
       </c>
-      <c r="F307" s="251">
+      <c r="F307" s="246">
         <v>23</v>
       </c>
-      <c r="G307" s="186" t="s">
+      <c r="G307" s="185" t="s">
         <v>568</v>
       </c>
       <c r="H307" s="166"/>
-      <c r="I307" s="254"/>
-[...4 lines deleted...]
-      <c r="D308" s="250">
+      <c r="I307" s="249"/>
+    </row>
+    <row r="308" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B308" s="312"/>
+      <c r="C308" s="328"/>
+      <c r="D308" s="245">
         <v>15</v>
       </c>
       <c r="E308" s="184" t="s">
         <v>530</v>
       </c>
-      <c r="F308" s="251">
+      <c r="F308" s="246">
         <v>23</v>
       </c>
-      <c r="G308" s="186" t="s">
+      <c r="G308" s="185" t="s">
         <v>567</v>
       </c>
       <c r="H308" s="166"/>
-      <c r="I308" s="254"/>
-[...4 lines deleted...]
-      <c r="D309" s="250">
+      <c r="I308" s="249"/>
+    </row>
+    <row r="309" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B309" s="312"/>
+      <c r="C309" s="328"/>
+      <c r="D309" s="245">
         <v>22</v>
       </c>
       <c r="E309" s="184" t="s">
         <v>546</v>
       </c>
-      <c r="F309" s="251">
+      <c r="F309" s="246">
         <v>29</v>
       </c>
-      <c r="G309" s="187" t="s">
+      <c r="G309" s="186" t="s">
         <v>569</v>
       </c>
       <c r="H309" s="166"/>
-      <c r="I309" s="254"/>
-[...4 lines deleted...]
-      <c r="D310" s="250">
+      <c r="I309" s="249"/>
+    </row>
+    <row r="310" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B310" s="312"/>
+      <c r="C310" s="328"/>
+      <c r="D310" s="245">
         <v>29</v>
       </c>
       <c r="E310" s="184" t="s">
         <v>529</v>
       </c>
-      <c r="F310" s="259">
+      <c r="F310" s="254">
         <v>30</v>
       </c>
-      <c r="G310" s="186" t="s">
+      <c r="G310" s="185" t="s">
         <v>557</v>
       </c>
       <c r="H310" s="166"/>
-      <c r="I310" s="254"/>
-[...3 lines deleted...]
-      <c r="C311" s="317" t="s">
+      <c r="I310" s="249"/>
+    </row>
+    <row r="311" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B311" s="312"/>
+      <c r="C311" s="326" t="s">
         <v>9</v>
       </c>
-      <c r="D311" s="263">
+      <c r="D311" s="258">
         <v>6</v>
       </c>
       <c r="E311" s="184" t="s">
         <v>536</v>
       </c>
-      <c r="F311" s="292">
+      <c r="F311" s="286">
         <v>1</v>
       </c>
-      <c r="G311" s="186" t="s">
+      <c r="G311" s="185" t="s">
         <v>578</v>
       </c>
       <c r="H311" s="166">
         <v>23</v>
       </c>
-      <c r="I311" s="253" t="s">
+      <c r="I311" s="248" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D312" s="263">
+    <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B312" s="312"/>
+      <c r="C312" s="326"/>
+      <c r="D312" s="258">
         <v>6</v>
       </c>
       <c r="E312" s="184" t="s">
         <v>539</v>
       </c>
-      <c r="F312" s="292">
+      <c r="F312" s="286">
         <v>2</v>
       </c>
-      <c r="G312" s="186" t="s">
+      <c r="G312" s="185" t="s">
         <v>577</v>
       </c>
       <c r="H312" s="166">
         <v>23</v>
       </c>
-      <c r="I312" s="253" t="s">
+      <c r="I312" s="248" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D313" s="263">
+    <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B313" s="312"/>
+      <c r="C313" s="326"/>
+      <c r="D313" s="258">
         <v>19</v>
       </c>
       <c r="E313" s="184" t="s">
         <v>553</v>
       </c>
-      <c r="F313" s="261">
+      <c r="F313" s="256">
         <v>6</v>
       </c>
-      <c r="G313" s="186" t="s">
+      <c r="G313" s="185" t="s">
         <v>534</v>
       </c>
       <c r="H313" s="166"/>
-      <c r="I313" s="253"/>
-[...4 lines deleted...]
-      <c r="D314" s="263">
+      <c r="I313" s="248"/>
+    </row>
+    <row r="314" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B314" s="312"/>
+      <c r="C314" s="326"/>
+      <c r="D314" s="258">
         <v>20</v>
       </c>
       <c r="E314" s="184" t="s">
         <v>599</v>
       </c>
-      <c r="F314" s="261">
+      <c r="F314" s="256">
         <v>6</v>
       </c>
-      <c r="G314" s="186" t="s">
+      <c r="G314" s="185" t="s">
         <v>559</v>
       </c>
       <c r="H314" s="172"/>
-      <c r="I314" s="252"/>
-[...4 lines deleted...]
-      <c r="D315" s="263"/>
+      <c r="I314" s="247"/>
+    </row>
+    <row r="315" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B315" s="312"/>
+      <c r="C315" s="326"/>
+      <c r="D315" s="258"/>
       <c r="E315" s="184"/>
-      <c r="F315" s="261">
+      <c r="F315" s="256">
         <v>15</v>
       </c>
-      <c r="G315" s="186" t="s">
+      <c r="G315" s="185" t="s">
         <v>602</v>
       </c>
       <c r="H315" s="172"/>
-      <c r="I315" s="252"/>
-[...6 lines deleted...]
-      <c r="F316" s="251">
+      <c r="I315" s="247"/>
+    </row>
+    <row r="316" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B316" s="312"/>
+      <c r="C316" s="326"/>
+      <c r="D316" s="258"/>
+      <c r="E316" s="250"/>
+      <c r="F316" s="246">
         <v>21</v>
       </c>
-      <c r="G316" s="187" t="s">
+      <c r="G316" s="186" t="s">
         <v>596</v>
       </c>
-      <c r="H316" s="256"/>
-[...7 lines deleted...]
-      <c r="F317" s="251">
+      <c r="H316" s="251"/>
+      <c r="I316" s="248"/>
+    </row>
+    <row r="317" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B317" s="312"/>
+      <c r="C317" s="326"/>
+      <c r="D317" s="258"/>
+      <c r="E317" s="252"/>
+      <c r="F317" s="246">
         <v>22</v>
       </c>
-      <c r="G317" s="187" t="s">
+      <c r="G317" s="186" t="s">
         <v>532</v>
       </c>
-      <c r="H317" s="256"/>
-[...5 lines deleted...]
-      <c r="D318" s="263"/>
+      <c r="H317" s="251"/>
+      <c r="I317" s="247"/>
+    </row>
+    <row r="318" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B318" s="312"/>
+      <c r="C318" s="326"/>
+      <c r="D318" s="258"/>
       <c r="E318" s="184"/>
-      <c r="F318" s="251">
+      <c r="F318" s="246">
         <v>22</v>
       </c>
-      <c r="G318" s="187" t="s">
+      <c r="G318" s="186" t="s">
         <v>597</v>
       </c>
-      <c r="H318" s="256"/>
-[...5 lines deleted...]
-      <c r="D319" s="263"/>
+      <c r="H318" s="251"/>
+      <c r="I318" s="247"/>
+    </row>
+    <row r="319" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B319" s="312"/>
+      <c r="C319" s="326"/>
+      <c r="D319" s="258"/>
       <c r="E319" s="184"/>
-      <c r="F319" s="251">
+      <c r="F319" s="246">
         <v>28</v>
       </c>
-      <c r="G319" s="186" t="s">
+      <c r="G319" s="185" t="s">
         <v>533</v>
       </c>
-      <c r="H319" s="256"/>
-[...7 lines deleted...]
-      <c r="F320" s="292">
+      <c r="H319" s="251"/>
+      <c r="I319" s="247"/>
+    </row>
+    <row r="320" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B320" s="312"/>
+      <c r="C320" s="326"/>
+      <c r="D320" s="258"/>
+      <c r="E320" s="253"/>
+      <c r="F320" s="286">
         <v>29</v>
       </c>
-      <c r="G320" s="186" t="s">
+      <c r="G320" s="185" t="s">
         <v>606</v>
       </c>
       <c r="H320" s="166"/>
-      <c r="I320" s="253"/>
-[...3 lines deleted...]
-      <c r="C321" s="318" t="s">
+      <c r="I320" s="248"/>
+    </row>
+    <row r="321" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B321" s="312"/>
+      <c r="C321" s="327" t="s">
         <v>10</v>
       </c>
-      <c r="D321" s="250">
+      <c r="D321" s="245">
         <v>1</v>
       </c>
       <c r="E321" s="184" t="s">
         <v>548</v>
       </c>
-      <c r="F321" s="251">
+      <c r="F321" s="246">
         <v>6</v>
       </c>
-      <c r="G321" s="186" t="s">
+      <c r="G321" s="185" t="s">
         <v>558</v>
       </c>
       <c r="H321" s="172">
         <v>4</v>
       </c>
-      <c r="I321" s="253" t="s">
+      <c r="I321" s="248" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D322" s="250">
+    <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B322" s="312"/>
+      <c r="C322" s="327"/>
+      <c r="D322" s="245">
         <v>3</v>
       </c>
       <c r="E322" s="184" t="s">
         <v>549</v>
       </c>
-      <c r="F322" s="251">
+      <c r="F322" s="246">
         <v>17</v>
       </c>
-      <c r="G322" s="186" t="s">
+      <c r="G322" s="185" t="s">
         <v>570</v>
       </c>
-      <c r="H322" s="271">
+      <c r="H322" s="265">
         <v>5</v>
       </c>
-      <c r="I322" s="253" t="s">
+      <c r="I322" s="248" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D323" s="250">
+    <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B323" s="312"/>
+      <c r="C323" s="327"/>
+      <c r="D323" s="245">
         <v>3</v>
       </c>
       <c r="E323" s="184" t="s">
         <v>547</v>
       </c>
-      <c r="F323" s="251">
+      <c r="F323" s="246">
         <v>18</v>
       </c>
-      <c r="G323" s="186" t="s">
+      <c r="G323" s="185" t="s">
         <v>560</v>
       </c>
       <c r="H323" s="172">
         <v>25</v>
       </c>
-      <c r="I323" s="253" t="s">
+      <c r="I323" s="248" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D324" s="250">
+    <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B324" s="312"/>
+      <c r="C324" s="327"/>
+      <c r="D324" s="245">
         <v>3</v>
       </c>
       <c r="E324" s="184" t="s">
         <v>598</v>
       </c>
-      <c r="F324" s="251">
+      <c r="F324" s="246">
         <v>19</v>
       </c>
-      <c r="G324" s="186" t="s">
+      <c r="G324" s="185" t="s">
         <v>571</v>
       </c>
       <c r="H324" s="166">
         <v>29</v>
       </c>
-      <c r="I324" s="253" t="s">
+      <c r="I324" s="248" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D325" s="250">
+    <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B325" s="312"/>
+      <c r="C325" s="327"/>
+      <c r="D325" s="245">
         <v>13</v>
       </c>
       <c r="E325" s="184" t="s">
         <v>580</v>
       </c>
-      <c r="F325" s="293">
+      <c r="F325" s="287">
         <v>23</v>
       </c>
-      <c r="G325" s="186" t="s">
+      <c r="G325" s="185" t="s">
         <v>584</v>
       </c>
       <c r="H325" s="172">
         <v>30</v>
       </c>
-      <c r="I325" s="253" t="s">
+      <c r="I325" s="248" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D326" s="263">
+    <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B326" s="312"/>
+      <c r="C326" s="327"/>
+      <c r="D326" s="258">
         <v>15</v>
       </c>
       <c r="E326" s="184" t="s">
         <v>552</v>
       </c>
-      <c r="F326" s="251">
+      <c r="F326" s="246">
         <v>24</v>
       </c>
-      <c r="G326" s="186" t="s">
+      <c r="G326" s="185" t="s">
         <v>572</v>
       </c>
-      <c r="H326" s="271">
+      <c r="H326" s="265">
         <v>30</v>
       </c>
-      <c r="I326" s="253" t="s">
+      <c r="I326" s="248" t="s">
         <v>638</v>
       </c>
     </row>
-    <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D327" s="250">
+    <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B327" s="312"/>
+      <c r="C327" s="327"/>
+      <c r="D327" s="245">
         <v>20</v>
       </c>
       <c r="E327" s="184" t="s">
         <v>550</v>
       </c>
-      <c r="F327" s="292"/>
-      <c r="G327" s="198"/>
+      <c r="F327" s="286"/>
+      <c r="G327" s="196"/>
       <c r="H327" s="166"/>
-      <c r="I327" s="252"/>
-[...4 lines deleted...]
-      <c r="D328" s="250">
+      <c r="I327" s="247"/>
+    </row>
+    <row r="328" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B328" s="312"/>
+      <c r="C328" s="327"/>
+      <c r="D328" s="245">
         <v>20</v>
       </c>
       <c r="E328" s="184" t="s">
         <v>551</v>
       </c>
-      <c r="F328" s="292"/>
-      <c r="G328" s="198"/>
+      <c r="F328" s="286"/>
+      <c r="G328" s="196"/>
       <c r="H328" s="166"/>
-      <c r="I328" s="253"/>
-[...3 lines deleted...]
-      <c r="C329" s="317" t="s">
+      <c r="I328" s="248"/>
+    </row>
+    <row r="329" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B329" s="312"/>
+      <c r="C329" s="326" t="s">
         <v>11</v>
       </c>
-      <c r="D329" s="250">
+      <c r="D329" s="245">
         <v>1</v>
       </c>
       <c r="E329" s="184" t="s">
         <v>590</v>
       </c>
-      <c r="F329" s="251">
+      <c r="F329" s="246">
         <v>15</v>
       </c>
-      <c r="G329" s="186" t="s">
+      <c r="G329" s="185" t="s">
         <v>604</v>
       </c>
       <c r="H329" s="172">
         <v>25</v>
       </c>
-      <c r="I329" s="253" t="s">
+      <c r="I329" s="248" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D330" s="263">
+    <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B330" s="312"/>
+      <c r="C330" s="326"/>
+      <c r="D330" s="258">
         <v>2</v>
       </c>
-      <c r="E330" s="230" t="s">
+      <c r="E330" s="226" t="s">
         <v>632</v>
       </c>
-      <c r="F330" s="251"/>
-      <c r="G330" s="186"/>
+      <c r="F330" s="246"/>
+      <c r="G330" s="185"/>
       <c r="H330" s="172">
         <v>25</v>
       </c>
-      <c r="I330" s="253" t="s">
+      <c r="I330" s="248" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D331" s="250">
+    <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B331" s="312"/>
+      <c r="C331" s="326"/>
+      <c r="D331" s="245">
         <v>3</v>
       </c>
       <c r="E331" s="184" t="s">
         <v>628</v>
       </c>
-      <c r="F331" s="251"/>
-      <c r="G331" s="186"/>
+      <c r="F331" s="246"/>
+      <c r="G331" s="185"/>
       <c r="H331" s="172">
         <v>25</v>
       </c>
-      <c r="I331" s="253" t="s">
+      <c r="I331" s="248" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D332" s="250">
+    <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B332" s="312"/>
+      <c r="C332" s="326"/>
+      <c r="D332" s="245">
         <v>8</v>
       </c>
       <c r="E332" s="184" t="s">
         <v>537</v>
       </c>
-      <c r="F332" s="251"/>
-      <c r="G332" s="186"/>
+      <c r="F332" s="246"/>
+      <c r="G332" s="185"/>
       <c r="H332" s="166">
         <v>29</v>
       </c>
-      <c r="I332" s="253" t="s">
+      <c r="I332" s="248" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D333" s="250">
+    <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B333" s="312"/>
+      <c r="C333" s="326"/>
+      <c r="D333" s="245">
         <v>31</v>
       </c>
       <c r="E333" s="184" t="s">
         <v>573</v>
       </c>
-      <c r="F333" s="251"/>
-      <c r="G333" s="198"/>
+      <c r="F333" s="246"/>
+      <c r="G333" s="196"/>
       <c r="H333" s="172">
         <v>29</v>
       </c>
-      <c r="I333" s="253" t="s">
+      <c r="I333" s="248" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D334" s="250"/>
+    <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B334" s="312"/>
+      <c r="C334" s="326"/>
+      <c r="D334" s="245"/>
       <c r="E334" s="184"/>
-      <c r="F334" s="251"/>
-      <c r="G334" s="198"/>
+      <c r="F334" s="246"/>
+      <c r="G334" s="196"/>
       <c r="H334" s="172">
         <v>29</v>
       </c>
-      <c r="I334" s="253" t="s">
+      <c r="I334" s="248" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C335" s="317" t="s">
+    <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B335" s="312"/>
+      <c r="C335" s="326" t="s">
         <v>12</v>
       </c>
-      <c r="D335" s="250">
+      <c r="D335" s="245">
         <v>7</v>
       </c>
-      <c r="E335" s="230" t="s">
+      <c r="E335" s="226" t="s">
         <v>600</v>
       </c>
-      <c r="F335" s="251">
+      <c r="F335" s="246">
         <v>14</v>
       </c>
-      <c r="G335" s="186" t="s">
+      <c r="G335" s="185" t="s">
         <v>601</v>
       </c>
       <c r="H335" s="166">
         <v>19</v>
       </c>
-      <c r="I335" s="253" t="s">
+      <c r="I335" s="248" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D336" s="250">
+    <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B336" s="312"/>
+      <c r="C336" s="326"/>
+      <c r="D336" s="245">
         <v>7</v>
       </c>
       <c r="E336" s="184" t="s">
         <v>554</v>
       </c>
-      <c r="F336" s="251">
+      <c r="F336" s="246">
         <v>17</v>
       </c>
-      <c r="G336" s="186" t="s">
+      <c r="G336" s="185" t="s">
         <v>605</v>
       </c>
       <c r="H336" s="166"/>
-      <c r="I336" s="253"/>
-[...4 lines deleted...]
-      <c r="D337" s="250">
+      <c r="I336" s="248"/>
+    </row>
+    <row r="337" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B337" s="312"/>
+      <c r="C337" s="326"/>
+      <c r="D337" s="245">
         <v>23</v>
       </c>
       <c r="E337" s="184" t="s">
         <v>609</v>
       </c>
-      <c r="F337" s="251"/>
-      <c r="G337" s="186"/>
+      <c r="F337" s="246"/>
+      <c r="G337" s="185"/>
       <c r="H337" s="166"/>
-      <c r="I337" s="253"/>
-[...4 lines deleted...]
-      <c r="D338" s="263">
+      <c r="I337" s="248"/>
+    </row>
+    <row r="338" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B338" s="312"/>
+      <c r="C338" s="326"/>
+      <c r="D338" s="258">
         <v>27</v>
       </c>
-      <c r="E338" s="258" t="s">
+      <c r="E338" s="253" t="s">
         <v>608</v>
       </c>
-      <c r="F338" s="251"/>
-      <c r="G338" s="186"/>
+      <c r="F338" s="246"/>
+      <c r="G338" s="185"/>
       <c r="H338" s="166"/>
-      <c r="I338" s="253"/>
-[...4 lines deleted...]
-      <c r="D339" s="263">
+      <c r="I338" s="248"/>
+    </row>
+    <row r="339" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B339" s="312"/>
+      <c r="C339" s="326"/>
+      <c r="D339" s="258">
         <v>28</v>
       </c>
       <c r="E339" s="184" t="s">
         <v>646</v>
       </c>
-      <c r="F339" s="251"/>
-      <c r="G339" s="186"/>
+      <c r="F339" s="246"/>
+      <c r="G339" s="185"/>
       <c r="H339" s="166"/>
-      <c r="I339" s="253"/>
-[...3 lines deleted...]
-      <c r="C340" s="317" t="s">
+      <c r="I339" s="248"/>
+    </row>
+    <row r="340" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B340" s="312"/>
+      <c r="C340" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="D340" s="250">
+      <c r="D340" s="245">
         <v>2</v>
       </c>
-      <c r="E340" s="230" t="s">
+      <c r="E340" s="226" t="s">
         <v>624</v>
       </c>
-      <c r="F340" s="251">
+      <c r="F340" s="246">
         <v>10</v>
       </c>
-      <c r="G340" s="186" t="s">
+      <c r="G340" s="185" t="s">
         <v>575</v>
       </c>
       <c r="H340" s="166">
         <v>1</v>
       </c>
-      <c r="I340" s="253" t="s">
+      <c r="I340" s="248" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D341" s="250">
+    <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B341" s="312"/>
+      <c r="C341" s="326"/>
+      <c r="D341" s="245">
         <v>2</v>
       </c>
-      <c r="E341" s="230" t="s">
+      <c r="E341" s="226" t="s">
         <v>556</v>
       </c>
-      <c r="F341" s="251">
+      <c r="F341" s="246">
         <v>16</v>
       </c>
-      <c r="G341" s="186" t="s">
+      <c r="G341" s="185" t="s">
         <v>594</v>
       </c>
       <c r="H341" s="172">
         <v>3</v>
       </c>
-      <c r="I341" s="253" t="s">
+      <c r="I341" s="248" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D342" s="250">
+    <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B342" s="312"/>
+      <c r="C342" s="326"/>
+      <c r="D342" s="245">
         <v>2</v>
       </c>
-      <c r="E342" s="230" t="s">
+      <c r="E342" s="226" t="s">
         <v>614</v>
       </c>
-      <c r="F342" s="251">
+      <c r="F342" s="246">
         <v>16</v>
       </c>
-      <c r="G342" s="186" t="s">
+      <c r="G342" s="185" t="s">
         <v>595</v>
       </c>
       <c r="H342" s="166">
         <v>12</v>
       </c>
-      <c r="I342" s="253" t="s">
+      <c r="I342" s="248" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D343" s="250">
+    <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B343" s="312"/>
+      <c r="C343" s="326"/>
+      <c r="D343" s="245">
         <v>9</v>
       </c>
       <c r="E343" s="184" t="s">
         <v>535</v>
       </c>
-      <c r="F343" s="259">
+      <c r="F343" s="254">
         <v>17</v>
       </c>
-      <c r="G343" s="186" t="s">
+      <c r="G343" s="185" t="s">
         <v>593</v>
       </c>
       <c r="H343" s="166"/>
-      <c r="I343" s="253"/>
-[...4 lines deleted...]
-      <c r="D344" s="250">
+      <c r="I343" s="248"/>
+    </row>
+    <row r="344" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B344" s="312"/>
+      <c r="C344" s="326"/>
+      <c r="D344" s="245">
         <v>9</v>
       </c>
       <c r="E344" s="184" t="s">
         <v>585</v>
       </c>
-      <c r="F344" s="259">
+      <c r="F344" s="254">
         <v>18</v>
       </c>
-      <c r="G344" s="186" t="s">
+      <c r="G344" s="185" t="s">
         <v>574</v>
       </c>
       <c r="H344" s="166"/>
-      <c r="I344" s="253"/>
-[...4 lines deleted...]
-      <c r="D345" s="250">
+      <c r="I344" s="248"/>
+    </row>
+    <row r="345" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B345" s="312"/>
+      <c r="C345" s="326"/>
+      <c r="D345" s="245">
         <v>9</v>
       </c>
       <c r="E345" s="184" t="s">
         <v>627</v>
       </c>
-      <c r="F345" s="293"/>
+      <c r="F345" s="287"/>
       <c r="G345" s="159"/>
       <c r="H345" s="166"/>
-      <c r="I345" s="253"/>
-[...4 lines deleted...]
-      <c r="D346" s="250">
+      <c r="I345" s="248"/>
+    </row>
+    <row r="346" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B346" s="312"/>
+      <c r="C346" s="326"/>
+      <c r="D346" s="245">
         <v>9</v>
       </c>
       <c r="E346" s="184" t="s">
         <v>616</v>
       </c>
-      <c r="F346" s="292"/>
-      <c r="G346" s="198"/>
+      <c r="F346" s="286"/>
+      <c r="G346" s="196"/>
       <c r="H346" s="172"/>
-      <c r="I346" s="252"/>
-[...4 lines deleted...]
-      <c r="D347" s="250">
+      <c r="I346" s="247"/>
+    </row>
+    <row r="347" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B347" s="312"/>
+      <c r="C347" s="326"/>
+      <c r="D347" s="245">
         <v>11</v>
       </c>
       <c r="E347" s="184" t="s">
         <v>662</v>
       </c>
-      <c r="F347" s="292"/>
-      <c r="G347" s="198"/>
+      <c r="F347" s="286"/>
+      <c r="G347" s="196"/>
       <c r="H347" s="166"/>
-      <c r="I347" s="253"/>
-[...4 lines deleted...]
-      <c r="D348" s="250">
+      <c r="I347" s="248"/>
+    </row>
+    <row r="348" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B348" s="312"/>
+      <c r="C348" s="326"/>
+      <c r="D348" s="245">
         <v>15</v>
       </c>
       <c r="E348" s="184" t="s">
         <v>610</v>
       </c>
-      <c r="F348" s="259"/>
-      <c r="G348" s="198"/>
+      <c r="F348" s="254"/>
+      <c r="G348" s="196"/>
       <c r="H348" s="166"/>
-      <c r="I348" s="253"/>
-[...4 lines deleted...]
-      <c r="D349" s="250">
+      <c r="I348" s="248"/>
+    </row>
+    <row r="349" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B349" s="312"/>
+      <c r="C349" s="326"/>
+      <c r="D349" s="245">
         <v>15</v>
       </c>
       <c r="E349" s="184" t="s">
         <v>664</v>
       </c>
-      <c r="F349" s="259"/>
-      <c r="G349" s="198"/>
+      <c r="F349" s="254"/>
+      <c r="G349" s="196"/>
       <c r="H349" s="166"/>
-      <c r="I349" s="253"/>
-[...4 lines deleted...]
-      <c r="D350" s="250">
+      <c r="I349" s="248"/>
+    </row>
+    <row r="350" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B350" s="312"/>
+      <c r="C350" s="326"/>
+      <c r="D350" s="245">
         <v>16</v>
       </c>
       <c r="E350" s="184" t="s">
         <v>670</v>
       </c>
-      <c r="F350" s="259"/>
-      <c r="G350" s="198"/>
+      <c r="F350" s="254"/>
+      <c r="G350" s="196"/>
       <c r="H350" s="166"/>
-      <c r="I350" s="253"/>
-[...4 lines deleted...]
-      <c r="D351" s="250">
+      <c r="I350" s="248"/>
+    </row>
+    <row r="351" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B351" s="312"/>
+      <c r="C351" s="326"/>
+      <c r="D351" s="245">
         <v>16</v>
       </c>
       <c r="E351" s="184" t="s">
         <v>591</v>
       </c>
-      <c r="F351" s="259"/>
-      <c r="G351" s="198"/>
+      <c r="F351" s="254"/>
+      <c r="G351" s="196"/>
       <c r="H351" s="166"/>
-      <c r="I351" s="253"/>
-[...4 lines deleted...]
-      <c r="D352" s="250">
+      <c r="I351" s="248"/>
+    </row>
+    <row r="352" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B352" s="312"/>
+      <c r="C352" s="326"/>
+      <c r="D352" s="245">
         <v>21</v>
       </c>
       <c r="E352" s="184" t="s">
         <v>679</v>
       </c>
-      <c r="F352" s="259"/>
-      <c r="G352" s="198"/>
+      <c r="F352" s="254"/>
+      <c r="G352" s="196"/>
       <c r="H352" s="166"/>
-      <c r="I352" s="253"/>
-[...4 lines deleted...]
-      <c r="D353" s="250">
+      <c r="I352" s="248"/>
+    </row>
+    <row r="353" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B353" s="312"/>
+      <c r="C353" s="326"/>
+      <c r="D353" s="245">
         <v>23</v>
       </c>
       <c r="E353" s="184" t="s">
         <v>629</v>
       </c>
-      <c r="F353" s="259"/>
-      <c r="G353" s="198"/>
+      <c r="F353" s="254"/>
+      <c r="G353" s="196"/>
       <c r="H353" s="166"/>
-      <c r="I353" s="253"/>
-[...4 lines deleted...]
-      <c r="D354" s="250">
+      <c r="I353" s="248"/>
+    </row>
+    <row r="354" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B354" s="312"/>
+      <c r="C354" s="326"/>
+      <c r="D354" s="245">
         <v>23</v>
       </c>
       <c r="E354" s="184" t="s">
         <v>555</v>
       </c>
-      <c r="F354" s="259"/>
-      <c r="G354" s="198"/>
+      <c r="F354" s="254"/>
+      <c r="G354" s="196"/>
       <c r="H354" s="166"/>
-      <c r="I354" s="253"/>
-[...4 lines deleted...]
-      <c r="D355" s="250">
+      <c r="I354" s="248"/>
+    </row>
+    <row r="355" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B355" s="312"/>
+      <c r="C355" s="326"/>
+      <c r="D355" s="245">
         <v>23</v>
       </c>
       <c r="E355" s="184" t="s">
         <v>645</v>
       </c>
-      <c r="F355" s="259"/>
-      <c r="G355" s="198"/>
+      <c r="F355" s="254"/>
+      <c r="G355" s="196"/>
       <c r="H355" s="166"/>
-      <c r="I355" s="253"/>
-[...4 lines deleted...]
-      <c r="D356" s="250">
+      <c r="I355" s="248"/>
+    </row>
+    <row r="356" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B356" s="312"/>
+      <c r="C356" s="326"/>
+      <c r="D356" s="245">
         <v>25</v>
       </c>
-      <c r="E356" s="230" t="s">
+      <c r="E356" s="226" t="s">
         <v>634</v>
       </c>
-      <c r="F356" s="259">
+      <c r="F356" s="254">
         <v>30</v>
       </c>
-      <c r="G356" s="186" t="s">
+      <c r="G356" s="185" t="s">
         <v>621</v>
       </c>
       <c r="H356" s="166"/>
-      <c r="I356" s="253"/>
-[...4 lines deleted...]
-      <c r="C357" s="317" t="s">
+      <c r="I356" s="248"/>
+    </row>
+    <row r="357" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="201"/>
+      <c r="B357" s="312"/>
+      <c r="C357" s="326" t="s">
         <v>14</v>
       </c>
-      <c r="D357" s="260">
+      <c r="D357" s="255">
         <v>3</v>
       </c>
-      <c r="E357" s="230" t="s">
+      <c r="E357" s="226" t="s">
         <v>633</v>
       </c>
-      <c r="F357" s="259">
+      <c r="F357" s="254">
         <v>9</v>
       </c>
-      <c r="G357" s="186" t="s">
+      <c r="G357" s="185" t="s">
         <v>617</v>
       </c>
       <c r="H357" s="172">
         <v>7</v>
       </c>
-      <c r="I357" s="253" t="s">
+      <c r="I357" s="248" t="s">
         <v>612</v>
       </c>
-      <c r="J357" s="203"/>
-[...29 lines deleted...]
-      <c r="D358" s="260">
+      <c r="J357" s="201"/>
+      <c r="K357" s="201"/>
+      <c r="L357" s="201"/>
+      <c r="M357" s="201"/>
+      <c r="N357" s="201"/>
+      <c r="O357" s="201"/>
+      <c r="P357" s="201"/>
+      <c r="Q357" s="201"/>
+      <c r="R357" s="201"/>
+      <c r="S357" s="201"/>
+      <c r="T357" s="201"/>
+      <c r="U357" s="201"/>
+      <c r="V357" s="201"/>
+      <c r="W357" s="201"/>
+      <c r="X357" s="201"/>
+      <c r="Y357" s="201"/>
+      <c r="Z357" s="201"/>
+      <c r="AA357" s="201"/>
+      <c r="AB357" s="201"/>
+      <c r="AC357" s="201"/>
+      <c r="AD357" s="201"/>
+      <c r="AE357" s="201"/>
+      <c r="AF357" s="201"/>
+      <c r="AG357" s="201"/>
+      <c r="AH357" s="201"/>
+    </row>
+    <row r="358" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="201"/>
+      <c r="B358" s="312"/>
+      <c r="C358" s="326"/>
+      <c r="D358" s="255">
         <v>6</v>
       </c>
-      <c r="E358" s="230" t="s">
+      <c r="E358" s="226" t="s">
         <v>665</v>
       </c>
-      <c r="F358" s="261">
+      <c r="F358" s="256">
         <v>14</v>
       </c>
-      <c r="G358" s="186" t="s">
+      <c r="G358" s="185" t="s">
         <v>642</v>
       </c>
       <c r="H358" s="172">
         <v>10</v>
       </c>
-      <c r="I358" s="253" t="s">
+      <c r="I358" s="248" t="s">
         <v>649</v>
       </c>
-      <c r="J358" s="203"/>
-[...29 lines deleted...]
-      <c r="D359" s="260">
+      <c r="J358" s="201"/>
+      <c r="K358" s="201"/>
+      <c r="L358" s="201"/>
+      <c r="M358" s="201"/>
+      <c r="N358" s="201"/>
+      <c r="O358" s="201"/>
+      <c r="P358" s="201"/>
+      <c r="Q358" s="201"/>
+      <c r="R358" s="201"/>
+      <c r="S358" s="201"/>
+      <c r="T358" s="201"/>
+      <c r="U358" s="201"/>
+      <c r="V358" s="201"/>
+      <c r="W358" s="201"/>
+      <c r="X358" s="201"/>
+      <c r="Y358" s="201"/>
+      <c r="Z358" s="201"/>
+      <c r="AA358" s="201"/>
+      <c r="AB358" s="201"/>
+      <c r="AC358" s="201"/>
+      <c r="AD358" s="201"/>
+      <c r="AE358" s="201"/>
+      <c r="AF358" s="201"/>
+      <c r="AG358" s="201"/>
+      <c r="AH358" s="201"/>
+    </row>
+    <row r="359" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="201"/>
+      <c r="B359" s="312"/>
+      <c r="C359" s="326"/>
+      <c r="D359" s="255">
         <v>7</v>
       </c>
-      <c r="E359" s="230" t="s">
+      <c r="E359" s="226" t="s">
         <v>681</v>
       </c>
-      <c r="F359" s="251">
+      <c r="F359" s="246">
         <v>23</v>
       </c>
-      <c r="G359" s="186" t="s">
+      <c r="G359" s="185" t="s">
         <v>561</v>
       </c>
-      <c r="H359" s="262">
+      <c r="H359" s="257">
         <v>15</v>
       </c>
-      <c r="I359" s="253" t="s">
+      <c r="I359" s="248" t="s">
         <v>656</v>
       </c>
-      <c r="J359" s="203"/>
-[...28 lines deleted...]
-      <c r="D360" s="250">
+      <c r="J359" s="201"/>
+      <c r="K359" s="201"/>
+      <c r="L359" s="201"/>
+      <c r="M359" s="201"/>
+      <c r="N359" s="201"/>
+      <c r="O359" s="201"/>
+      <c r="P359" s="201"/>
+      <c r="Q359" s="201"/>
+      <c r="R359" s="201"/>
+      <c r="S359" s="201"/>
+      <c r="T359" s="201"/>
+      <c r="U359" s="201"/>
+      <c r="V359" s="201"/>
+      <c r="W359" s="201"/>
+      <c r="X359" s="201"/>
+      <c r="Y359" s="201"/>
+      <c r="Z359" s="201"/>
+      <c r="AA359" s="201"/>
+      <c r="AB359" s="201"/>
+      <c r="AC359" s="201"/>
+      <c r="AD359" s="201"/>
+      <c r="AE359" s="201"/>
+      <c r="AF359" s="201"/>
+      <c r="AG359" s="201"/>
+      <c r="AH359" s="201"/>
+    </row>
+    <row r="360" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B360" s="312"/>
+      <c r="C360" s="326"/>
+      <c r="D360" s="245">
         <v>12</v>
       </c>
       <c r="E360" s="184" t="s">
         <v>552</v>
       </c>
-      <c r="F360" s="251">
+      <c r="F360" s="246">
         <v>29</v>
       </c>
-      <c r="G360" s="187" t="s">
+      <c r="G360" s="186" t="s">
         <v>565</v>
       </c>
       <c r="H360" s="172">
         <v>16</v>
       </c>
-      <c r="I360" s="253" t="s">
+      <c r="I360" s="248" t="s">
         <v>647</v>
       </c>
     </row>
-    <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D361" s="250">
+    <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B361" s="312"/>
+      <c r="C361" s="326"/>
+      <c r="D361" s="245">
         <v>13</v>
       </c>
       <c r="E361" s="184" t="s">
         <v>682</v>
       </c>
-      <c r="F361" s="293"/>
+      <c r="F361" s="287"/>
       <c r="G361" s="159"/>
       <c r="H361" s="166">
         <v>22</v>
       </c>
-      <c r="I361" s="253" t="s">
+      <c r="I361" s="248" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D362" s="250">
+    <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B362" s="312"/>
+      <c r="C362" s="326"/>
+      <c r="D362" s="245">
         <v>14</v>
       </c>
-      <c r="E362" s="230" t="s">
+      <c r="E362" s="226" t="s">
         <v>630</v>
       </c>
-      <c r="F362" s="293"/>
+      <c r="F362" s="287"/>
       <c r="G362" s="159"/>
       <c r="H362" s="172">
         <v>27</v>
       </c>
-      <c r="I362" s="253" t="s">
+      <c r="I362" s="248" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D363" s="250">
+    <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B363" s="312"/>
+      <c r="C363" s="326"/>
+      <c r="D363" s="245">
         <v>14</v>
       </c>
-      <c r="E363" s="230" t="s">
+      <c r="E363" s="226" t="s">
         <v>631</v>
       </c>
-      <c r="F363" s="259"/>
-      <c r="G363" s="198"/>
+      <c r="F363" s="254"/>
+      <c r="G363" s="196"/>
       <c r="H363" s="172"/>
-      <c r="I363" s="254"/>
-[...5 lines deleted...]
-      <c r="D364" s="260">
+      <c r="I363" s="249"/>
+    </row>
+    <row r="364" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="201"/>
+      <c r="B364" s="312"/>
+      <c r="C364" s="326"/>
+      <c r="D364" s="255">
         <v>23</v>
       </c>
-      <c r="E364" s="230" t="s">
+      <c r="E364" s="226" t="s">
         <v>635</v>
       </c>
-      <c r="F364" s="261"/>
-      <c r="G364" s="198"/>
+      <c r="F364" s="256"/>
+      <c r="G364" s="196"/>
       <c r="H364" s="172"/>
-      <c r="I364" s="254"/>
-[...30 lines deleted...]
-      <c r="D365" s="260">
+      <c r="I364" s="249"/>
+      <c r="J364" s="201"/>
+      <c r="K364" s="201"/>
+      <c r="L364" s="201"/>
+      <c r="M364" s="201"/>
+      <c r="N364" s="201"/>
+      <c r="O364" s="201"/>
+      <c r="P364" s="201"/>
+      <c r="Q364" s="201"/>
+      <c r="R364" s="201"/>
+      <c r="S364" s="201"/>
+      <c r="T364" s="201"/>
+      <c r="U364" s="201"/>
+      <c r="V364" s="201"/>
+      <c r="W364" s="201"/>
+      <c r="X364" s="201"/>
+      <c r="Y364" s="201"/>
+      <c r="Z364" s="201"/>
+      <c r="AA364" s="201"/>
+      <c r="AB364" s="201"/>
+      <c r="AC364" s="201"/>
+      <c r="AD364" s="201"/>
+      <c r="AE364" s="201"/>
+      <c r="AF364" s="201"/>
+      <c r="AG364" s="201"/>
+      <c r="AH364" s="201"/>
+    </row>
+    <row r="365" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="201"/>
+      <c r="B365" s="312"/>
+      <c r="C365" s="326"/>
+      <c r="D365" s="255">
         <v>24</v>
       </c>
-      <c r="E365" s="230" t="s">
+      <c r="E365" s="226" t="s">
         <v>666</v>
       </c>
-      <c r="F365" s="261"/>
-      <c r="G365" s="198"/>
+      <c r="F365" s="256"/>
+      <c r="G365" s="196"/>
       <c r="H365" s="166"/>
-      <c r="I365" s="253"/>
-[...29 lines deleted...]
-      <c r="D366" s="250">
+      <c r="I365" s="248"/>
+      <c r="J365" s="201"/>
+      <c r="K365" s="201"/>
+      <c r="L365" s="201"/>
+      <c r="M365" s="201"/>
+      <c r="N365" s="201"/>
+      <c r="O365" s="201"/>
+      <c r="P365" s="201"/>
+      <c r="Q365" s="201"/>
+      <c r="R365" s="201"/>
+      <c r="S365" s="201"/>
+      <c r="T365" s="201"/>
+      <c r="U365" s="201"/>
+      <c r="V365" s="201"/>
+      <c r="W365" s="201"/>
+      <c r="X365" s="201"/>
+      <c r="Y365" s="201"/>
+      <c r="Z365" s="201"/>
+      <c r="AA365" s="201"/>
+      <c r="AB365" s="201"/>
+      <c r="AC365" s="201"/>
+      <c r="AD365" s="201"/>
+      <c r="AE365" s="201"/>
+      <c r="AF365" s="201"/>
+      <c r="AG365" s="201"/>
+      <c r="AH365" s="201"/>
+    </row>
+    <row r="366" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B366" s="312"/>
+      <c r="C366" s="326"/>
+      <c r="D366" s="245">
         <v>26</v>
       </c>
-      <c r="E366" s="258" t="s">
+      <c r="E366" s="253" t="s">
         <v>607</v>
       </c>
-      <c r="F366" s="259"/>
-      <c r="G366" s="198"/>
+      <c r="F366" s="254"/>
+      <c r="G366" s="196"/>
       <c r="H366" s="172"/>
-      <c r="I366" s="252"/>
-[...4 lines deleted...]
-      <c r="D367" s="250">
+      <c r="I366" s="247"/>
+    </row>
+    <row r="367" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B367" s="312"/>
+      <c r="C367" s="326"/>
+      <c r="D367" s="245">
         <v>28</v>
       </c>
       <c r="E367" s="184" t="s">
         <v>586</v>
       </c>
-      <c r="F367" s="259"/>
-      <c r="G367" s="198"/>
+      <c r="F367" s="254"/>
+      <c r="G367" s="196"/>
       <c r="H367" s="172"/>
-      <c r="I367" s="253"/>
-[...3 lines deleted...]
-      <c r="C368" s="317" t="s">
+      <c r="I367" s="248"/>
+    </row>
+    <row r="368" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B368" s="312"/>
+      <c r="C368" s="326" t="s">
         <v>15</v>
       </c>
-      <c r="D368" s="250">
+      <c r="D368" s="245">
         <v>4</v>
       </c>
       <c r="E368" s="184" t="s">
         <v>660</v>
       </c>
-      <c r="F368" s="261">
+      <c r="F368" s="256">
         <v>4</v>
       </c>
-      <c r="G368" s="186" t="s">
+      <c r="G368" s="185" t="s">
         <v>654</v>
       </c>
       <c r="H368" s="172">
         <v>4</v>
       </c>
-      <c r="I368" s="253" t="s">
+      <c r="I368" s="248" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="369" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D369" s="250">
+    <row r="369" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B369" s="312"/>
+      <c r="C369" s="326"/>
+      <c r="D369" s="245">
         <v>10</v>
       </c>
       <c r="E369" s="184" t="s">
         <v>710</v>
       </c>
-      <c r="F369" s="261">
+      <c r="F369" s="256">
         <v>4</v>
       </c>
-      <c r="G369" s="186" t="s">
+      <c r="G369" s="185" t="s">
         <v>655</v>
       </c>
       <c r="H369" s="166">
         <v>4</v>
       </c>
-      <c r="I369" s="253" t="s">
+      <c r="I369" s="248" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="370" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D370" s="250">
+    <row r="370" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B370" s="312"/>
+      <c r="C370" s="326"/>
+      <c r="D370" s="245">
         <v>11</v>
       </c>
       <c r="E370" s="184" t="s">
         <v>625</v>
       </c>
-      <c r="F370" s="259">
+      <c r="F370" s="254">
         <v>5</v>
       </c>
-      <c r="G370" s="186" t="s">
+      <c r="G370" s="185" t="s">
         <v>644</v>
       </c>
       <c r="H370" s="172">
         <v>4</v>
       </c>
-      <c r="I370" s="253" t="s">
+      <c r="I370" s="248" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="371" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D371" s="250">
+    <row r="371" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B371" s="312"/>
+      <c r="C371" s="326"/>
+      <c r="D371" s="245">
         <v>11</v>
       </c>
       <c r="E371" s="184" t="s">
         <v>626</v>
       </c>
-      <c r="F371" s="251">
+      <c r="F371" s="246">
         <v>17</v>
       </c>
-      <c r="G371" s="187" t="s">
+      <c r="G371" s="186" t="s">
         <v>579</v>
       </c>
       <c r="H371" s="172">
         <v>7</v>
       </c>
-      <c r="I371" s="253" t="s">
+      <c r="I371" s="248" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="372" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D372" s="250">
+    <row r="372" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B372" s="312"/>
+      <c r="C372" s="326"/>
+      <c r="D372" s="245">
         <v>11</v>
       </c>
       <c r="E372" s="184" t="s">
         <v>678</v>
       </c>
-      <c r="F372" s="261">
+      <c r="F372" s="256">
         <v>20</v>
       </c>
-      <c r="G372" s="186" t="s">
+      <c r="G372" s="185" t="s">
         <v>653</v>
       </c>
       <c r="H372" s="166">
         <v>19</v>
       </c>
-      <c r="I372" s="253" t="s">
+      <c r="I372" s="248" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="373" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D373" s="250">
+    <row r="373" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B373" s="312"/>
+      <c r="C373" s="326"/>
+      <c r="D373" s="245">
         <v>18</v>
       </c>
       <c r="E373" s="184" t="s">
         <v>711</v>
       </c>
-      <c r="F373" s="251">
+      <c r="F373" s="246">
         <v>23</v>
       </c>
-      <c r="G373" s="187" t="s">
+      <c r="G373" s="186" t="s">
         <v>693</v>
       </c>
       <c r="H373" s="166"/>
-      <c r="I373" s="253"/>
-[...4 lines deleted...]
-      <c r="D374" s="263">
+      <c r="I373" s="248"/>
+    </row>
+    <row r="374" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B374" s="312"/>
+      <c r="C374" s="326"/>
+      <c r="D374" s="258">
         <v>25</v>
       </c>
-      <c r="E374" s="230" t="s">
+      <c r="E374" s="226" t="s">
         <v>673</v>
       </c>
-      <c r="F374" s="251">
+      <c r="F374" s="246">
         <v>25</v>
       </c>
-      <c r="G374" s="186" t="s">
+      <c r="G374" s="185" t="s">
         <v>566</v>
       </c>
       <c r="H374" s="172"/>
-      <c r="I374" s="253"/>
-[...4 lines deleted...]
-      <c r="D375" s="250">
+      <c r="I374" s="248"/>
+    </row>
+    <row r="375" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B375" s="312"/>
+      <c r="C375" s="326"/>
+      <c r="D375" s="245">
         <v>28</v>
       </c>
-      <c r="E375" s="230" t="s">
+      <c r="E375" s="226" t="s">
         <v>667</v>
       </c>
-      <c r="F375" s="259">
+      <c r="F375" s="254">
         <v>27</v>
       </c>
-      <c r="G375" s="186" t="s">
+      <c r="G375" s="185" t="s">
         <v>683</v>
       </c>
       <c r="H375" s="172"/>
-      <c r="I375" s="252"/>
-[...3 lines deleted...]
-      <c r="C376" s="305" t="s">
+      <c r="I375" s="247"/>
+    </row>
+    <row r="376" spans="2:12" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B376" s="312"/>
+      <c r="C376" s="314" t="s">
         <v>16</v>
       </c>
-      <c r="D376" s="223" t="s">
+      <c r="D376" s="219" t="s">
         <v>576</v>
       </c>
-      <c r="E376" s="200" t="s">
+      <c r="E376" s="198" t="s">
         <v>475</v>
       </c>
-      <c r="F376" s="240"/>
-      <c r="G376" s="265"/>
+      <c r="F376" s="236"/>
+      <c r="G376" s="259"/>
       <c r="H376" s="180">
         <v>1</v>
       </c>
-      <c r="I376" s="189" t="s">
+      <c r="I376" s="188" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="377" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D377" s="217">
+    <row r="377" spans="2:12" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B377" s="312"/>
+      <c r="C377" s="315"/>
+      <c r="D377" s="214">
         <v>1</v>
       </c>
-      <c r="E377" s="195" t="s">
+      <c r="E377" s="193" t="s">
         <v>548</v>
       </c>
-      <c r="F377" s="214"/>
-      <c r="G377" s="266"/>
+      <c r="F377" s="211"/>
+      <c r="G377" s="260"/>
       <c r="H377" s="179">
         <v>15</v>
       </c>
-      <c r="I377" s="190" t="s">
+      <c r="I377" s="189" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="378" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D378" s="217">
+    <row r="378" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B378" s="312"/>
+      <c r="C378" s="315"/>
+      <c r="D378" s="214">
         <v>2</v>
       </c>
-      <c r="E378" s="195" t="s">
+      <c r="E378" s="193" t="s">
         <v>695</v>
       </c>
-      <c r="F378" s="214"/>
-      <c r="G378" s="266"/>
+      <c r="F378" s="211"/>
+      <c r="G378" s="260"/>
       <c r="H378" s="179">
         <v>16</v>
       </c>
-      <c r="I378" s="190" t="s">
+      <c r="I378" s="189" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="379" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D379" s="217">
+    <row r="379" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B379" s="312"/>
+      <c r="C379" s="315"/>
+      <c r="D379" s="214">
         <v>2</v>
       </c>
-      <c r="E379" s="195" t="s">
+      <c r="E379" s="193" t="s">
         <v>696</v>
       </c>
-      <c r="F379" s="214"/>
-      <c r="G379" s="266"/>
+      <c r="F379" s="211"/>
+      <c r="G379" s="260"/>
       <c r="H379" s="179">
         <v>16</v>
       </c>
-      <c r="I379" s="190" t="s">
+      <c r="I379" s="189" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="380" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D380" s="217">
+    <row r="380" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B380" s="312"/>
+      <c r="C380" s="315"/>
+      <c r="D380" s="214">
         <v>2</v>
       </c>
-      <c r="E380" s="195" t="s">
+      <c r="E380" s="193" t="s">
         <v>687</v>
       </c>
-      <c r="F380" s="214"/>
-      <c r="G380" s="266"/>
+      <c r="F380" s="211"/>
+      <c r="G380" s="260"/>
       <c r="H380" s="179">
         <v>16</v>
       </c>
-      <c r="I380" s="190" t="s">
+      <c r="I380" s="189" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="381" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D381" s="217">
+    <row r="381" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B381" s="312"/>
+      <c r="C381" s="315"/>
+      <c r="D381" s="214">
         <v>2</v>
       </c>
-      <c r="E381" s="195" t="s">
+      <c r="E381" s="193" t="s">
         <v>588</v>
       </c>
-      <c r="F381" s="214"/>
-      <c r="G381" s="266"/>
+      <c r="F381" s="211"/>
+      <c r="G381" s="260"/>
       <c r="H381" s="179">
         <v>17</v>
       </c>
-      <c r="I381" s="190" t="s">
+      <c r="I381" s="189" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="382" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D382" s="217">
+    <row r="382" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B382" s="312"/>
+      <c r="C382" s="315"/>
+      <c r="D382" s="214">
         <v>9</v>
       </c>
-      <c r="E382" s="195" t="s">
+      <c r="E382" s="193" t="s">
         <v>712</v>
       </c>
-      <c r="F382" s="214"/>
-      <c r="G382" s="266"/>
+      <c r="F382" s="211"/>
+      <c r="G382" s="260"/>
       <c r="H382" s="179">
         <v>18</v>
       </c>
-      <c r="I382" s="190" t="s">
+      <c r="I382" s="189" t="s">
         <v>721</v>
       </c>
     </row>
-    <row r="383" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D383" s="217">
+    <row r="383" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B383" s="312"/>
+      <c r="C383" s="315"/>
+      <c r="D383" s="214">
         <v>9</v>
       </c>
-      <c r="E383" s="195" t="s">
+      <c r="E383" s="193" t="s">
         <v>698</v>
       </c>
-      <c r="F383" s="214"/>
-      <c r="G383" s="266"/>
+      <c r="F383" s="211"/>
+      <c r="G383" s="260"/>
       <c r="H383" s="179">
         <v>18</v>
       </c>
-      <c r="I383" s="190" t="s">
+      <c r="I383" s="189" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="384" spans="2:12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D384" s="217">
+    <row r="384" spans="2:12" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B384" s="312"/>
+      <c r="C384" s="315"/>
+      <c r="D384" s="214">
         <v>9</v>
       </c>
-      <c r="E384" s="195" t="s">
+      <c r="E384" s="193" t="s">
         <v>538</v>
       </c>
-      <c r="F384" s="214"/>
-      <c r="G384" s="266"/>
+      <c r="F384" s="211"/>
+      <c r="G384" s="260"/>
       <c r="H384" s="179">
         <v>31</v>
       </c>
-      <c r="I384" s="190" t="s">
+      <c r="I384" s="189" t="s">
         <v>563</v>
       </c>
-      <c r="L384" s="249"/>
-[...4 lines deleted...]
-      <c r="D385" s="217">
+      <c r="L384" s="244"/>
+    </row>
+    <row r="385" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B385" s="312"/>
+      <c r="C385" s="315"/>
+      <c r="D385" s="214">
         <v>15</v>
       </c>
-      <c r="E385" s="195" t="s">
+      <c r="E385" s="193" t="s">
         <v>713</v>
       </c>
-      <c r="F385" s="214"/>
-      <c r="G385" s="266"/>
+      <c r="F385" s="211"/>
+      <c r="G385" s="260"/>
       <c r="H385" s="179"/>
-      <c r="I385" s="188"/>
-[...4 lines deleted...]
-      <c r="D386" s="217">
+      <c r="I385" s="187"/>
+    </row>
+    <row r="386" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B386" s="312"/>
+      <c r="C386" s="315"/>
+      <c r="D386" s="214">
         <v>15</v>
       </c>
-      <c r="E386" s="195" t="s">
+      <c r="E386" s="193" t="s">
         <v>714</v>
       </c>
-      <c r="F386" s="214"/>
-      <c r="G386" s="266"/>
+      <c r="F386" s="211"/>
+      <c r="G386" s="260"/>
       <c r="H386" s="179"/>
-      <c r="I386" s="188"/>
-[...4 lines deleted...]
-      <c r="D387" s="243">
+      <c r="I386" s="187"/>
+    </row>
+    <row r="387" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B387" s="313"/>
+      <c r="C387" s="316"/>
+      <c r="D387" s="239">
         <v>31</v>
       </c>
-      <c r="E387" s="196" t="s">
+      <c r="E387" s="194" t="s">
         <v>734</v>
       </c>
-      <c r="F387" s="215"/>
-      <c r="G387" s="267"/>
+      <c r="F387" s="212"/>
+      <c r="G387" s="261"/>
       <c r="H387" s="181"/>
-      <c r="I387" s="212"/>
-[...1 lines deleted...]
-    <row r="388" spans="2:9" s="226" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="I387" s="209"/>
+    </row>
+    <row r="388" spans="2:9" s="222" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
       <c r="B388" s="97"/>
-      <c r="C388" s="225"/>
-[...8 lines deleted...]
-      <c r="B389" s="302">
+      <c r="C388" s="221"/>
+      <c r="D388" s="240"/>
+      <c r="E388" s="223"/>
+      <c r="F388" s="235"/>
+      <c r="G388" s="224"/>
+      <c r="H388" s="240"/>
+      <c r="I388" s="224"/>
+    </row>
+    <row r="389" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B389" s="329">
         <v>2026</v>
       </c>
-      <c r="C389" s="326" t="s">
+      <c r="C389" s="340" t="s">
         <v>42</v>
       </c>
-      <c r="D389" s="223">
+      <c r="D389" s="219">
         <v>7</v>
       </c>
-      <c r="E389" s="248" t="s">
+      <c r="E389" s="202" t="s">
         <v>715</v>
       </c>
-      <c r="F389" s="236">
+      <c r="F389" s="295">
         <v>6</v>
       </c>
-      <c r="G389" s="185" t="s">
+      <c r="G389" s="264" t="s">
         <v>708</v>
       </c>
-      <c r="H389" s="174">
+      <c r="H389" s="296">
         <v>6</v>
       </c>
-      <c r="I389" s="189" t="s">
+      <c r="I389" s="188" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="390" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D390" s="217">
+    <row r="390" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B390" s="330"/>
+      <c r="C390" s="335"/>
+      <c r="D390" s="214">
         <v>12</v>
       </c>
-      <c r="E390" s="230" t="s">
+      <c r="E390" s="203" t="s">
         <v>709</v>
       </c>
-      <c r="F390" s="214">
+      <c r="F390" s="246">
         <v>13</v>
       </c>
-      <c r="G390" s="186" t="s">
+      <c r="G390" s="195" t="s">
         <v>623</v>
       </c>
-      <c r="H390" s="179">
+      <c r="H390" s="172">
         <v>6</v>
       </c>
-      <c r="I390" s="190" t="s">
+      <c r="I390" s="189" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="391" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D391" s="217">
+    <row r="391" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B391" s="330"/>
+      <c r="C391" s="335"/>
+      <c r="D391" s="214">
         <v>13</v>
       </c>
-      <c r="E391" s="230" t="s">
+      <c r="E391" s="203" t="s">
         <v>741</v>
       </c>
-      <c r="F391" s="214"/>
-[...1 lines deleted...]
-      <c r="H391" s="179">
+      <c r="F391" s="246"/>
+      <c r="G391" s="195"/>
+      <c r="H391" s="172">
         <v>6</v>
       </c>
-      <c r="I391" s="190" t="s">
+      <c r="I391" s="189" t="s">
         <v>746</v>
       </c>
     </row>
-    <row r="392" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D392" s="217">
+    <row r="392" spans="2:9" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B392" s="330"/>
+      <c r="C392" s="335"/>
+      <c r="D392" s="214">
         <v>16</v>
       </c>
-      <c r="E392" s="230" t="s">
+      <c r="E392" s="203" t="s">
         <v>668</v>
       </c>
-      <c r="F392" s="221"/>
-[...1 lines deleted...]
-      <c r="H392" s="179">
+      <c r="F392" s="254"/>
+      <c r="G392" s="205"/>
+      <c r="H392" s="172">
         <v>15</v>
       </c>
-      <c r="I392" s="190" t="s">
+      <c r="I392" s="189" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="393" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D393" s="217">
+    <row r="393" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B393" s="330"/>
+      <c r="C393" s="335"/>
+      <c r="D393" s="214">
         <v>22</v>
       </c>
-      <c r="E393" s="230" t="s">
+      <c r="E393" s="203" t="s">
         <v>749</v>
       </c>
-      <c r="F393" s="221"/>
-[...1 lines deleted...]
-      <c r="H393" s="179">
+      <c r="F393" s="254"/>
+      <c r="G393" s="205"/>
+      <c r="H393" s="172">
         <v>22</v>
       </c>
-      <c r="I393" s="190" t="s">
+      <c r="I393" s="189" t="s">
         <v>747</v>
       </c>
     </row>
-    <row r="394" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D394" s="217">
+    <row r="394" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B394" s="330"/>
+      <c r="C394" s="335"/>
+      <c r="D394" s="214">
         <v>22</v>
       </c>
-      <c r="E394" s="230" t="s">
+      <c r="E394" s="203" t="s">
         <v>702</v>
       </c>
-      <c r="F394" s="214"/>
-[...1 lines deleted...]
-      <c r="H394" s="179">
+      <c r="F394" s="246"/>
+      <c r="G394" s="195"/>
+      <c r="H394" s="172">
         <v>23</v>
       </c>
-      <c r="I394" s="190" t="s">
+      <c r="I394" s="189" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="395" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D395" s="217">
+    <row r="395" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B395" s="330"/>
+      <c r="C395" s="335"/>
+      <c r="D395" s="214">
         <v>26</v>
       </c>
-      <c r="E395" s="230" t="s">
+      <c r="E395" s="203" t="s">
         <v>733</v>
       </c>
-      <c r="F395" s="214"/>
-[...7 lines deleted...]
-      <c r="D396" s="243">
+      <c r="F395" s="246"/>
+      <c r="G395" s="195"/>
+      <c r="H395" s="172"/>
+      <c r="I395" s="187"/>
+    </row>
+    <row r="396" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B396" s="330"/>
+      <c r="C396" s="335"/>
+      <c r="D396" s="214">
         <v>27</v>
       </c>
-      <c r="E396" s="231" t="s">
+      <c r="E396" s="203" t="s">
         <v>615</v>
       </c>
-      <c r="F396" s="215"/>
-[...6 lines deleted...]
-      <c r="C397" s="323" t="s">
+      <c r="F396" s="246"/>
+      <c r="G396" s="195"/>
+      <c r="H396" s="172"/>
+      <c r="I396" s="187"/>
+    </row>
+    <row r="397" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B397" s="330"/>
+      <c r="C397" s="336"/>
+      <c r="D397" s="239">
+        <v>29</v>
+      </c>
+      <c r="E397" s="216" t="s">
+        <v>757</v>
+      </c>
+      <c r="F397" s="297"/>
+      <c r="G397" s="299"/>
+      <c r="H397" s="298"/>
+      <c r="I397" s="209"/>
+    </row>
+    <row r="398" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B398" s="312"/>
+      <c r="C398" s="335" t="s">
         <v>5</v>
       </c>
-      <c r="D397" s="223">
+      <c r="D398" s="214">
         <v>1</v>
       </c>
-      <c r="E397" s="204" t="s">
+      <c r="E398" s="203" t="s">
         <v>705</v>
       </c>
-      <c r="F397" s="236">
+      <c r="F398" s="217">
         <v>2</v>
       </c>
-      <c r="G397" s="270" t="s">
+      <c r="G398" s="195" t="s">
         <v>737</v>
       </c>
-      <c r="H397" s="180">
+      <c r="H398" s="179">
         <v>2</v>
       </c>
-      <c r="I397" s="189" t="s">
+      <c r="I398" s="189" t="s">
         <v>689</v>
       </c>
     </row>
-    <row r="398" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D398" s="217">
+    <row r="399" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B399" s="312"/>
+      <c r="C399" s="335"/>
+      <c r="D399" s="214">
         <v>2</v>
       </c>
-      <c r="E398" s="205" t="s">
+      <c r="E399" s="203" t="s">
         <v>739</v>
       </c>
-      <c r="F398" s="214">
+      <c r="F399" s="211">
         <v>12</v>
       </c>
-      <c r="G398" s="197" t="s">
+      <c r="G399" s="195" t="s">
         <v>751</v>
       </c>
-      <c r="H398" s="179"/>
-[...5 lines deleted...]
-      <c r="D399" s="217">
+      <c r="H399" s="179"/>
+      <c r="I399" s="189"/>
+    </row>
+    <row r="400" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B400" s="312"/>
+      <c r="C400" s="335"/>
+      <c r="D400" s="214">
         <v>3</v>
       </c>
-      <c r="E399" s="206" t="s">
+      <c r="E400" s="203" t="s">
+        <v>769</v>
+      </c>
+      <c r="F400" s="211"/>
+      <c r="G400" s="195"/>
+      <c r="H400" s="179"/>
+      <c r="I400" s="189"/>
+    </row>
+    <row r="401" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B401" s="312"/>
+      <c r="C401" s="335"/>
+      <c r="D401" s="214">
+        <v>3</v>
+      </c>
+      <c r="E401" s="204" t="s">
         <v>680</v>
       </c>
-      <c r="F399" s="214">
+      <c r="F401" s="211">
         <v>15</v>
       </c>
-      <c r="G399" s="197" t="s">
+      <c r="G401" s="195" t="s">
         <v>663</v>
       </c>
-      <c r="H399" s="179"/>
-[...5 lines deleted...]
-      <c r="D400" s="217">
+      <c r="H401" s="179"/>
+      <c r="I401" s="187"/>
+    </row>
+    <row r="402" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B402" s="312"/>
+      <c r="C402" s="335"/>
+      <c r="D402" s="214">
         <v>3</v>
       </c>
-      <c r="E400" s="206" t="s">
+      <c r="E402" s="204" t="s">
         <v>694</v>
       </c>
-      <c r="F400" s="221"/>
-[...7 lines deleted...]
-      <c r="D401" s="217">
+      <c r="F402" s="217"/>
+      <c r="G402" s="205"/>
+      <c r="H402" s="179"/>
+      <c r="I402" s="189"/>
+    </row>
+    <row r="403" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B403" s="312"/>
+      <c r="C403" s="335"/>
+      <c r="D403" s="214">
         <v>3</v>
       </c>
-      <c r="E401" s="206" t="s">
+      <c r="E403" s="204" t="s">
         <v>735</v>
       </c>
-      <c r="F401" s="221"/>
-[...7 lines deleted...]
-      <c r="D402" s="217">
+      <c r="F403" s="217"/>
+      <c r="G403" s="205"/>
+      <c r="H403" s="179"/>
+      <c r="I403" s="189"/>
+    </row>
+    <row r="404" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B404" s="312"/>
+      <c r="C404" s="335"/>
+      <c r="D404" s="214">
         <v>10</v>
       </c>
-      <c r="E402" s="206" t="s">
+      <c r="E404" s="204" t="s">
         <v>668</v>
       </c>
-      <c r="F402" s="214"/>
-[...7 lines deleted...]
-      <c r="D403" s="243">
+      <c r="F404" s="211"/>
+      <c r="G404" s="195"/>
+      <c r="H404" s="179"/>
+      <c r="I404" s="189"/>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B405" s="312"/>
+      <c r="C405" s="335"/>
+      <c r="D405" s="214">
         <v>16</v>
       </c>
-      <c r="E403" s="220" t="s">
+      <c r="E405" s="204" t="s">
+        <v>762</v>
+      </c>
+      <c r="F405" s="211"/>
+      <c r="G405" s="195"/>
+      <c r="H405" s="179"/>
+      <c r="I405" s="189"/>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B406" s="312"/>
+      <c r="C406" s="336"/>
+      <c r="D406" s="239">
+        <v>16</v>
+      </c>
+      <c r="E406" s="216" t="s">
         <v>730</v>
       </c>
-      <c r="F403" s="235"/>
-[...6 lines deleted...]
-      <c r="C404" s="328" t="s">
+      <c r="F406" s="231"/>
+      <c r="G406" s="206"/>
+      <c r="H406" s="181"/>
+      <c r="I406" s="200"/>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B407" s="312"/>
+      <c r="C407" s="337" t="s">
         <v>7</v>
       </c>
-      <c r="D404" s="223">
+      <c r="D407" s="219">
         <v>3</v>
       </c>
-      <c r="E404" s="183" t="s">
+      <c r="E407" s="183" t="s">
         <v>716</v>
       </c>
-      <c r="F404" s="240">
+      <c r="F407" s="236">
         <v>9</v>
       </c>
-      <c r="G404" s="187" t="s">
+      <c r="G407" s="186" t="s">
         <v>693</v>
       </c>
-      <c r="H404" s="179">
+      <c r="H407" s="179">
         <v>1</v>
       </c>
-      <c r="I404" s="189" t="s">
+      <c r="I407" s="188" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="405" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D405" s="217">
+    <row r="408" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B408" s="312"/>
+      <c r="C408" s="338"/>
+      <c r="D408" s="214">
         <v>10</v>
       </c>
-      <c r="E405" s="184" t="s">
+      <c r="E408" s="184" t="s">
         <v>742</v>
       </c>
-      <c r="F405" s="214">
+      <c r="F408" s="211">
         <v>10</v>
       </c>
-      <c r="G405" s="187" t="s">
+      <c r="G408" s="186" t="s">
         <v>755</v>
       </c>
-      <c r="H405" s="179">
+      <c r="H408" s="179">
         <v>1</v>
       </c>
-      <c r="I405" s="190" t="s">
+      <c r="I408" s="189" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="406" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D406" s="217">
+    <row r="409" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B409" s="312"/>
+      <c r="C409" s="338"/>
+      <c r="D409" s="214">
         <v>10</v>
       </c>
-      <c r="E406" s="184" t="s">
+      <c r="E409" s="184" t="s">
         <v>671</v>
       </c>
-      <c r="F406" s="214"/>
-[...1 lines deleted...]
-      <c r="H406" s="179">
+      <c r="F409" s="211"/>
+      <c r="G409" s="195"/>
+      <c r="H409" s="179">
         <v>3</v>
       </c>
-      <c r="I406" s="190" t="s">
+      <c r="I409" s="189" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="407" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D407" s="217">
+    <row r="410" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B410" s="312"/>
+      <c r="C410" s="338"/>
+      <c r="D410" s="214">
         <v>10</v>
       </c>
-      <c r="E407" s="184" t="s">
+      <c r="E410" s="184" t="s">
         <v>754</v>
       </c>
-      <c r="F407" s="214"/>
-[...7 lines deleted...]
-      <c r="D408" s="217">
+      <c r="F410" s="211"/>
+      <c r="G410" s="195"/>
+      <c r="H410" s="179"/>
+      <c r="I410" s="189"/>
+    </row>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B411" s="312"/>
+      <c r="C411" s="338"/>
+      <c r="D411" s="214">
+        <v>12</v>
+      </c>
+      <c r="E411" s="184" t="s">
+        <v>763</v>
+      </c>
+      <c r="F411" s="211"/>
+      <c r="G411" s="195"/>
+      <c r="H411" s="179"/>
+      <c r="I411" s="189"/>
+    </row>
+    <row r="412" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B412" s="312"/>
+      <c r="C412" s="338"/>
+      <c r="D412" s="214">
         <v>24</v>
       </c>
-      <c r="E408" s="184" t="s">
+      <c r="E412" s="184" t="s">
         <v>686</v>
       </c>
-      <c r="F408" s="214"/>
-[...7 lines deleted...]
-      <c r="D409" s="217">
+      <c r="F412" s="211"/>
+      <c r="G412" s="195"/>
+      <c r="H412" s="179"/>
+      <c r="I412" s="189"/>
+    </row>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B413" s="312"/>
+      <c r="C413" s="338"/>
+      <c r="D413" s="214">
         <v>24</v>
       </c>
-      <c r="E409" s="184" t="s">
+      <c r="E413" s="184" t="s">
         <v>697</v>
       </c>
-      <c r="F409" s="214"/>
-[...7 lines deleted...]
-      <c r="D410" s="217">
+      <c r="F413" s="211"/>
+      <c r="G413" s="195"/>
+      <c r="H413" s="179"/>
+      <c r="I413" s="189"/>
+    </row>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B414" s="312"/>
+      <c r="C414" s="338"/>
+      <c r="D414" s="214">
         <v>24</v>
       </c>
-      <c r="E410" s="184" t="s">
+      <c r="E414" s="184" t="s">
+        <v>761</v>
+      </c>
+      <c r="F414" s="211"/>
+      <c r="G414" s="195"/>
+      <c r="H414" s="179"/>
+      <c r="I414" s="189"/>
+    </row>
+    <row r="415" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B415" s="312"/>
+      <c r="C415" s="338"/>
+      <c r="D415" s="214">
+        <v>24</v>
+      </c>
+      <c r="E415" s="184" t="s">
         <v>587</v>
       </c>
-      <c r="F410" s="214"/>
-[...7 lines deleted...]
-      <c r="D411" s="217">
+      <c r="F415" s="211"/>
+      <c r="G415" s="195"/>
+      <c r="H415" s="179"/>
+      <c r="I415" s="189"/>
+    </row>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B416" s="312"/>
+      <c r="C416" s="338"/>
+      <c r="D416" s="214">
         <v>31</v>
       </c>
-      <c r="E411" s="184" t="s">
+      <c r="E416" s="184" t="s">
+        <v>768</v>
+      </c>
+      <c r="F416" s="211"/>
+      <c r="G416" s="195"/>
+      <c r="H416" s="179"/>
+      <c r="I416" s="189"/>
+    </row>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B417" s="312"/>
+      <c r="C417" s="338"/>
+      <c r="D417" s="214">
+        <v>31</v>
+      </c>
+      <c r="E417" s="184" t="s">
         <v>743</v>
       </c>
-      <c r="F411" s="214"/>
-[...7 lines deleted...]
-      <c r="D412" s="243">
+      <c r="F417" s="211"/>
+      <c r="G417" s="195"/>
+      <c r="H417" s="179"/>
+      <c r="I417" s="189"/>
+    </row>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B418" s="312"/>
+      <c r="C418" s="338"/>
+      <c r="D418" s="214">
         <v>31</v>
       </c>
-      <c r="E412" s="231" t="s">
+      <c r="E418" s="184" t="s">
+        <v>756</v>
+      </c>
+      <c r="F418" s="211"/>
+      <c r="G418" s="195"/>
+      <c r="H418" s="179"/>
+      <c r="I418" s="189"/>
+    </row>
+    <row r="419" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B419" s="312"/>
+      <c r="C419" s="339"/>
+      <c r="D419" s="239">
+        <v>31</v>
+      </c>
+      <c r="E419" s="227" t="s">
         <v>690</v>
       </c>
-      <c r="F412" s="241"/>
-[...6 lines deleted...]
-      <c r="C413" s="320" t="s">
+      <c r="F419" s="237"/>
+      <c r="G419" s="206"/>
+      <c r="H419" s="181"/>
+      <c r="I419" s="209"/>
+    </row>
+    <row r="420" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B420" s="312"/>
+      <c r="C420" s="331" t="s">
         <v>8</v>
       </c>
-      <c r="D413" s="217">
+      <c r="D420" s="214">
         <v>1</v>
       </c>
-      <c r="E413" s="230" t="s">
+      <c r="E420" s="226" t="s">
         <v>706</v>
       </c>
-      <c r="F413" s="238">
+      <c r="F420" s="234">
         <v>16</v>
       </c>
-      <c r="G413" s="186" t="s">
+      <c r="G420" s="185" t="s">
         <v>704</v>
       </c>
-      <c r="H413" s="179">
+      <c r="H420" s="179">
         <v>7</v>
       </c>
-      <c r="I413" s="189" t="s">
+      <c r="I420" s="188" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="414" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D414" s="217">
+    <row r="421" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B421" s="312"/>
+      <c r="C421" s="332"/>
+      <c r="D421" s="214">
+        <v>1</v>
+      </c>
+      <c r="E421" s="226" t="s">
+        <v>766</v>
+      </c>
+      <c r="F421" s="233">
+        <v>17</v>
+      </c>
+      <c r="G421" s="185" t="s">
+        <v>767</v>
+      </c>
+      <c r="H421" s="179"/>
+      <c r="I421" s="189"/>
+    </row>
+    <row r="422" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B422" s="312"/>
+      <c r="C422" s="332"/>
+      <c r="D422" s="214">
         <v>7</v>
       </c>
-      <c r="E414" s="184" t="s">
+      <c r="E422" s="184" t="s">
         <v>701</v>
       </c>
-      <c r="F414" s="237">
+      <c r="F422" s="233">
         <v>29</v>
       </c>
-      <c r="G414" s="186" t="s">
+      <c r="G422" s="185" t="s">
         <v>618</v>
       </c>
-      <c r="H414" s="179">
+      <c r="H422" s="179">
         <v>7</v>
       </c>
-      <c r="I414" s="190" t="s">
+      <c r="I422" s="189" t="s">
         <v>726</v>
       </c>
     </row>
-    <row r="415" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D415" s="217">
+    <row r="423" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B423" s="312"/>
+      <c r="C423" s="332"/>
+      <c r="D423" s="214">
         <v>7</v>
       </c>
-      <c r="E415" s="184" t="s">
+      <c r="E423" s="184" t="s">
         <v>699</v>
       </c>
-      <c r="F415" s="237"/>
-[...1 lines deleted...]
-      <c r="H415" s="179">
+      <c r="F423" s="233"/>
+      <c r="G423" s="196"/>
+      <c r="H423" s="179">
         <v>7</v>
       </c>
-      <c r="I415" s="190" t="s">
+      <c r="I423" s="189" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="416" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D416" s="217">
+    <row r="424" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B424" s="312"/>
+      <c r="C424" s="332"/>
+      <c r="D424" s="214">
         <v>7</v>
       </c>
-      <c r="E416" s="184" t="s">
+      <c r="E424" s="184" t="s">
         <v>700</v>
       </c>
-      <c r="F416" s="237"/>
-[...1 lines deleted...]
-      <c r="H416" s="179">
+      <c r="F424" s="233"/>
+      <c r="G424" s="196"/>
+      <c r="H424" s="179">
         <v>7</v>
       </c>
-      <c r="I416" s="190" t="s">
+      <c r="I424" s="189" t="s">
         <v>728</v>
       </c>
     </row>
-    <row r="417" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D417" s="217">
+    <row r="425" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B425" s="312"/>
+      <c r="C425" s="332"/>
+      <c r="D425" s="214">
+        <v>7</v>
+      </c>
+      <c r="E425" s="184" t="s">
+        <v>758</v>
+      </c>
+      <c r="F425" s="233"/>
+      <c r="G425" s="196"/>
+      <c r="H425" s="179"/>
+      <c r="I425" s="189"/>
+    </row>
+    <row r="426" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B426" s="312"/>
+      <c r="C426" s="332"/>
+      <c r="D426" s="214">
         <v>9</v>
       </c>
-      <c r="E417" s="195" t="s">
+      <c r="E426" s="193" t="s">
         <v>661</v>
       </c>
-      <c r="F417" s="221"/>
-[...7 lines deleted...]
-      <c r="D418" s="217">
+      <c r="F426" s="217"/>
+      <c r="G426" s="215"/>
+      <c r="H426" s="179"/>
+      <c r="I426" s="187"/>
+    </row>
+    <row r="427" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B427" s="312"/>
+      <c r="C427" s="332"/>
+      <c r="D427" s="214">
         <v>14</v>
       </c>
-      <c r="E418" s="195" t="s">
+      <c r="E427" s="193" t="s">
+        <v>765</v>
+      </c>
+      <c r="F427" s="217"/>
+      <c r="G427" s="215"/>
+      <c r="H427" s="179"/>
+      <c r="I427" s="187"/>
+    </row>
+    <row r="428" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B428" s="312"/>
+      <c r="C428" s="332"/>
+      <c r="D428" s="214">
+        <v>14</v>
+      </c>
+      <c r="E428" s="193" t="s">
         <v>750</v>
       </c>
-      <c r="F418" s="221"/>
-[...7 lines deleted...]
-      <c r="D419" s="217">
+      <c r="F428" s="217"/>
+      <c r="G428" s="215"/>
+      <c r="H428" s="179"/>
+      <c r="I428" s="187"/>
+    </row>
+    <row r="429" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B429" s="312"/>
+      <c r="C429" s="332"/>
+      <c r="D429" s="214">
         <v>14</v>
       </c>
-      <c r="E419" s="195" t="s">
+      <c r="E429" s="193" t="s">
         <v>589</v>
       </c>
-      <c r="F419" s="235"/>
-[...6 lines deleted...]
-      <c r="C420" s="320" t="s">
+      <c r="F429" s="217"/>
+      <c r="G429" s="215"/>
+      <c r="H429" s="179"/>
+      <c r="I429" s="187"/>
+    </row>
+    <row r="430" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B430" s="312"/>
+      <c r="C430" s="334"/>
+      <c r="D430" s="214">
+        <v>22</v>
+      </c>
+      <c r="E430" s="193" t="s">
+        <v>759</v>
+      </c>
+      <c r="F430" s="231"/>
+      <c r="G430" s="197"/>
+      <c r="H430" s="181"/>
+      <c r="I430" s="209"/>
+    </row>
+    <row r="431" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B431" s="312"/>
+      <c r="C431" s="331" t="s">
         <v>674</v>
       </c>
-      <c r="D420" s="223">
+      <c r="D431" s="219">
         <v>12</v>
       </c>
-      <c r="E420" s="209" t="s">
+      <c r="E431" s="207" t="s">
         <v>717</v>
       </c>
-      <c r="F420" s="236"/>
-[...1 lines deleted...]
-      <c r="H420" s="180">
+      <c r="F431" s="232"/>
+      <c r="G431" s="215"/>
+      <c r="H431" s="180">
         <v>7</v>
       </c>
-      <c r="I420" s="189" t="s">
+      <c r="I431" s="188" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="421" spans="2:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D421" s="217">
+    <row r="432" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B432" s="312"/>
+      <c r="C432" s="332"/>
+      <c r="D432" s="214">
         <v>19</v>
       </c>
-      <c r="E421" s="205" t="s">
+      <c r="E432" s="203" t="s">
         <v>675</v>
       </c>
-      <c r="F421" s="221"/>
-[...6 lines deleted...]
-      <c r="C422" s="300" t="s">
+      <c r="F432" s="217"/>
+      <c r="G432" s="213"/>
+      <c r="H432" s="179"/>
+      <c r="I432" s="209"/>
+    </row>
+    <row r="433" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B433" s="330"/>
+      <c r="C433" s="331" t="s">
         <v>10</v>
       </c>
-      <c r="D422" s="223">
+      <c r="D433" s="300">
         <v>1</v>
       </c>
-      <c r="E422" s="204" t="s">
+      <c r="E433" s="202" t="s">
         <v>705</v>
       </c>
-      <c r="F422" s="236">
+      <c r="F433" s="232">
         <v>22</v>
       </c>
-      <c r="G422" s="268" t="s">
+      <c r="G433" s="262" t="s">
         <v>693</v>
       </c>
-      <c r="H422" s="180"/>
-[...5 lines deleted...]
-      <c r="D423" s="217">
+      <c r="H433" s="180"/>
+      <c r="I433" s="208"/>
+    </row>
+    <row r="434" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B434" s="330"/>
+      <c r="C434" s="332"/>
+      <c r="D434" s="301">
         <v>1</v>
       </c>
-      <c r="E423" s="206" t="s">
+      <c r="E434" s="204" t="s">
         <v>548</v>
       </c>
-      <c r="F423" s="221">
+      <c r="F434" s="217">
         <v>30</v>
       </c>
-      <c r="G423" s="197" t="s">
+      <c r="G434" s="195" t="s">
         <v>738</v>
       </c>
-      <c r="H423" s="179"/>
-[...5 lines deleted...]
-      <c r="D424" s="217">
+      <c r="H434" s="179"/>
+      <c r="I434" s="187"/>
+    </row>
+    <row r="435" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B435" s="330"/>
+      <c r="C435" s="332"/>
+      <c r="D435" s="301">
         <v>2</v>
       </c>
-      <c r="E424" s="206" t="s">
+      <c r="E435" s="203" t="s">
+        <v>770</v>
+      </c>
+      <c r="F435" s="217"/>
+      <c r="G435" s="195"/>
+      <c r="H435" s="179"/>
+      <c r="I435" s="187"/>
+    </row>
+    <row r="436" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B436" s="330"/>
+      <c r="C436" s="332"/>
+      <c r="D436" s="301">
+        <v>2</v>
+      </c>
+      <c r="E436" s="204" t="s">
         <v>718</v>
       </c>
-      <c r="F424" s="221"/>
-[...7 lines deleted...]
-      <c r="D425" s="217">
+      <c r="F436" s="217"/>
+      <c r="G436" s="205"/>
+      <c r="H436" s="179"/>
+      <c r="I436" s="187"/>
+    </row>
+    <row r="437" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B437" s="330"/>
+      <c r="C437" s="332"/>
+      <c r="D437" s="301">
         <v>9</v>
       </c>
-      <c r="E425" s="205" t="s">
+      <c r="E437" s="203" t="s">
         <v>592</v>
       </c>
-      <c r="F425" s="237"/>
-[...7 lines deleted...]
-      <c r="D426" s="217">
+      <c r="F437" s="233"/>
+      <c r="G437" s="195"/>
+      <c r="H437" s="179"/>
+      <c r="I437" s="187"/>
+    </row>
+    <row r="438" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B438" s="330"/>
+      <c r="C438" s="332"/>
+      <c r="D438" s="301">
+        <v>11</v>
+      </c>
+      <c r="E438" s="203" t="s">
+        <v>764</v>
+      </c>
+      <c r="F438" s="233"/>
+      <c r="G438" s="195"/>
+      <c r="H438" s="179"/>
+      <c r="I438" s="187"/>
+    </row>
+    <row r="439" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B439" s="330"/>
+      <c r="C439" s="332"/>
+      <c r="D439" s="301">
         <v>16</v>
       </c>
-      <c r="E426" s="205" t="s">
+      <c r="E439" s="203" t="s">
         <v>719</v>
       </c>
-      <c r="F426" s="237"/>
-[...7 lines deleted...]
-      <c r="D427" s="217">
+      <c r="F439" s="233"/>
+      <c r="G439" s="205"/>
+      <c r="H439" s="179"/>
+      <c r="I439" s="187"/>
+    </row>
+    <row r="440" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B440" s="330"/>
+      <c r="C440" s="332"/>
+      <c r="D440" s="301">
         <v>16</v>
       </c>
-      <c r="E427" s="206" t="s">
+      <c r="E440" s="204" t="s">
         <v>736</v>
       </c>
-      <c r="F427" s="237"/>
-[...7 lines deleted...]
-      <c r="D428" s="217">
+      <c r="F440" s="233"/>
+      <c r="G440" s="205"/>
+      <c r="H440" s="179"/>
+      <c r="I440" s="187"/>
+    </row>
+    <row r="441" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B441" s="330"/>
+      <c r="C441" s="334"/>
+      <c r="D441" s="301">
         <v>18</v>
       </c>
-      <c r="E428" s="205" t="s">
+      <c r="E441" s="203" t="s">
         <v>729</v>
       </c>
-      <c r="F428" s="237"/>
-[...6 lines deleted...]
-      <c r="C429" s="300" t="s">
+      <c r="F441" s="233"/>
+      <c r="G441" s="205"/>
+      <c r="H441" s="179"/>
+      <c r="I441" s="187"/>
+    </row>
+    <row r="442" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B442" s="330"/>
+      <c r="C442" s="294"/>
+      <c r="D442" s="219">
+        <v>7</v>
+      </c>
+      <c r="E442" s="202" t="s">
+        <v>759</v>
+      </c>
+      <c r="F442" s="234"/>
+      <c r="G442" s="304"/>
+      <c r="H442" s="180"/>
+      <c r="I442" s="208"/>
+    </row>
+    <row r="443" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B443" s="330"/>
+      <c r="C443" s="335" t="s">
         <v>11</v>
       </c>
-      <c r="D429" s="223">
+      <c r="D443" s="214">
         <v>31</v>
       </c>
-      <c r="E429" s="204" t="s">
+      <c r="E443" s="203" t="s">
         <v>740</v>
       </c>
-      <c r="F429" s="238"/>
-[...7 lines deleted...]
-      <c r="D430" s="243">
+      <c r="F443" s="233"/>
+      <c r="G443" s="196"/>
+      <c r="H443" s="179"/>
+      <c r="I443" s="187"/>
+    </row>
+    <row r="444" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B444" s="330"/>
+      <c r="C444" s="336"/>
+      <c r="D444" s="239">
         <v>31</v>
       </c>
-      <c r="E430" s="193" t="s">
+      <c r="E444" s="192" t="s">
         <v>669</v>
       </c>
-      <c r="F430" s="241"/>
-[...6 lines deleted...]
-      <c r="C431" s="201" t="s">
+      <c r="F444" s="237"/>
+      <c r="G444" s="197"/>
+      <c r="H444" s="181"/>
+      <c r="I444" s="209"/>
+    </row>
+    <row r="445" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B445" s="312"/>
+      <c r="C445" s="199" t="s">
         <v>12</v>
       </c>
-      <c r="D431" s="217"/>
-[...1 lines deleted...]
-      <c r="F431" s="237">
+      <c r="D445" s="214"/>
+      <c r="E445" s="263"/>
+      <c r="F445" s="233">
         <v>27</v>
       </c>
-      <c r="G431" s="197" t="s">
+      <c r="G445" s="195" t="s">
         <v>643</v>
       </c>
-      <c r="H431" s="179"/>
-[...4 lines deleted...]
-      <c r="C432" s="300" t="s">
+      <c r="H445" s="179"/>
+      <c r="I445" s="187"/>
+    </row>
+    <row r="446" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B446" s="312"/>
+      <c r="C446" s="309" t="s">
         <v>13</v>
       </c>
-      <c r="D432" s="223">
+      <c r="D446" s="219">
         <v>8</v>
       </c>
-      <c r="E432" s="209" t="s">
+      <c r="E446" s="207" t="s">
         <v>744</v>
       </c>
-      <c r="F432" s="238">
+      <c r="F446" s="234">
         <v>15</v>
       </c>
-      <c r="G432" s="270" t="s">
+      <c r="G446" s="264" t="s">
         <v>703</v>
       </c>
-      <c r="H432" s="180"/>
-[...5 lines deleted...]
-      <c r="D433" s="243">
+      <c r="H446" s="180"/>
+      <c r="I446" s="208"/>
+    </row>
+    <row r="447" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B447" s="312"/>
+      <c r="C447" s="333"/>
+      <c r="D447" s="214">
         <v>22</v>
       </c>
-      <c r="E433" s="220" t="s">
+      <c r="E447" s="203" t="s">
+        <v>771</v>
+      </c>
+      <c r="F447" s="233"/>
+      <c r="G447" s="195"/>
+      <c r="H447" s="179"/>
+      <c r="I447" s="187"/>
+    </row>
+    <row r="448" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B448" s="312"/>
+      <c r="C448" s="310"/>
+      <c r="D448" s="214">
+        <v>22</v>
+      </c>
+      <c r="E448" s="203" t="s">
         <v>720</v>
       </c>
-      <c r="F433" s="235"/>
-[...6 lines deleted...]
-      <c r="C434" s="300" t="s">
+      <c r="F448" s="231"/>
+      <c r="G448" s="206"/>
+      <c r="H448" s="181"/>
+      <c r="I448" s="209"/>
+    </row>
+    <row r="449" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B449" s="312"/>
+      <c r="C449" s="309" t="s">
         <v>14</v>
       </c>
-      <c r="D434" s="217">
+      <c r="D449" s="219">
         <v>1</v>
       </c>
-      <c r="E434" s="194" t="s">
+      <c r="E449" s="303" t="s">
         <v>707</v>
       </c>
-      <c r="F434" s="237"/>
-[...7 lines deleted...]
-      <c r="D435" s="243">
+      <c r="F449" s="305"/>
+      <c r="G449" s="185"/>
+      <c r="H449" s="179"/>
+      <c r="I449" s="229"/>
+    </row>
+    <row r="450" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B450" s="312"/>
+      <c r="C450" s="333"/>
+      <c r="D450" s="214">
         <v>1</v>
       </c>
-      <c r="E435" s="210" t="s">
+      <c r="E450" s="307" t="s">
         <v>705</v>
       </c>
-      <c r="F435" s="241"/>
-[...6 lines deleted...]
-      <c r="C436" s="224" t="s">
+      <c r="F450" s="305"/>
+      <c r="G450" s="185"/>
+      <c r="H450" s="179"/>
+      <c r="I450" s="229"/>
+    </row>
+    <row r="451" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B451" s="312"/>
+      <c r="C451" s="310"/>
+      <c r="D451" s="239">
+        <v>6</v>
+      </c>
+      <c r="E451" s="308" t="s">
+        <v>760</v>
+      </c>
+      <c r="F451" s="306"/>
+      <c r="G451" s="218"/>
+      <c r="H451" s="181"/>
+      <c r="I451" s="228"/>
+    </row>
+    <row r="452" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B452" s="313"/>
+      <c r="C452" s="220" t="s">
         <v>15</v>
       </c>
-      <c r="D436" s="243">
+      <c r="D452" s="239">
         <v>12</v>
       </c>
-      <c r="E436" s="218" t="s">
+      <c r="E452" s="192" t="s">
         <v>672</v>
       </c>
-      <c r="F436" s="241">
+      <c r="F452" s="237">
         <v>23</v>
       </c>
-      <c r="G436" s="234" t="s">
+      <c r="G452" s="230" t="s">
         <v>693</v>
       </c>
-      <c r="H436" s="181"/>
-[...55 lines deleted...]
-      <c r="B478" s="89"/>
+      <c r="H452" s="181"/>
+      <c r="I452" s="228"/>
+    </row>
+    <row r="454" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="D454" s="293"/>
+      <c r="E454" s="225"/>
+    </row>
+    <row r="455" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="E455" s="302"/>
+    </row>
+    <row r="456" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="E456" s="302"/>
+    </row>
+    <row r="457" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="E457" s="58"/>
+    </row>
+    <row r="468" spans="2:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="C468" s="112"/>
+      <c r="D468" s="112"/>
+    </row>
+    <row r="469" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B469" s="87"/>
+    </row>
+    <row r="471" spans="2:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="C471" s="112"/>
+      <c r="D471" s="112"/>
+    </row>
+    <row r="472" spans="2:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="C472" s="112"/>
+      <c r="D472" s="112"/>
+    </row>
+    <row r="482" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="E482" s="88"/>
+    </row>
+    <row r="483" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B483" s="87"/>
+    </row>
+    <row r="484" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="C484" s="113"/>
+      <c r="D484" s="113"/>
+    </row>
+    <row r="487" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="C487" s="113"/>
+      <c r="D487" s="113"/>
+    </row>
+    <row r="488" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B488" s="89"/>
+      <c r="C488" s="113"/>
+      <c r="D488" s="113"/>
+    </row>
+    <row r="491" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="C491" s="113"/>
+      <c r="D491" s="113"/>
+    </row>
+    <row r="492" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="C492" s="113"/>
+      <c r="D492" s="113"/>
+    </row>
+    <row r="493" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B493" s="89"/>
+    </row>
+    <row r="494" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B494" s="89"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E141:E142">
     <sortCondition ref="E141:E142"/>
   </sortState>
   <mergeCells count="24">
     <mergeCell ref="C335:C339"/>
-    <mergeCell ref="C422:C428"/>
-    <mergeCell ref="C429:C430"/>
+    <mergeCell ref="C433:C441"/>
+    <mergeCell ref="C443:C444"/>
     <mergeCell ref="C357:C367"/>
-    <mergeCell ref="C389:C396"/>
-    <mergeCell ref="C404:C412"/>
+    <mergeCell ref="C407:C419"/>
     <mergeCell ref="C340:C356"/>
     <mergeCell ref="C368:C375"/>
-    <mergeCell ref="C432:C433"/>
+    <mergeCell ref="C389:C397"/>
+    <mergeCell ref="C446:C448"/>
     <mergeCell ref="B307:B387"/>
     <mergeCell ref="C376:C387"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B119:I119"/>
     <mergeCell ref="B264:I264"/>
     <mergeCell ref="C297:C300"/>
     <mergeCell ref="C329:C334"/>
     <mergeCell ref="C311:C320"/>
     <mergeCell ref="C321:C328"/>
     <mergeCell ref="C307:C310"/>
-    <mergeCell ref="B389:B436"/>
-[...3 lines deleted...]
-    <mergeCell ref="C397:C403"/>
+    <mergeCell ref="B389:B452"/>
+    <mergeCell ref="C431:C432"/>
+    <mergeCell ref="C449:C451"/>
+    <mergeCell ref="C420:C430"/>
+    <mergeCell ref="C398:C406"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E7" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E8" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E23" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="E9" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="E10" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="E12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="E13" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="E14" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="E15" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="E85" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="E16" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="E26" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="E48" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="E17" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="E19" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="E77" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="E78" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="E21" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="E22" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
@@ -11302,251 +11611,268 @@
     <hyperlink ref="E144" r:id="rId533" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="E295" r:id="rId534" xr:uid="{E6A69C1A-C98A-466B-BE22-A65CC3569931}"/>
     <hyperlink ref="E285" r:id="rId535" xr:uid="{190D9778-8944-4DC8-80EA-1A9683017C9D}"/>
     <hyperlink ref="E284" r:id="rId536" xr:uid="{EA230805-3E6F-4DC9-ABEA-96A112D431C8}"/>
     <hyperlink ref="I282" r:id="rId537" xr:uid="{83C6DA7D-0B81-4EED-8692-D96248B17B8B}"/>
     <hyperlink ref="E307" r:id="rId538" display="15 NWO KIC Langetermijnprogramma's (deadline)" xr:uid="{9C9E1ADA-C29B-4076-969F-C4DAA4A8E5BA}"/>
     <hyperlink ref="E308" r:id="rId539" display="15 NWO KIC Langetermijnprogramma's obligatory registration for internal support" xr:uid="{5188D5FF-F7DE-405E-BFCC-D2EFF04EF1ED}"/>
     <hyperlink ref="E296" r:id="rId540" display="13 Hanarth Fonds - deadline preproposals " xr:uid="{2BA88965-B8ED-4FDA-9BC4-20E1A6A31AF8}"/>
     <hyperlink ref="E327" r:id="rId541" display="20 Hanarth Fonds - deadline invited full proposals (13 March deadline preproposals)" xr:uid="{3F6A1E02-C2F7-42A5-A137-ECF4D34235F5}"/>
     <hyperlink ref="E328" r:id="rId542" display="20 Hanarth Fonds Fellowships - deadline " xr:uid="{FCDC0CBD-C3D8-4292-A0F0-B17B36CCEEB2}"/>
     <hyperlink ref="E288" r:id="rId543" xr:uid="{5D704533-CE31-4A79-8376-CBBDDF26B8E8}"/>
     <hyperlink ref="E299" r:id="rId544" xr:uid="{0966C868-56AA-4DA9-B668-1A07E64908EE}"/>
     <hyperlink ref="E336" r:id="rId545" display="7 Lymph&amp;Co Paul Fentener van Vlissingen Fellowship (deadline proposal)" xr:uid="{725CC3F7-658C-41AE-8EEE-180C8C6433AB}"/>
     <hyperlink ref="E298" r:id="rId546" xr:uid="{7ECFBA2B-18E6-424D-865E-78A29B273365}"/>
     <hyperlink ref="G326" r:id="rId547" xr:uid="{0F02EB6D-0C4D-4522-9D70-74ADEEA2717C}"/>
     <hyperlink ref="G324" r:id="rId548" xr:uid="{078AB186-A4F1-488F-A6A3-AF7637A7DFCD}"/>
     <hyperlink ref="G322" r:id="rId549" display="17 MSCA Doctoral Networks - internal research grant support deadline " xr:uid="{8FDD5A9E-E111-426F-8947-A0F90ED1C918}"/>
     <hyperlink ref="E303" r:id="rId550" display="1 Maurits en Anna de Kock Foundation (deadline)" xr:uid="{0A899D1C-B118-42D9-9C68-D66D63C89D84}"/>
     <hyperlink ref="G341" r:id="rId551" display="18 Horizon Europe Cluster Health (deadline)" xr:uid="{701B2A37-23ED-4036-8694-A4217DA88BB6}"/>
     <hyperlink ref="G342" r:id="rId552" display="18 Horizon Europe Mission Cancer (deadline)" xr:uid="{8E6FDA70-BDC5-48D5-B2DD-D718B0817C25}"/>
     <hyperlink ref="G313" r:id="rId553" display="6 Expected opening call EU Mission Cancer" xr:uid="{FAE0F0A7-DB8B-446B-88E9-72591FB63EBE}"/>
     <hyperlink ref="G308" r:id="rId554" display="10 IHI Modelling regulatory sandbox mechanisms and enabling their deployment to support breakthrough innovation (deadline pre-proposal)" xr:uid="{B375976A-BA79-4EF1-B564-4D873108A8E6}"/>
     <hyperlink ref="G309" r:id="rId555" display="29 IHI Call 9 (single-stage): deadline full proposals 29 April 2025" xr:uid="{764C8FF1-12EF-44D2-8170-111768AED3DF}"/>
     <hyperlink ref="G307" r:id="rId556" display="23 IHI Call 10 (two-stage; deadline short proposals 23 April)" xr:uid="{FEB54D30-1519-402F-9B2A-6EDB4D5DB697}"/>
     <hyperlink ref="G317" r:id="rId557" display="22 Exoected opening EU Cluster Health" xr:uid="{CE5050FF-042E-4B58-ACE8-5C1E9B29C2E6}"/>
-    <hyperlink ref="E402" r:id="rId558" xr:uid="{87BB7D37-8E40-4824-A47A-8CBBAC2AA545}"/>
+    <hyperlink ref="E404" r:id="rId558" xr:uid="{87BB7D37-8E40-4824-A47A-8CBBAC2AA545}"/>
     <hyperlink ref="E304" r:id="rId559" display="3 ZonMw Open Competition (deadline)" xr:uid="{8D3F3815-CE95-4850-A995-A3CCEB55EAA2}"/>
     <hyperlink ref="E310" r:id="rId560" xr:uid="{0C157DD7-BFF3-40C1-B8DA-D4B2588FCA45}"/>
     <hyperlink ref="E343" r:id="rId561" xr:uid="{D1ABB494-612D-4DB1-98B5-31B4DDA75437}"/>
     <hyperlink ref="G310" r:id="rId562" xr:uid="{F08EBFFA-ED88-4F53-A91B-AEAEFA01AD16}"/>
     <hyperlink ref="E311" r:id="rId563" xr:uid="{EFBDEDD9-AF25-4A10-9E7F-635449D48BAE}"/>
     <hyperlink ref="E340" r:id="rId564" display="KWF Exploration Call (full proposal)" xr:uid="{79391BB6-646A-4D07-8FDA-E1F98B7F1D67}"/>
     <hyperlink ref="E312" r:id="rId565" xr:uid="{97E7FABF-D2F3-417B-94E4-D66B8739B895}"/>
     <hyperlink ref="E313" r:id="rId566" xr:uid="{F7210D69-890D-4EEB-A5ED-CE5A0B34AA96}"/>
     <hyperlink ref="G314" r:id="rId567" xr:uid="{646788B6-77FD-4EC3-A8DB-C4FD32619577}"/>
     <hyperlink ref="G316" r:id="rId568" display="EIC Pathfinder Open (deadline)" xr:uid="{7D37EAE6-1A72-4842-93B5-C0D21D439121}"/>
     <hyperlink ref="G321" r:id="rId569" xr:uid="{8CF658CA-9CAA-4941-A742-C278BA9F4649}"/>
     <hyperlink ref="G323" r:id="rId570" xr:uid="{D43BC860-DF6E-4B58-A3B6-955FEF88CCA1}"/>
     <hyperlink ref="I323" r:id="rId571" xr:uid="{ADDC185B-EAEB-4A21-869A-A7F652DF098C}"/>
     <hyperlink ref="E326" r:id="rId572" xr:uid="{0B649C32-4703-4980-A60D-72DE84E05A8B}"/>
     <hyperlink ref="E360" r:id="rId573" xr:uid="{4C7488DD-96E0-43B4-8A8A-E902FD9747CA}"/>
     <hyperlink ref="E332" r:id="rId574" xr:uid="{8E638A45-2202-4CBE-92E9-1DC370311AE5}"/>
     <hyperlink ref="G344" r:id="rId575" xr:uid="{3AA373F6-46A2-4A32-96CC-306226C965B1}"/>
     <hyperlink ref="G318" r:id="rId576" display="ERC Advanced Grant (expected opening)" xr:uid="{F0E1D6B2-DBB9-4866-BE5A-82DE104F3C16}"/>
     <hyperlink ref="E341" r:id="rId577" xr:uid="{0391AED6-8FCA-454B-927D-0F5E55D02372}"/>
     <hyperlink ref="G359" r:id="rId578" xr:uid="{13774440-20F2-4370-A2BC-416AA332E0B9}"/>
     <hyperlink ref="E380" r:id="rId579" display="NWO Rubicon" xr:uid="{BBA2B73F-4B2A-416C-B975-F61946E406E7}"/>
     <hyperlink ref="E384" r:id="rId580" xr:uid="{285ECDAD-D317-4C16-9A6F-8220541B14E6}"/>
     <hyperlink ref="G312" r:id="rId581" xr:uid="{1CCC02DA-6C4C-45FF-B684-2B2140D08AE2}"/>
     <hyperlink ref="G371" r:id="rId582" xr:uid="{F597CDA9-8EF5-465B-94A0-B62C5F3839F6}"/>
     <hyperlink ref="G311" r:id="rId583" xr:uid="{CA100528-360A-40EF-80BF-8B2E5DB3ABAC}"/>
     <hyperlink ref="I312" r:id="rId584" xr:uid="{0A8FEB1F-9C26-43E7-B6B7-B5CA95314BD7}"/>
     <hyperlink ref="I321" r:id="rId585" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{91772E3B-B266-4C3F-A5FC-D84A153B0C78}"/>
     <hyperlink ref="I361" r:id="rId586" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{3AF7E856-DC80-49F0-B070-63EF67CC9BDA}"/>
     <hyperlink ref="G325" r:id="rId587" xr:uid="{A8D90C24-F10A-4D99-93A9-3AFE75F41651}"/>
     <hyperlink ref="E344" r:id="rId588" xr:uid="{31BDC83D-7C9F-4A99-BE49-1CC3CA08E9D2}"/>
     <hyperlink ref="E367" r:id="rId589" xr:uid="{9C697B87-4C77-44E5-9AF8-28455AC4CE57}"/>
-    <hyperlink ref="E410" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
+    <hyperlink ref="E415" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
     <hyperlink ref="E381" r:id="rId591" xr:uid="{3266B8CF-6AE4-4C20-BBAC-E16A0BBD8B23}"/>
-    <hyperlink ref="E419" r:id="rId592" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
+    <hyperlink ref="E430" r:id="rId592" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
     <hyperlink ref="E329" r:id="rId593" xr:uid="{328E481A-65E7-4F16-B568-EAFEDBB1A9C4}"/>
     <hyperlink ref="E351" r:id="rId594" xr:uid="{83C4226E-8DC6-4104-A881-C7759F2EDEE3}"/>
-    <hyperlink ref="E425" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
+    <hyperlink ref="E437" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
     <hyperlink ref="G343" r:id="rId596" xr:uid="{C6B65852-A3D5-4E4C-B324-3263B0199E53}"/>
     <hyperlink ref="E324" r:id="rId597" display="Faculty of Impact" xr:uid="{AE227DA5-C8F0-4FFB-AEF0-D0B649509292}"/>
     <hyperlink ref="E325" r:id="rId598" xr:uid="{045CFE40-7957-4352-95EA-F671E00CF49C}"/>
     <hyperlink ref="E314" r:id="rId599" xr:uid="{DC2640E1-CE6E-4281-9B04-91AFD5B4936E}"/>
     <hyperlink ref="E342" r:id="rId600" display="NWO Veni (expected deadline)" xr:uid="{8CB4B970-42F6-448E-9D2D-DBEA8C018F3D}"/>
     <hyperlink ref="E396" r:id="rId601" display="NWO Veni (expected deadline)" xr:uid="{4AAC1A79-84F2-41FD-9863-335F583353B4}"/>
     <hyperlink ref="G358" r:id="rId602" display="ERC Starting Grant (expected deadline)" xr:uid="{CFF418DE-F09F-4289-9B47-EBE0C67BC730}"/>
     <hyperlink ref="G390" r:id="rId603" display="ERC Consolidator Grant (expected deadline)" xr:uid="{C9FBAE79-515B-4EE4-B06A-4CDAD2DB6B32}"/>
     <hyperlink ref="E335" r:id="rId604" xr:uid="{0D6CA846-535B-432A-AFB4-8893CCE01E0D}"/>
     <hyperlink ref="G335" r:id="rId605" xr:uid="{26DF9EF2-3141-4C64-8808-99CA627C027E}"/>
     <hyperlink ref="G315" r:id="rId606" xr:uid="{BC61C7D3-D48D-46A5-A1AD-81BEEB128ADF}"/>
     <hyperlink ref="I322" r:id="rId607" xr:uid="{5077F715-9303-443D-9376-DE73DE29131D}"/>
     <hyperlink ref="G329" r:id="rId608" display="Open Call for Transnational Service Provision" xr:uid="{53D3FCD8-4309-4D15-953D-CCADEF9A8D97}"/>
     <hyperlink ref="G336" r:id="rId609" xr:uid="{8B7B83BD-48FE-4553-A0C0-CC7F07BBC421}"/>
     <hyperlink ref="G320" r:id="rId610" xr:uid="{844072E6-5B0C-4037-9BC2-55146C5CABD8}"/>
     <hyperlink ref="E337" r:id="rId611" xr:uid="{9CE66579-7373-4788-9F27-0E032835530B}"/>
     <hyperlink ref="E348" r:id="rId612" xr:uid="{4F986696-93A5-4290-A5EA-44F1D9D55A08}"/>
     <hyperlink ref="I332" r:id="rId613" display="LCRF Team Science Award" xr:uid="{F30562FE-7947-40F9-BCEB-56ED291FAD4E}"/>
     <hyperlink ref="I368" r:id="rId614" display="LCRF Team Science Award" xr:uid="{2DABA678-5010-4052-A34A-9F37AB247B99}"/>
     <hyperlink ref="I333" r:id="rId615" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{A2265066-F850-434F-B795-D31FB5696827}"/>
     <hyperlink ref="I357" r:id="rId616" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{63D94197-3DD8-4606-91C2-9731933FADA9}"/>
     <hyperlink ref="I334" r:id="rId617" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{DE92ABF7-AE8B-4C94-84BB-12AF2E89A341}"/>
     <hyperlink ref="I369" r:id="rId618" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{A7B212EC-2F3A-4383-910B-16FC02B32B18}"/>
     <hyperlink ref="E346" r:id="rId619" xr:uid="{BB3A30DD-6151-4BA6-825E-D61E2E4E2B41}"/>
     <hyperlink ref="G357" r:id="rId620" xr:uid="{ACEE172E-C8E9-4201-BB47-55E2C69A493C}"/>
-    <hyperlink ref="G414" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
+    <hyperlink ref="G422" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
     <hyperlink ref="I325" r:id="rId622" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{C80F1CBC-D7B6-45FD-8175-8700835DF6E5}"/>
     <hyperlink ref="I329" r:id="rId623" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{9C1E48D3-9BF4-4122-9038-978A3800EDA5}"/>
     <hyperlink ref="I326" r:id="rId624" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{C5171A96-86C3-43A2-8D23-46948D107C1D}"/>
     <hyperlink ref="I330" r:id="rId625" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{7C8A71A5-DCB2-4A2A-9695-250A26DC2618}"/>
     <hyperlink ref="G356" r:id="rId626" xr:uid="{2D07294A-2789-4E11-8056-32A08A3156BE}"/>
     <hyperlink ref="I331" r:id="rId627" xr:uid="{344F7F85-B2AD-4E02-B837-63942A03ED58}"/>
     <hyperlink ref="E370" r:id="rId628" xr:uid="{BD76C125-7413-4348-814C-1A49057C33BD}"/>
     <hyperlink ref="E371" r:id="rId629" xr:uid="{2A00D487-7479-4A62-BCDB-DB86FE105272}"/>
     <hyperlink ref="E331" r:id="rId630" display="ZonMW: voorbereidende implementatieactiviteiten ronde 1 " xr:uid="{84627BCD-4ADD-4654-8EE7-9F7B96B9A25E}"/>
     <hyperlink ref="E345" r:id="rId631" xr:uid="{65D3395E-2823-4847-99F8-7FD80E72C113}"/>
     <hyperlink ref="E347" r:id="rId632" display="ZonMW Open Competitie" xr:uid="{BE9080F0-3E32-4435-A86F-1A3A6E17B5A0}"/>
     <hyperlink ref="E353" r:id="rId633" xr:uid="{455DDECF-266D-4407-8386-7CFCE2E078FF}"/>
     <hyperlink ref="E362" r:id="rId634" xr:uid="{A03FBA3B-1E59-4195-AA6A-9ED8DA96146D}"/>
-    <hyperlink ref="E426" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
+    <hyperlink ref="E439" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
     <hyperlink ref="E363" r:id="rId636" xr:uid="{745663B9-977C-47D6-9439-A7E2877BEA66}"/>
     <hyperlink ref="E330" r:id="rId637" xr:uid="{10AF2882-E6AF-46FF-80BC-BF707EB36263}"/>
     <hyperlink ref="E356" r:id="rId638" display="Health~Holland International Kickstarter" xr:uid="{9921D40D-1FD0-4AD7-BE5A-88BCFB348251}"/>
-    <hyperlink ref="G431" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
+    <hyperlink ref="G445" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
     <hyperlink ref="G370" r:id="rId640" xr:uid="{DB0A2B75-9A56-4229-B096-038F55AC124E}"/>
     <hyperlink ref="E355" r:id="rId641" location=":~:text=BOOST%20funding%20is%20available%20exclusively,or%20models%20within%20a%20lab." xr:uid="{22551DA7-E432-44DA-876C-DA57A982CF1B}"/>
     <hyperlink ref="E339" r:id="rId642" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg" xr:uid="{F78FF6EA-860F-4089-A750-7615B35B6DF4}"/>
     <hyperlink ref="I360" r:id="rId643" xr:uid="{80091A70-FB39-4300-A7BE-69C62C37196D}"/>
     <hyperlink ref="I394" r:id="rId644" display="Leukemia &amp; Lymphoma Society Translational Research Program (LOI)" xr:uid="{EAE0A2D4-6877-430A-97AD-53CD7B334159}"/>
     <hyperlink ref="I358" r:id="rId645" xr:uid="{34BC0A72-E11F-4818-9D4C-4C511F4AEDF5}"/>
     <hyperlink ref="I371" r:id="rId646" xr:uid="{802874A7-D7D0-49ED-9284-4868C8BDF028}"/>
     <hyperlink ref="I335" r:id="rId647" xr:uid="{D2036271-E2A1-4676-A1AD-99F7EC283011}"/>
     <hyperlink ref="I372" r:id="rId648" display="Leukemia &amp; Lymphoma Society Discovery Grant Program (LOI)" xr:uid="{ADA1C4A1-0875-4C67-B2A5-9CC23324357B}"/>
     <hyperlink ref="E352" r:id="rId649" display="KWF internal deadline pre-proposal 2026-1 EXPL and 2026-2 DEV calls" xr:uid="{C2939F66-729D-41C5-8ECE-FA1BABE28225}"/>
     <hyperlink ref="G372" r:id="rId650" xr:uid="{EF4CA7BF-BA31-4338-8ACD-9DAF71774D4C}"/>
     <hyperlink ref="G368" r:id="rId651" xr:uid="{5AF3396F-5C1F-4797-8BEE-EED9BB808488}"/>
     <hyperlink ref="G369" r:id="rId652" xr:uid="{E638B598-9F27-46E2-98D7-FB21A0524D69}"/>
     <hyperlink ref="I359" r:id="rId653" xr:uid="{93F1C799-9402-433A-9D60-15B5B1FE90CF}"/>
     <hyperlink ref="I392" r:id="rId654" display="IASLC Career Advancement Grant (LOI)" xr:uid="{E1F61B4F-DD53-4ED7-A676-1BF38BE70D63}"/>
     <hyperlink ref="I342" r:id="rId655" xr:uid="{5FA484D2-3C9B-47BC-AFD9-6E854F0C7614}"/>
     <hyperlink ref="I389" r:id="rId656" display="Collaborative Pediatric Cancer Research Awards Program (LOI)" xr:uid="{3BF530A5-4429-4099-AC65-CD627A122302}"/>
-    <hyperlink ref="G399" r:id="rId657" display="Worldwide Cancer Research 2026 Grant Round (opening)" xr:uid="{34FB3097-8890-4DE5-96EE-BB9DEF424636}"/>
-    <hyperlink ref="E417" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
+    <hyperlink ref="G401" r:id="rId657" display="Worldwide Cancer Research 2026 Grant Round (opening)" xr:uid="{34FB3097-8890-4DE5-96EE-BB9DEF424636}"/>
+    <hyperlink ref="E426" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
     <hyperlink ref="E349" r:id="rId659" xr:uid="{A679B1A4-B008-4E5F-9DC3-1C927C850E67}"/>
-    <hyperlink ref="E404" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
+    <hyperlink ref="E407" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
     <hyperlink ref="E358" r:id="rId661" xr:uid="{55ABCF78-44A6-44B8-9541-5B3334F18544}"/>
     <hyperlink ref="E365" r:id="rId662" xr:uid="{0AA5A75D-FFD8-4353-BFB2-A5E0FE13E9E8}"/>
     <hyperlink ref="E364" r:id="rId663" xr:uid="{A0C9B80D-38DD-47FD-8685-3F6E507A19E6}"/>
     <hyperlink ref="E375" r:id="rId664" display="Health~Holland Organ-on-Chip call (pre-proposal)" xr:uid="{5CFC0857-BC0F-43BB-A3E4-D95CF584A170}"/>
     <hyperlink ref="E392" r:id="rId665" xr:uid="{FF4DF44E-B710-40A6-A73A-9D248EC2303B}"/>
-    <hyperlink ref="E430" r:id="rId666" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
+    <hyperlink ref="E444" r:id="rId666" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
     <hyperlink ref="E350" r:id="rId667" xr:uid="{30A9E72C-1553-4B7E-A348-D5F6D391BA74}"/>
-    <hyperlink ref="E406" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
-    <hyperlink ref="E436" r:id="rId669" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
+    <hyperlink ref="E409" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
+    <hyperlink ref="E452" r:id="rId669" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
     <hyperlink ref="E374" r:id="rId670" xr:uid="{941A3CC3-2E88-4C6B-8455-87811505B502}"/>
-    <hyperlink ref="E421" r:id="rId671" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
+    <hyperlink ref="E432" r:id="rId671" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
     <hyperlink ref="I341" r:id="rId672" xr:uid="{4C2EA722-F968-43E5-AB2F-F56ED70FA20F}"/>
     <hyperlink ref="E357" r:id="rId673" xr:uid="{B93A953A-B802-499E-86B2-72755D4CE99D}"/>
     <hyperlink ref="E372" r:id="rId674" xr:uid="{B930B32F-6486-475F-A084-CDA27A47968D}"/>
     <hyperlink ref="E368" r:id="rId675" xr:uid="{6B06C0AA-9A64-4C73-8D8A-5ECAD9167BCE}"/>
     <hyperlink ref="E369" r:id="rId676" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{6EEA4B0E-554B-439B-BFC9-AA8A803C2A96}"/>
-    <hyperlink ref="E399" r:id="rId677" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
+    <hyperlink ref="E401" r:id="rId677" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
     <hyperlink ref="E359" r:id="rId678" xr:uid="{E14A937A-A9AC-472B-B50C-0D015BE418B0}"/>
     <hyperlink ref="E361" r:id="rId679" location="Deadline" xr:uid="{B77BFC2B-2E5F-44B7-993E-F639F3E1CB8C}"/>
     <hyperlink ref="E373" r:id="rId680" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{92FD3D55-7E9B-4B5E-B3BB-AB6BD238E7F9}"/>
-    <hyperlink ref="E420" r:id="rId681" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
+    <hyperlink ref="E431" r:id="rId681" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
     <hyperlink ref="G373" r:id="rId682" display="Rising Tide Clinical Cancer Research" xr:uid="{294170DB-5145-4263-A8D7-EFF551BF6DF4}"/>
     <hyperlink ref="G375" r:id="rId683" xr:uid="{F0996DAA-0DFA-48CD-AF83-D81E50A58C66}"/>
     <hyperlink ref="I376" r:id="rId684" xr:uid="{3E5E29BF-D133-458A-A5B9-3A2BF25CFDF1}"/>
-    <hyperlink ref="I404" r:id="rId685" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
-    <hyperlink ref="E408" r:id="rId686" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
+    <hyperlink ref="I407" r:id="rId685" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
+    <hyperlink ref="E412" r:id="rId686" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
     <hyperlink ref="I362" r:id="rId687" xr:uid="{09D52ED5-EA88-4C5A-AEED-C1B874928B9C}"/>
-    <hyperlink ref="I397" r:id="rId688" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
-    <hyperlink ref="E412" r:id="rId689" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
+    <hyperlink ref="I398" r:id="rId688" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
+    <hyperlink ref="E419" r:id="rId689" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
     <hyperlink ref="I370" r:id="rId690" xr:uid="{46BD1AEF-2F8A-4731-AB3E-BD9AEE486095}"/>
-    <hyperlink ref="I406" r:id="rId691" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{98DC2919-1E4B-4F40-A90E-BED2F0303008}"/>
-[...3 lines deleted...]
-    <hyperlink ref="E400" r:id="rId695" xr:uid="{FD4D8657-CB38-4217-90C6-992554479C86}"/>
+    <hyperlink ref="I409" r:id="rId691" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{98DC2919-1E4B-4F40-A90E-BED2F0303008}"/>
+    <hyperlink ref="G407" r:id="rId692" display="Rising Tide Clinical Cancer Research" xr:uid="{7EA8618E-ED2D-4943-9553-01C5C9CF503D}"/>
+    <hyperlink ref="G433" r:id="rId693" display="Rising Tide Clinical Cancer Research" xr:uid="{F9E2128A-53E5-46BD-9C51-6DEE58C20E5F}"/>
+    <hyperlink ref="G452" r:id="rId694" display="Rising Tide Clinical Cancer Research" xr:uid="{2E754EEB-744E-45CC-BAB0-BBD81F7A1FFF}"/>
+    <hyperlink ref="E402" r:id="rId695" xr:uid="{FD4D8657-CB38-4217-90C6-992554479C86}"/>
     <hyperlink ref="E378" r:id="rId696" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{6368EC66-B0D0-48FA-8E85-5399F68A7864}"/>
     <hyperlink ref="E379" r:id="rId697" xr:uid="{BEF30092-EAB0-4C5E-A757-770D2DB34B3A}"/>
-    <hyperlink ref="E409" r:id="rId698" display="NWO Research Infrastructure (RI): national consortia (LOI)" xr:uid="{A4D235A6-49AD-4C16-95F9-D070472B5F2C}"/>
+    <hyperlink ref="E413" r:id="rId698" display="NWO Research Infrastructure (RI): national consortia (LOI)" xr:uid="{A4D235A6-49AD-4C16-95F9-D070472B5F2C}"/>
     <hyperlink ref="E389" r:id="rId699" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{92CDAF32-820B-4095-A5D3-336862C0197E}"/>
-    <hyperlink ref="E433" r:id="rId700" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{9B191C31-85CC-4B99-B50E-F962B7FD4B22}"/>
+    <hyperlink ref="E448" r:id="rId700" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{9B191C31-85CC-4B99-B50E-F962B7FD4B22}"/>
     <hyperlink ref="E385" r:id="rId701" location="orientate-when" display="ZonMW: Conducting a systematic literature review of animal studies 2025" xr:uid="{729A5560-C605-4ABE-9C2A-52D1E39AAA34}"/>
     <hyperlink ref="E386" r:id="rId702" display="ZonMW: Publishing neutral/negative results from animal experiments 2025" xr:uid="{4F9C36B4-B3BF-4E04-9E46-5E5908994C6F}"/>
-    <hyperlink ref="E424" r:id="rId703" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{D863926C-9ECD-4C99-A680-1BC2D1A2D771}"/>
+    <hyperlink ref="E436" r:id="rId703" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{D863926C-9ECD-4C99-A680-1BC2D1A2D771}"/>
     <hyperlink ref="E382" r:id="rId704" location="orientate-when" display="ZonMW: Voorbereidende implementatieactiviteiten Ronde 2 – niet-medisch-specialistische zorg" xr:uid="{88A08EA7-1355-4329-B26B-1D36117F315B}"/>
     <hyperlink ref="E383" r:id="rId705" location="orientate-when" xr:uid="{7F54FC89-2989-494E-9605-21C20AEE8B52}"/>
-    <hyperlink ref="E414" r:id="rId706" display="KWF Exploration Call 2026-1 (pre-proposal)" xr:uid="{68C106E1-7288-4E9F-A526-F26796D8CC8C}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E416" r:id="rId708" display="KWF Young Investigator Grant 2026 (pre-proposal)" xr:uid="{BCB11499-53B1-4EAB-8396-CEC101D4FA58}"/>
+    <hyperlink ref="E422" r:id="rId706" display="KWF Exploration Call 2026-1 (pre-proposal)" xr:uid="{68C106E1-7288-4E9F-A526-F26796D8CC8C}"/>
+    <hyperlink ref="E423" r:id="rId707" display="KWF Development Call 2026-2 (pre-proposal)" xr:uid="{B1B7704F-A782-492A-B575-AF00AFB55424}"/>
+    <hyperlink ref="E424" r:id="rId708" display="KWF Young Investigator Grant 2026 (pre-proposal)" xr:uid="{BCB11499-53B1-4EAB-8396-CEC101D4FA58}"/>
     <hyperlink ref="E394" r:id="rId709" xr:uid="{360EEBD4-C3E9-4B5B-880F-858D9FAC9375}"/>
-    <hyperlink ref="G413" r:id="rId710" display="EU Cluster Health Programme" xr:uid="{7FC3A205-8104-4D32-B70D-6DBC0528E4FD}"/>
-[...5 lines deleted...]
-    <hyperlink ref="E434" r:id="rId716" display="Kika research programs (pre-proposal)" xr:uid="{2F108B54-DEB3-4FFC-93F4-BDFE7F707567}"/>
+    <hyperlink ref="G420" r:id="rId710" display="EU Cluster Health Programme" xr:uid="{7FC3A205-8104-4D32-B70D-6DBC0528E4FD}"/>
+    <hyperlink ref="G446" r:id="rId711" xr:uid="{67BFC41C-1EF2-4AA5-8C38-B3C56ED197EC}"/>
+    <hyperlink ref="E398" r:id="rId712" xr:uid="{A13A9C2F-A484-431E-BC6E-148F527CC3F9}"/>
+    <hyperlink ref="E433" r:id="rId713" xr:uid="{E3B61383-08A1-4576-B8C9-18B65D43E444}"/>
+    <hyperlink ref="E451" r:id="rId714" xr:uid="{7073BBBC-FE29-45E4-8C2F-06A864BAB7A8}"/>
+    <hyperlink ref="E420" r:id="rId715" xr:uid="{5BC8CEB3-A14C-41EC-A4EE-8CC03DCAAE89}"/>
+    <hyperlink ref="E449" r:id="rId716" display="Kika research programs (pre-proposal)" xr:uid="{2F108B54-DEB3-4FFC-93F4-BDFE7F707567}"/>
     <hyperlink ref="G389" r:id="rId717" xr:uid="{BDCF60B1-95BB-4CCD-9F46-4C293D89DE9E}"/>
     <hyperlink ref="E390" r:id="rId718" xr:uid="{FBB097FE-00B0-4A47-A7EF-7D275D13273F}"/>
     <hyperlink ref="I382" r:id="rId719" xr:uid="{F412AFC8-7F98-497E-BA07-B2AF245B7F0F}"/>
-    <hyperlink ref="I413" r:id="rId720" display="AACR Think Forward Foundation Career Development Award (LOI)" xr:uid="{38368540-52E2-463A-B3CB-9BCFFFA27304}"/>
+    <hyperlink ref="I420" r:id="rId720" display="AACR Think Forward Foundation Career Development Award (LOI)" xr:uid="{38368540-52E2-463A-B3CB-9BCFFFA27304}"/>
     <hyperlink ref="I383" r:id="rId721" xr:uid="{75720C7A-380B-4131-85A2-745882000AD7}"/>
-    <hyperlink ref="I414" r:id="rId722" display="AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)" xr:uid="{C6FE0B10-6C7C-49E3-993A-37864D9E371C}"/>
+    <hyperlink ref="I422" r:id="rId722" display="AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)" xr:uid="{C6FE0B10-6C7C-49E3-993A-37864D9E371C}"/>
     <hyperlink ref="I379" r:id="rId723" xr:uid="{B32E607F-3F2A-4ACE-8EC7-052E572C3073}"/>
-    <hyperlink ref="I415" r:id="rId724" display="AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)" xr:uid="{DB48DC04-5886-4A7F-AEE7-5916A01E8F69}"/>
+    <hyperlink ref="I423" r:id="rId724" display="AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)" xr:uid="{DB48DC04-5886-4A7F-AEE7-5916A01E8F69}"/>
     <hyperlink ref="I380" r:id="rId725" xr:uid="{CC58C967-D746-41BC-BB8B-D031CCAD3177}"/>
-    <hyperlink ref="I416" r:id="rId726" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E403" r:id="rId728" xr:uid="{6781FC0A-FEAD-47B0-A98F-49AEDD62BF2D}"/>
+    <hyperlink ref="I424" r:id="rId726" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
+    <hyperlink ref="E441" r:id="rId727" display="KWF INTER-LOCAL (pre-proposal)" xr:uid="{68B466FB-35CA-4AAC-AAFC-9A7E6CABCF40}"/>
+    <hyperlink ref="E406" r:id="rId728" xr:uid="{6781FC0A-FEAD-47B0-A98F-49AEDD62BF2D}"/>
     <hyperlink ref="I381" r:id="rId729" xr:uid="{53E5ECCA-C803-434C-AC8C-00E524F63455}"/>
     <hyperlink ref="I377" r:id="rId730" xr:uid="{42899DF8-2A5C-436F-A24B-0CCA4B4E7766}"/>
     <hyperlink ref="E395" r:id="rId731" xr:uid="{3AAC918A-5F2A-4C90-9A00-798900A582E8}"/>
     <hyperlink ref="E387" r:id="rId732" xr:uid="{464E0EDC-0F42-4BD1-BBB2-FAE6541E1F32}"/>
-    <hyperlink ref="E401" r:id="rId733" display="ZonMw Klinische Fellows 2025" xr:uid="{2775E8B0-D6F8-4CF3-BFEC-0845C0C14F48}"/>
-[...4 lines deleted...]
-    <hyperlink ref="E429" r:id="rId738" display="Landsteiner Foundation for Blood Transfusion Research (pre-proposal)" xr:uid="{2AFE3B98-42E0-4311-B4C3-81E545FE5571}"/>
+    <hyperlink ref="E403" r:id="rId733" display="ZonMw Klinische Fellows 2025" xr:uid="{2775E8B0-D6F8-4CF3-BFEC-0845C0C14F48}"/>
+    <hyperlink ref="E440" r:id="rId734" display="ZonMw Klinische Fellows 2025" xr:uid="{746E7749-6130-4CE3-A0DA-2183ECDE6C28}"/>
+    <hyperlink ref="G398" r:id="rId735" xr:uid="{C87B6B17-6FCC-47F4-887E-C5F04BA24256}"/>
+    <hyperlink ref="G434" r:id="rId736" display="Transforming Health &amp; Care Systems (THCS) Joint Transnational Call (pre-proposal)" xr:uid="{F359C36A-4D2E-4DF7-8B35-69FE20811FEA}"/>
+    <hyperlink ref="E399" r:id="rId737" xr:uid="{2EC60B59-680B-4B29-9303-D651D2873B63}"/>
+    <hyperlink ref="E443" r:id="rId738" display="Landsteiner Foundation for Blood Transfusion Research (pre-proposal)" xr:uid="{2AFE3B98-42E0-4311-B4C3-81E545FE5571}"/>
     <hyperlink ref="E391" r:id="rId739" xr:uid="{4785FC05-FBCA-4657-BEE6-33F78951F76F}"/>
-    <hyperlink ref="E405" r:id="rId740" xr:uid="{15EC4538-1043-49EE-B77E-1A0DFEFF254C}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E432" r:id="rId742" display="ZonMw Businesscase preventie (project idea)" xr:uid="{AE609742-1BE7-4349-AC08-BEBF607680C4}"/>
+    <hyperlink ref="E408" r:id="rId740" xr:uid="{15EC4538-1043-49EE-B77E-1A0DFEFF254C}"/>
+    <hyperlink ref="E417" r:id="rId741" xr:uid="{BD26A728-FC44-413C-8439-4A56BFC1F7DC}"/>
+    <hyperlink ref="E446" r:id="rId742" display="ZonMw Businesscase preventie (project idea)" xr:uid="{AE609742-1BE7-4349-AC08-BEBF607680C4}"/>
     <hyperlink ref="I390" r:id="rId743" xr:uid="{79EA8E30-C0E1-4760-9487-1FE042EC8805}"/>
     <hyperlink ref="I391" r:id="rId744" xr:uid="{A0B157CC-31F6-42BA-AC8E-6301D26939C9}"/>
     <hyperlink ref="I393" r:id="rId745" xr:uid="{D261A5AC-5C80-40B2-8C08-EBFAB7234A4D}"/>
-    <hyperlink ref="I420" r:id="rId746" display="AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)" xr:uid="{AB076EDF-7770-4165-8ED5-AEC11035DCAF}"/>
+    <hyperlink ref="I431" r:id="rId746" display="AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)" xr:uid="{AB076EDF-7770-4165-8ED5-AEC11035DCAF}"/>
     <hyperlink ref="E393" r:id="rId747" xr:uid="{C2A86CBF-6036-4C26-B61C-3E9A6A28E636}"/>
     <hyperlink ref="E377" r:id="rId748" xr:uid="{B7C73196-7C92-4BB2-B82C-58B59EBC0A30}"/>
-    <hyperlink ref="E423" r:id="rId749" xr:uid="{097BD8CA-49AB-44B5-8970-B031D505DF3E}"/>
-[...1 lines deleted...]
-    <hyperlink ref="G398" r:id="rId751" xr:uid="{F46CD544-90EE-4031-B281-3761B70186C2}"/>
+    <hyperlink ref="E434" r:id="rId749" xr:uid="{097BD8CA-49AB-44B5-8970-B031D505DF3E}"/>
+    <hyperlink ref="E428" r:id="rId750" xr:uid="{835E72F1-6238-44AD-A837-02A269E93D02}"/>
+    <hyperlink ref="G399" r:id="rId751" xr:uid="{F46CD544-90EE-4031-B281-3761B70186C2}"/>
     <hyperlink ref="I378" r:id="rId752" xr:uid="{02E563E3-FFF2-4825-997F-2910F5383C96}"/>
-    <hyperlink ref="I405" r:id="rId753" xr:uid="{39043000-6FD2-46A8-984A-77782E3F0AC4}"/>
-[...1 lines deleted...]
-    <hyperlink ref="G405" r:id="rId755" xr:uid="{AD156D83-5295-4CF5-8E7F-E4CBA07D689A}"/>
+    <hyperlink ref="I408" r:id="rId753" xr:uid="{39043000-6FD2-46A8-984A-77782E3F0AC4}"/>
+    <hyperlink ref="E410" r:id="rId754" xr:uid="{8BE46C33-1432-4EA5-998D-3FBB6DB2200A}"/>
+    <hyperlink ref="G408" r:id="rId755" xr:uid="{AD156D83-5295-4CF5-8E7F-E4CBA07D689A}"/>
+    <hyperlink ref="E418" r:id="rId756" xr:uid="{CD799F78-1890-4881-9438-8B888ED99DAD}"/>
+    <hyperlink ref="E397" r:id="rId757" xr:uid="{66D48F4F-DEED-49A4-A397-95485D27730F}"/>
+    <hyperlink ref="E425" r:id="rId758" xr:uid="{71976823-44D1-48F9-849A-D79FAAAF257A}"/>
+    <hyperlink ref="E442" r:id="rId759" display="KWF PIPELINE call" xr:uid="{624D27ED-D110-433E-8690-13E7CCE36BAC}"/>
+    <hyperlink ref="E450" r:id="rId760" xr:uid="{A230D7A5-A057-44D8-B9E0-D09336DCCD87}"/>
+    <hyperlink ref="E414" r:id="rId761" xr:uid="{CBC70B54-C6BA-440E-9041-E0885E1F5FC7}"/>
+    <hyperlink ref="E405" r:id="rId762" xr:uid="{3C908B60-8413-44C2-95FD-50AD63844049}"/>
+    <hyperlink ref="E438" r:id="rId763" xr:uid="{A4A86965-4DCD-4790-BD18-EB872EDBE2A5}"/>
+    <hyperlink ref="E411" r:id="rId764" xr:uid="{252C241F-B342-4E1C-A8EF-B0B7FD86DD20}"/>
+    <hyperlink ref="E427" r:id="rId765" xr:uid="{373FD5F4-B6A5-44B0-849F-D6DCEC75D2A1}"/>
+    <hyperlink ref="E421" r:id="rId766" xr:uid="{5921A351-8770-404F-AE69-93360503804C}"/>
+    <hyperlink ref="G421" r:id="rId767" xr:uid="{6051B05F-4EC5-4094-93D1-566E576C109A}"/>
+    <hyperlink ref="E416" r:id="rId768" xr:uid="{E5263F3E-9915-4F3C-B4ED-C617F98EB069}"/>
+    <hyperlink ref="E400" r:id="rId769" xr:uid="{E5252CCB-2E64-4013-BD46-108491E04FA5}"/>
+    <hyperlink ref="E435" r:id="rId770" display="KWF Call 2026-PoC-1" xr:uid="{E34719F3-9432-48D0-A6E2-7BD5B2EA2D72}"/>
+    <hyperlink ref="E447" r:id="rId771" display="KWF Call 2026-PoC-1" xr:uid="{78801F9C-D3E1-4C39-AAE1-741B34B6A94A}"/>
+    <hyperlink ref="E429" r:id="rId772" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{E208FDB5-BB86-4FCF-BBC7-EC859526A0E3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId756"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId773"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Overview calendar all grants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>