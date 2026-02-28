--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FFAC96B4-D90F-40A0-A659-F0C991B40623}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F691B952-F935-45D2-864B-0794FE15A84B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview calendar all grants" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="848" uniqueCount="772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="861" uniqueCount="782">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>European</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>Deadlines Oncology-relevant grants</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
@@ -2350,50 +2350,80 @@
     <t>Hanarth Foundation - deadline preproposals</t>
   </si>
   <si>
     <t>Hanarth Foundation - deadline invited full proposals</t>
   </si>
   <si>
     <t>ZonMw Framework Programme for Appropriate Care</t>
   </si>
   <si>
     <t>Maurits and Anna de Kock Foundation</t>
   </si>
   <si>
     <t>Dr Josef Steiner Cancer Research Foundation Award</t>
   </si>
   <si>
     <t>NFtK / Fit4Surgery Foundation - Prehabilitation in Cancer</t>
   </si>
   <si>
     <t>KWF Call 2026-PoC-1</t>
   </si>
   <si>
     <t>KWF Call 2026-PoC-2</t>
   </si>
   <si>
     <t>KWF Call 2026-PoC-3</t>
+  </si>
+  <si>
+    <t>IHI Call 12 (full proposal)</t>
+  </si>
+  <si>
+    <t>KWF Exploration Call 2026-3 (pre-proposal) - KWF deadline, CCA support mandatory</t>
+  </si>
+  <si>
+    <t>KWF Exploration Call 2026-3 (pre-proposal), mandatory CCA deadline</t>
+  </si>
+  <si>
+    <t>Worldwide Cancer Research Grants </t>
+  </si>
+  <si>
+    <t>ERC Proof of Concept Grants</t>
+  </si>
+  <si>
+    <t>Bone Cancer Research Trust - New Call for Early Career Fellowship</t>
+  </si>
+  <si>
+    <t>Horizon Europe: Innovative Europe - European Innovation Council (EIC) Pathfinder</t>
+  </si>
+  <si>
+    <t>Fit4Surgery Foundation - Prehabilitation in Cancer</t>
+  </si>
+  <si>
+    <t>Lymph&amp;Co Foundation - Call for research proposals (pre-proposal)</t>
+  </si>
+  <si>
+    <t>NWO Take-off phase 1 - Feasibility studies WO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2815,51 +2845,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="341">
+  <cellXfs count="346">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -3363,53 +3393,50 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3459,89 +3486,83 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="8" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3739,51 +3760,66 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="8" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
@@ -3799,86 +3835,93 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEEF1DA"/>
       <color rgb="FFD5E5D5"/>
       <color rgb="FFC7D9DD"/>
       <color rgb="FFD7EDC1"/>
       <color rgb="FFE7E7FF"/>
       <color rgb="FFF3FFE7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -4129,6972 +4172,7072 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erdera.org/call/joint-transnational-call-2026/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=GqvfaLsRxky-tSjXVphPtsBkwcSXaMFMtnfKxrGGFC5URjBGWUs4SVpMS0RLSjdHRU5TWVlIUEtJRi4u&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/support/policies/talent-policies/amsterdam-umc-fellowship-1.htm" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msts.org/hatcher-fellowship" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/funding-projects/calls/fast-track-call/fast-track-validation-programme-2026/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fit4surgery.nl/2025/11/10/onderzoeksronde-2025-2026-prehabilitatie-bij-kanker/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-2026-pakket-26-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nierstichting.nl/onderzoekers/grants-aanvragen/kolff-programma-2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/road-new-grant-round-expected-open-27-january-2026" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemeso.org/research-grants/research-funding/grants-by-the-mesothelioma-applied-research-foundation/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mark-foundation-chemistry-in-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/phd-student/trajectory/amsterdam-umc-foundation-young-talent-fund.htm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoeksconsortia-voor-passend-zorgaanbod-over-de-gehele-zorgketen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/onderzoek-op-routes-door-consortia-2026" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/guidelines.aspx?AspxAutoDetectCookieSupport=1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/%F0%9F%93%A2-Now-Open--Internal-grant-for-Horizon-Europe-Cluster-Health-proposals.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-data-oplossingen-voor-medisch-specialistische-zorg-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-2" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-12" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/research/grants/pilot-study-awards/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/for-researchers/apply-for-and-manage-your-funding/our-funding-schemes/data-for-children-young-people-cancer-award" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2026" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/mission.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/call-for-service-provision-reaching-an-understanding-of-cancer/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snapgrant.com/csn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieoproep-goed-gebruik-geneesmiddelen-complexe-interventies-ronde-4/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.nl/nl/publicatie/het-loreal-unesco-women-in-science-programma/beurzen-fellowships" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/regular-grant-programme/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer-2025" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erdera.org/call/joint-transnational-call-2026/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-04-04-two-stage" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2023" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-ind-06-08;callCode=HORIZON-HLTH-2024-IND-06;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.share4rare.org/news/3rd-share4rare-open-call-patient-driven-research-projects" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curesarcoma.org/sarcoma-research/sfa-research-grants/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-kic-call-demand-driven-research-by-consortia-s-2024-opens-this-summer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/now-open-seed-funding-for-environmental-sustainability-research.htm" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oncode.nl/research/programs/call-for-junior-oncode-investigators" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-met-bestaande-data-ronde-2" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/support/policies/talent-policies/amsterdam-umc-fellowship-1.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-partnerships-consortia-round-2023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cureswithinreach.org/wp-content/uploads/2024/05/Blood-Cancer-RFP-2024-final.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-06;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/proof-concept" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/rubicon-2023-3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-nieuwe-subsidieronde-zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-14-01?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=HEALTH&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-technology-programme-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/faculty-of-impact-life-sciences-and-health" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/en/vacatures/research/amsterdam-umc-fellowship-2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/lymphco-research-grant/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ontwikkeling-en-versterking-van-de-regionale-samenwerkingsstructuur-integraal-1?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-12-02&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/onderzoek/onderzoek-kanker-beweging-voeding/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-03;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/kick-off-grants/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-2" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/organiseren-workshop-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/sites/default/files/uploads/Documents/Calls/IHI_Call9_CallText.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultyofimpact.nl/apply-s25/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_Fellowship" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EU4H-2024-PJ-03-6?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43332642" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-02" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leukemiarf.org/research/guidelines/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/pharmanl-shared-development-infrastructure" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/funding-projects/calls/fast-track-call/fast-track-validation-programme-2026/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/tijdige-passende-zorg-voor-mensen-die-ongeneeslijk-ziek-zeer-kwetsbaar-zijn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-spring-2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-2" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/publishing-neutralnegative-results-animal-experiments-2025" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/starting-grant" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferesearchers.eu/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brancoweissfellowship.org/who-should-apply/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-tech-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebrains.eu/page/open-calls" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-05" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=LvOqQf&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC&amp;id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FSeed%20funding%20for%20Environmental%20Sustainability%20Research%2F2025%5Fround2%5FCallDocuments" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-advancing-personalised-oncology/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/venture-challenge-fall-2023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/react-nl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/subsidieregeling-veelbelovende-zorg/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/kennisontwikkeling-passende-zorg-binnen-de-wet-langdurige-zorg-ronde-2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2024-nwa-orc-2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationale-roadmap-grootschalige-wetenschappelijke-infrastructuur" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.org/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/technical-fellowships" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-envhlth-02-06-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-transition_en" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/news/2025/04/opening-industrial-phd-call-2025-incentive-collaboration-between-science-and-industry" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fit4surgery.nl/2025/11/10/onderzoeksronde-2025-2026-prehabilitatie-bij-kanker/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-stg?keywords=ERC&amp;tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/lloyd-j-old-star-program" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-pakket-25-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-14" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-inco-01-01;callCode=null;freeTextSearchKeyword=msca%20international;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://postdocs.msu.edu/2023/01/cri-immuno-informatics-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/subsidieregeling-veelbelovende-zorg-subsidieronde-10-toekenning-2024-tweede-ronde" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-immuno-oncology-research-fellowships/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-02;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-niet-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-m-2023/2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants-process/write-application/how-to-apply-application-guide" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2025-3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/evaluatie-sociale-benadering-zorg-en-ondersteuning" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies-oud/research-grant/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gatewaycr.smapply.org/prog/gfcr_all_grant_programs_-_v122023/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/pre-announcement-new-grant-round-road-2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-s" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/nl/fondsen-en-prijzen/knaw-van-walree-fonds" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2025-better-care-closer-to-home.kl" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/senior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-hematologic-malignancies-research-fellowship/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/conducting-systematic-literature-review-animal-studies-2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/zonmw-open-competitie-2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-breast-cancer-research-fellowships/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-acceleratoropen-01?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43121666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/ngf-ained-elsa-labs" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anticancerfund.org/nl/node/362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/rubicon-2023-1/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leo-foundation.org/en/grants-and-awards/research-grants/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/nwo-hop-on-call-for-researchers-based-in-ukraine" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-se-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-cofund-2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/booster-fund/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://funding.myresearchconnect.com/News/View/GRUKRES!N29383" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-science-communication-2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-0" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtsn9uRTIcN1Ct1PbkX1BxtBUOFMzSEdFTFE0RjY0NkoxUjFQV0tUWE1GUi4u" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2022-se-01-01;callCode=null;freeTextSearchKeyword=staff;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-veni-zonmw-2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esh.org/john-goldman-award-2/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/veni" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/impact-explorer" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/news/new-eu4health-calls-proposals-under-2025-work-programme-2025-09-23_en" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/marie-skodowska-curie-postdoctoral-fellowships.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/road-new-grant-round-expected-open-27-january-2026" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research-support/grants/about-research-grant-support.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-subsidieoproepen-beterlatenbeterdoen-passende-zorg-de-verpleging-en" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-organisatie-van-kortdurende-herstelgerichte-zorg?utm_campaign=Kwaliteit+van+Zorg&amp;utm_content=kvz-2024-07-01&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-voorjaar-2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/summit-grant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2023/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-poc?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=relevance&amp;keywords=ERC&amp;isExactMatch=true&amp;status=31094501,31094502&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/bob-pinedo-cancer-care-award" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/grants/implementation-research-cancer" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-john-and-elizabeth-leonard-family-foundation-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xs-2026-pakket-26-1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://funding.myresearchconnect.com/News/View/GRUKRES!N29515" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/zonmw-open-competitie-2023/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mauritsenannadekockstichting.nl/aanvraagprocedure/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/bilateral-collaborative-grant/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nuovo-soldati.ch/en/candidature.php" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ai4life.eurobioimaging.eu/second-open-call/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/goed-gebruik-geneesmiddelen-grote-trials-ronde-6/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-academic-clinical-trials-program" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/subsidieaanvragen/medewerker/impact-call/impact-call.html?utm_campaign=onderzoekers%20AUF%20Impact%20Call%202024&amp;utm_source=deployteq&amp;utm_medium=e-mail&amp;cb" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professional.dkms.org/research-publications/research-grant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novonordiskfonden.dk/en/grant/novo-nordisk-prize-2025/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/young-investigator-grant" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nierstichting.nl/onderzoekers/grants-aanvragen/kolff-programma-2026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/calls-tenders/eic-pathfinder-challenge-precision-nutrition_en" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-young-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Mission-Cancer.aspx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-xl-ronde-2025-2026" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/immuno-informatics-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidie-en-sponsoring/gastrostart" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/demonstrator-2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-think-forward-foundation-career-development-award/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-poc;callCode=null;freeTextSearchKeyword=ERC%20proof;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%20-%25" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eso.net/en/what-we-do/clinical-training-centres/fellowship-programme-doctors/1-5042-1-" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/starter-grant-in-amsterdam-umc.htm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppermed.eu/jtc2024/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/exploration" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme-vici-science-2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stipendien.oeaw.ac.at/en/fellowships/apart-mint" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ibro.org/grants-training/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-doctoral-networks-2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alexslemonade.org/researchers-reviewers/applicants" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/nl/PPS-Programma2026" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemeso.org/research-grants/research-funding/grants-by-the-mesothelioma-applied-research-foundation/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knaw.nl/fondsen-en-prijzen/knaw-early-career-award" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michaelfonds.nl/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrahope.org/research/for-researchers/apply/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tegenkanker.nl/wp-content/uploads/2025/11/Onderzoeksronde-prehabilitatie-2025.pdf?pk_vid=f3ca4109b26b966c1767867774dca1d3" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/boost" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/bouwen-aan-de-businesscase-van-preventie-passend-bewijs-voor-preventieve-maatregelen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-05;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://villajoep.nl/onderzoek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/pipeline" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regieorgaan-sia.nl/financiering/kiem/kiem-hightech/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mark-foundation-chemistry-in-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/subsidieoproepen-op-uitnodiging/detail/item/goed-gebruik-hulpmiddelenzorg-thuis-open-ronde-5-onderzoek-naar-de-effectiviteit-en-kosten-van-hu/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-innovation-grant.htm" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/rubicon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-policy/our-grant-programmes/inspire-research-challenge/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-career-development-program-cdp" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-neutralenegatieve-dierexperimentele-resultaten-2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-tool-05-06-two-stage;callCode=HORIZON-HLTH-2024-TOOL-05-two-stage;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=310945" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-02;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/vidi.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2024-08-03-two-stage" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2025-transitionopen" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoeksconsortia-voor-passend-zorgaanbod-over-de-gehele-zorgketen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regulatoire-innovatie-voor-toekomstige-therapieen-versnellen-versterken-en-samenwerken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openscience.nl/calls/open-science-infrastructuur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.c-further.org/work-with-us/researchers/expressions-of-interest" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arsdonandi.nl/donatie-aanvragen/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards-to-promote-diversity-and-inclusion/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-01" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-11" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/financiering/organ-chip-call" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=GqvfaLsRxky-tSjXVphPtl-Br4olIS9HhsD3Tj30l5pUNTFCVDhBVE5CRUJaVlYzSjYzWEZWUUlVNi4u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/calls/msca-postdoctoral-fellowships-2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/ggh-open-ronde-7" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-nextgen-grant-for-transformative-cancer-research-in-honor-of-nancy-e-davidson-md/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nielsstensenfellowship.nl/how-to-apply" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nanostring.com/nanostring-and-eacr-cosmx-spatial-molecular-imager-grant/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidie/off-road-2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xs-package-25-2" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/phd-student/trajectory/amsterdam-umc-foundation-young-talent-fund.htm" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/open-ronde-15" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/news/clinical-fellows-reopens-applications-12-september-onwards" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlds.nl/wetenschappelijk-onderzoek/voor-onderzoekers/subsidielijn/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/amsterdam-umc-postdoc-career-bridging-grant.htm" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/en/subsidy/zonmw-open-competition-2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rivkin.org/science-research/apply-for-funding" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/methodologie-voor-waardebepaling-van-technologieen-ingezet-binnen-de-niet-curatieve-zorg/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/eu4h-2023-pj-07;callCode=EU4H-2023-PJ;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;prog" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-endometrial-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curesearch.org/Research/rfas/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwo-talent-programme" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/advanced-grant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/take-off-phase-1-feasibility-studies-wo-2026" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/27-februari-openstelling-projectidee-voor-zonmw-open-competitie-ronde-2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zorginstituutnederland.nl/werkagenda/veelbelovende-zorg/tijdspad-subsidierondes" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder/eic-pathfinder-challenges-2025_en" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clip" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/rubicon-2026-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/publiceren-negatieveneutrale-dierexperimentele-data" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hematology.org/awards/career-enhancement-and-training/global-research-award" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janivostichting.nl/aanvragen/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-13-01" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/researchprogrammes/research-infrastructure-ri-national-consortia" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/en/research-and-grants/paul-fentener-van-vlissingen-fellowship/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcrt.org.uk/research/for-researchers/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/methodologieontwikkeling-ten-behoeve-van-passende-zorg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/2023-esaic-grants/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-competitie-enw" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/personalized-treatment-approaches/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-john-robert-lewis/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iaslc.secure-platform.com/researchgrants/page/Grant_Guidelines/IASLC_CAG" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/research-infrastructure-ri-national-consortia-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2023-cancer-01-04;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094502;programmePeriod=2021%20-%202027;prog" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/challenge-call-revolutionising-cancer-care/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/uitvoeren-systematisch-literatuuronderzoek-dierstudies-2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-stayhlth-01-05-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programme" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihi.europa.eu/apply-funding/ihi-call-10" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-lobular-breast-cancer-alliance-aacr-cda/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.steinerstiftung.unibe.ch/guidelines.aspx?AspxAutoDetectCookieSupport=1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leren-transformeren-van-zorg-naar-gezondheid" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=25102023&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/subsidie-beschikbaar-voor-optimalisatie-vroege-opsporing-van-ziekten" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/subsidies-en-prijzen/nvge-research-award" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaslc.org/iaslcfoundation/research-funding-opportunities" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/about/organization/startstipendium-for-early-career-talents-from-the-amsterdam-university-fund.htm" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-characterization-of-rare-melanoma-preclinical-models" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-competitie-enw-m-2025/2026" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/postdoctoral-fellowships" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/calls-proposals/eu4health-call-proposals-support-establishment-new-networks-expertise-cancer-and-cancer-conditions_en" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvmo.org/nvmo/nvmo-prijzen/pieter-de-mulder-award/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501;programmePeriod=null;programCcm2Id=4" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/drug-development-project" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themmrf.org/finding-a-cure/our-work/research-grants/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/esmo-research" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/nationaal-groeifonds/ained/ained-xs-europa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/amsterdam-gastroenterology-endocrinology-metabolism/grants/internal/the-agem-talent-development-grant-.htm" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/grote-trials-ronde-7" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2025-nwa-orc-2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hersenstichting.nl/subsidies/subsidieprogramma-op-weg-naar-genezing/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eithealth.eu/programmes/flagship-hub/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/fanconi-aacr-nextgen-grant-transformative-cancer-research/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-03;callCode=HORIZON-INFRA-2024-DEV-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/programma/preventieprogramma-2023-2026" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/research-initiated-ronde-1-bewegen-naar-passende-zorg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/fundamenteel-onderzoek/programmas/programma-detail/veni/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/clinical-innovator" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-miss-2024-cancer-01-03" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancergrandchallenges.org/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-non-small-cell-lung-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hesithrive.org/guidelines/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwa-wetenschapscommunicatie-2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asco.org/career-development/grants-awards/funding-opportunities/career-development-award" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/mra-general-rfp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-netwerksubsidies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eurekanetwork.org/programmes/eurostars/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lymph-co.com/onderzoek-en-subsidies/research-grant/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/onderzoek-op-routes-door-consortia-2026" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/announcement-of-the-joint-transnational-call-for-proposals-healthcare-of-the-future-.kl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/create2solve-2023-phase-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehaweb.org/research/grants/research-grants/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-sklodowska-curie-actions.ec.europa.eu/actions/cofund" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/implementation-of-biomarkers-2026" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/regionale-data-oplossingen-voor-medisch-specialistische-zorg-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/open-competition-domain-science-xl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fwo.be/en/fellowships-funding/postdoctoral-fellowships/junior-postdoctoral-fellowship/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/poc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/open-mind-2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyfoundation.org/become-a-rally-funded-researcher/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcgh.grandchallenges.org/grant-opportunities" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sareurope.eu/msca4ukraine/information-for-applicants/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/personalised-medicine-farmacogenetica" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-08-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/drug-rediscovery-ronde-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2023-adg;callCode=null;freeTextSearchKeyword=erc%20advanced;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=2021%252" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/fellowships-goed-gebruik-hulpmiddelenzorg-thuis-ggh-ronde-2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/doelmatigheidsonderzoek-open-ronde-2026-0?utm_campaign=DoelmatigheidsOnderzoek&amp;utm_content=14122021&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-medicines-from-medicines-knowledge-development-for-circular-redesign-of-the-pharmaceutical-supplychain" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/breast-cancer-research-foundation-aacr-career-development-awards/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elhks.de/en/aktuell-fp24/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/erc-2024-syg?tenders=false&amp;forthcoming=false&amp;frameworkProgramme=43108390&amp;programmePart=43108406" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/onderzoek-naar-passende-palliatieve-zorg-0" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-pps" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-advancing-drug-discovery-acral-uveal-melanoma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/klinische-fellows-2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esaic.org/research/esaic-grants/bja-esaic-grants/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/kic-demand-driven-research-by-consortia-xl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://old-prod.asco.org/career-development/grants-awards/funding-opportunities/young-investigator-award" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/final-round-of-aspasia-opens-this-summer" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2024-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094503,31094501;programmePeriod=null;" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearchuk.org/funding-for-researchers/our-funding-schemes/therapeutic-catalyst" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thcspartnership.eu/funding/jtc-2026-access-to-care.kl" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://funding.myresearchconnect.com/News/View/GRUKRES!N29365" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldwidecancerresearch.org/for-researchers/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/palliative-care" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-mpm-oncology-charitable-foundation-transformative-cancer-research-grants/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cure.pcf.org/site/DocServer/2024_Challenge_Award_RFA_2.20.24.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/take-off" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/pipeline" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/imdi-technologie-voor-bemensbare-zorg-vraaggestuurde-innovaties" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nias.knaw.nl/fellowships/loreal-unesco-women-science-fellowship-fwis/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-smart-tech-for-everyone-everywhere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsbr.nl/information-for-the-applicant/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auf.nl/en/apply-for-a-grant/staff/auf-impact-call-2024/auf-impact-call-2024.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cholangiocarcinoma.org/fellowship-program/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.renevogelsstichting.nl/beurs-aanvragen/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-infra-2024-dev-01-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2;statusCodes=31094502,31094503,31094501;programmePeriod=" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/voorbereidende-implementatieactiviteiten-ronde-2-medisch-specialistische-zorg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/%F0%9F%93%A2-Now-Open--Internal-grant-for-Horizon-Europe-Cluster-Health-proposals.aspx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2023-disease-07-01;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeriod=null" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damonrunyon.org/for-scientists/application-guidelines/fellowship/forms" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/innovatieve-verpleegkundige-en-verzorgende-passende-zorg-goede-voorbeelden" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/call-smart-measurement-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2026" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cff.org/researchers/multiple-principal-investigator-award" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hadea.ec.europa.eu/programmes/eu4health/calls-and-contracts/tentative-calendar_en" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lls.org/research/apply-discovery-grant-program" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-anna-d-barker-basic-cancer-research-fellowship/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-eic-2023-pathfinderopen-01-01;callCode=null;freeTextSearchKeyword=pathfinder;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;p" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curemelanoma.org/research/request-for-proposals/next-steps-program/priority-area-announcement-melanoma-biomarker-development" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-cofund-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePerio" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-langetermijnprogrammas-strategiegedreven-consortia-met-impact" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/MSCA/MSCADN%20Documents/Forms/AllItems.aspx?csf=1&amp;web=1&amp;e=lmqZ6P&amp;FolderCTID=0x012000FF82F294D401FD47B4DF4CD1F4CD110B&amp;id=%2Fsites%2FMSCA%2FMSCADN%20Documents%2FRGS%20CCS%2DDocNet%20%28internal%20grant%20for%20Consortium%20Coordination%20Support%29" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/all-funding-options" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-dn-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/funding-opportunities/tki-match" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/experimenten-alternatieve-bekostiging-de-palliatieve-zorg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/psider-top-projecten" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungevity.org/research/translational-science-research-award-programs/applying-for-lungevity-research-award" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-gertrude-b-elion-cancer-research-award-2/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/biomarkers2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancergrandchallenges.org/new-challenges-2023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/consolidator-grant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/news/pre-announcement-developing-future-proof-high-tech-equipment" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/nwo-talentprogramma-vidi-exacte-en-natuurwetenschappen-enw-2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/victorias-secret-global-fund-for-womens-cancers-career-development-award-in-partnership-with-pelotonia-and-aacr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thebraintumourcharity.org/funding-for-brain-tumour-researchers/research-grants/translational-award/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hersentumorfonds.org/call-for-proposals/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-disease-03-14-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmeP" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/inter-local" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/lustgarten-foundation-aacr-career-development-award-for-pancreatic-cancer-research-in-honor-of-ruth-bader-ginsburg/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/artikel/stand-van-zaken-ggg-subsidierondes?utm_campaign=geneesmiddelen&amp;utm_content=30042024&amp;utm_source=nieuwsbrief&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/mozaiek-20-2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/proofofconcept?WebID=a09b634e57c80a55f7d7680ba383f3da83386a459296615540ced2aff712c241&amp;conversion_tags=Nieuws_van_KWF_Onderzoekers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/young-investigator-programme/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-astrazeneca-career-development-award-physician-scientists-jose-baselga/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://themarkfoundation.org/endeavor/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concernfoundation.org/apply-for-a-grant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/perspectief-round-2025-2026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kika.nl/sites/default/files/assets/images/Funding%20options%20and%20application%20procedures%20begin%202023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2F2025%5Fround5%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporate.eppendorf.com/en/company/scientific-awards/european-award/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-technologieprogramma" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcrf.org/research-we-fund/grant-programmes/apply-for-a-research-grant/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embo.org/funding/fellowships-grants-and-career-support/postdoctoral-fellowships/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/goed-gebruik-geneesmiddelen-implementatie-ronde-3" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies/openstaande-subsidieoproepen/detail/item/nwo-talentprogramma-vici-2023/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/themas/overzicht-themas/innovatieprojecten2023.htm" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uicc.org/what-we-do/member-benefits/learning-and-development/fellowships/yamagiwa-yoshida-memorial" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ammodo-science-award.org/en/fellowship/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/en/application" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://funding.myresearchconnect.com/News/View/GRUKRES!N29383" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/onderzoek-resultaten/doelmatigheidsonderzoek/programmas/programma-detail/goed-gebruik-hulpmiddelenzorg/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/ngf-ained-xs-europa-24-2" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dioraphte.nl/en/science-and-research/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-holland.com/nl/international-kickstarter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://werkenbij.amsterdamumc.org/nl/vacatures/research/amsterdam-umc-fellowship-2023?utm_campaign=google_jobs_apply&amp;utm_source=google_jobs_apply&amp;utm_medium=organic" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERC-2025-POC?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;isExactMatch=true&amp;status=31094502&amp;programmePeriod=2021%20-%202027&amp;frameworkProgramme=43108390" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erc.europa.eu/apply-grant/synergy-grant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era4health.eu/nanotecmec-2024/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esf.org/funding-programmes/fight-kids-cancer-2023-2024-call-for-proposals/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/development" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/dutch-research-agenda-research-along-routes-by-consortia-2023-nwa-orc-2023" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/en/forresearchers/funding/ltp-biomarkers-2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/en/calls/nwa-innovative-projects-within-routes" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.risingtide-foundation.org/clinical-cancer-research-how-to-apply/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvge.nl/prijzen-en-subsidies/gastrostart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-hlth-2024-care-04-04-two-stage;callCode=null;freeTextSearchKeyword=;matchWholeText=true;typeCodes=0,1,2,8;statusCodes=31094501,31094502;programmePeri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanarthfonds.nl/nl/aanvraag" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/ClusterHealth/SitePages/Cluster-Health.aspx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/venture-challenge-najaar-2025?utm_campaign=nwo-nieuwsbrief&amp;utm_medium=newsletter&amp;utm_source=mailing&amp;utm_content=2025-09" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-grant-for-innovative-bladder-cancer-research/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-kwf-review.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/vooraankondiging-ronde-2-implementatie-van-kennis-en-interventies-de-praktijk" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/kic-next-generation-infrastructures-responsible-transformations" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pancreasfoundation.org/physician-programs/research-grants-awardees/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/calls/take-off-fase-1-haalbaarheidsstudies-wo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancerresearch.org/cri-irvington-postdoctoral-fellowship" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esmo.org/career-development/oncology-fellowships/fellowship-offers/jose-baselga-fellowship-for-clinician-scientists" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/StichtingSachaSwarttouwHijmans/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/pharmanl-shared-development-infrastructure-2025-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-office/grant-support/veni.htm" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-ju-ihi-2023-05-04" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsterdamumc.sharepoint.com/sites/AUMC_internal_grants/Documenten/Forms/AllItems.aspx?id=%2Fsites%2FAUMC%5Finternal%5Fgrants%2FDocumenten%2FPostdoc%20Career%20Bridging%20Grant%2FOPEN%5F2026%5Fround6%5FCallDocuments&amp;viewid=1ff7578f%2D02f9%2D4f5c%2D868d%2D5d697c2e69be&amp;csf=1&amp;web=1&amp;e=9VQuzT&amp;FolderCTID=0x012000FFFD43F01967CA4D95524AD16967EDFC" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=GqvfaLsRxky-tSjXVphPtsBkwcSXaMFMtnfKxrGGFC5URjBGWUs4SVpMS0RLSjdHRU5TWVlIUEtJRi4u&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwo.nl/onderzoeksprogrammas/open-mind" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-msca-2023-pf-01-01;callCode=null;freeTextSearchKeyword=msca;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=20" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidies?f%5B0%5D=subsidy_programs%3A17554&amp;f%5B1%5D=subsidy_programs%3A17554" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amsterdamumc.org/en/research/institutes/cancer-center-amsterdam/grant-information-1/internal-grants-2.htm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorectalcancer.org/research/research-investments/project-cure-crc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/subsidie/leefstijl-de-zorg-implementatie-impact" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kwf.nl/onderzoek/financieringsinformatie/financieringsmogelijkheden" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissbridge.ch/call-for-application" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lungcancerresearchfoundation.org/research/funding-opportunities-late-2025/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfg.de/en/research-funding/funding-opportunities/countries-regions/nwo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lsbr.nl/applyforfunding" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zonmw.nl/nl/nieuws/nieuw-programma-over-terugkeer-naar-werk-met-na-kanker?utm_campaign=Preventienieuwsbrief+oktober+23&amp;utm_content=Preventienieuwsbrief+oktober+23&amp;utm_source=Preventienieuwsbrief+oktober+23&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canserv.eu/calls/open-call-for-transnational-service-provision/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tulpintranet.nl/nieuws/breng-jouw-idee-tot-leven-met-de-innovatiesubsidie.htm" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aacr.org/grants/aacr-conquer-cancer-the-asco-foundation-young-investigator-award-for-translational-cancer-research/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.febs.org/funding/excellence-awards/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lls.org/research/apply-translational-research-program-trp" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.amc.nl/web/organisatie/clusters/afdelingsoverzicht/research-policy/incentive-arrangements/marie-skodowska-curie-actions-doctoral-networks.htm" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eic.ec.europa.eu/eic-funding-opportunities/eic-pathfinder_en" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kika.nl/subsidieaanvraag" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aicr.org/research/grant-programs/investigator-initiated/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH494"/>
+  <dimension ref="A1:AH498"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A265" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E439" sqref="E439"/>
+    <sheetView tabSelected="1" topLeftCell="A418" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="E461" sqref="E460:E461"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.109375" style="5"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="5.5546875" style="91" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="5"/>
+    <col min="2" max="2" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="91" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" style="91" customWidth="1"/>
     <col min="5" max="5" width="108" style="6" customWidth="1"/>
-    <col min="6" max="6" width="5.6640625" style="266" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="16384" width="9.109375" style="5"/>
+    <col min="6" max="6" width="5.7109375" style="263" customWidth="1"/>
+    <col min="7" max="7" width="118.42578125" style="5" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="114" customWidth="1"/>
+    <col min="9" max="9" width="114.7109375" style="5" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="B2" s="317" t="s">
+    <row r="1" spans="2:9" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:9" ht="20.25" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="319" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="318"/>
-[...7 lines deleted...]
-    <row r="3" spans="2:9" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="320"/>
+      <c r="D2" s="320"/>
+      <c r="E2" s="320"/>
+      <c r="F2" s="320"/>
+      <c r="G2" s="320"/>
+      <c r="H2" s="320"/>
+      <c r="I2" s="321"/>
+    </row>
+    <row r="3" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="92" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="92"/>
       <c r="E3" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="267"/>
+      <c r="F3" s="264"/>
       <c r="G3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="115"/>
       <c r="I3" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C4" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="93"/>
       <c r="E4" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="268"/>
+      <c r="F4" s="265"/>
       <c r="G4" s="11"/>
       <c r="H4" s="116"/>
       <c r="I4" s="12" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B5" s="13"/>
       <c r="C5" s="93"/>
       <c r="D5" s="93"/>
       <c r="E5" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="268"/>
+      <c r="F5" s="265"/>
       <c r="G5" s="15"/>
       <c r="H5" s="117"/>
       <c r="I5" s="16"/>
     </row>
-    <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B6" s="17">
         <v>2023</v>
       </c>
       <c r="C6" s="94" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="97"/>
       <c r="E6" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="F6" s="269"/>
+      <c r="F6" s="266"/>
       <c r="G6" s="20" t="s">
         <v>27</v>
       </c>
       <c r="H6" s="118"/>
       <c r="I6" s="12" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B7" s="21"/>
       <c r="C7" s="95"/>
-      <c r="D7" s="241"/>
+      <c r="D7" s="238"/>
       <c r="E7" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="270"/>
+      <c r="F7" s="267"/>
       <c r="G7" s="22"/>
       <c r="H7" s="119"/>
       <c r="I7" s="16"/>
     </row>
-    <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21"/>
       <c r="C8" s="95"/>
-      <c r="D8" s="241"/>
+      <c r="D8" s="238"/>
       <c r="E8" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="F8" s="270"/>
+      <c r="F8" s="267"/>
       <c r="G8" s="23" t="s">
         <v>55</v>
       </c>
       <c r="H8" s="120"/>
       <c r="I8" s="24" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21"/>
       <c r="C9" s="95"/>
-      <c r="D9" s="241"/>
+      <c r="D9" s="238"/>
       <c r="E9" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="270"/>
+      <c r="F9" s="267"/>
       <c r="G9" s="22"/>
       <c r="H9" s="119"/>
       <c r="I9" s="25" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B10" s="21"/>
       <c r="C10" s="95"/>
       <c r="D10" s="97"/>
       <c r="E10" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="269"/>
+      <c r="F10" s="266"/>
       <c r="G10" s="22"/>
       <c r="H10" s="119"/>
       <c r="I10" s="24" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B11" s="21"/>
       <c r="C11" s="95"/>
-      <c r="D11" s="241"/>
+      <c r="D11" s="238"/>
       <c r="E11" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="F11" s="270"/>
+      <c r="F11" s="267"/>
       <c r="G11" s="22"/>
       <c r="H11" s="119"/>
       <c r="I11" s="16"/>
     </row>
-    <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B12" s="21"/>
       <c r="C12" s="95"/>
-      <c r="D12" s="241"/>
+      <c r="D12" s="238"/>
       <c r="E12" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="270"/>
+      <c r="F12" s="267"/>
       <c r="G12" s="22"/>
       <c r="H12" s="121"/>
       <c r="I12" s="26" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" s="21"/>
       <c r="C13" s="95"/>
-      <c r="D13" s="241"/>
+      <c r="D13" s="238"/>
       <c r="E13" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="270"/>
+      <c r="F13" s="267"/>
       <c r="G13" s="22"/>
       <c r="H13" s="119"/>
       <c r="I13" s="16"/>
     </row>
-    <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B14" s="21"/>
       <c r="C14" s="95"/>
       <c r="D14" s="97"/>
       <c r="E14" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="269"/>
+      <c r="F14" s="266"/>
       <c r="G14" s="22"/>
       <c r="H14" s="119"/>
       <c r="I14" s="16"/>
     </row>
-    <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" s="21"/>
       <c r="C15" s="95"/>
-      <c r="D15" s="241"/>
+      <c r="D15" s="238"/>
       <c r="E15" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="F15" s="270"/>
+      <c r="F15" s="267"/>
       <c r="G15" s="22"/>
       <c r="H15" s="119"/>
       <c r="I15" s="16"/>
     </row>
-    <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B16" s="21"/>
       <c r="C16" s="95"/>
-      <c r="D16" s="241"/>
+      <c r="D16" s="238"/>
       <c r="E16" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="F16" s="270"/>
+      <c r="F16" s="267"/>
       <c r="G16" s="22"/>
       <c r="H16" s="119"/>
       <c r="I16" s="16"/>
     </row>
-    <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B17" s="21"/>
       <c r="C17" s="95"/>
-      <c r="D17" s="241"/>
+      <c r="D17" s="238"/>
       <c r="E17" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="F17" s="270"/>
+      <c r="F17" s="267"/>
       <c r="G17" s="22"/>
       <c r="H17" s="119"/>
       <c r="I17" s="16"/>
     </row>
-    <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B18" s="21"/>
       <c r="C18" s="95"/>
       <c r="D18" s="97"/>
       <c r="E18" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="F18" s="269"/>
+      <c r="F18" s="266"/>
       <c r="G18" s="22"/>
       <c r="H18" s="119"/>
       <c r="I18" s="16"/>
     </row>
-    <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B19" s="18"/>
       <c r="C19" s="96" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="96"/>
       <c r="E19" s="27" t="s">
         <v>64</v>
       </c>
-      <c r="F19" s="271"/>
+      <c r="F19" s="268"/>
       <c r="G19" s="20" t="s">
         <v>87</v>
       </c>
       <c r="H19" s="122"/>
       <c r="I19" s="28" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21"/>
       <c r="C20" s="97"/>
       <c r="D20" s="97"/>
       <c r="E20" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="272"/>
+      <c r="F20" s="269"/>
       <c r="G20" s="20" t="s">
         <v>86</v>
       </c>
       <c r="H20" s="123"/>
       <c r="I20" s="30"/>
     </row>
-    <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21"/>
       <c r="C21" s="97"/>
       <c r="D21" s="97"/>
       <c r="E21" s="29" t="s">
         <v>70</v>
       </c>
-      <c r="F21" s="272"/>
+      <c r="F21" s="269"/>
       <c r="G21" s="23" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="123"/>
       <c r="I21" s="30" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B22" s="21"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="272"/>
+      <c r="F22" s="269"/>
       <c r="G22" s="23" t="s">
         <v>31</v>
       </c>
       <c r="H22" s="123"/>
       <c r="I22" s="31"/>
     </row>
-    <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B23" s="21"/>
       <c r="C23" s="98"/>
       <c r="D23" s="98"/>
       <c r="E23" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="F23" s="272"/>
+      <c r="F23" s="269"/>
       <c r="G23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="123"/>
       <c r="I23" s="31"/>
     </row>
-    <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B24" s="21"/>
       <c r="C24" s="97"/>
       <c r="D24" s="97"/>
       <c r="E24" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="F24" s="272"/>
+      <c r="F24" s="269"/>
       <c r="G24" s="23" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="123"/>
       <c r="I24" s="31"/>
     </row>
-    <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B25" s="21"/>
       <c r="C25" s="97"/>
       <c r="D25" s="97"/>
       <c r="E25" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="F25" s="272"/>
+      <c r="F25" s="269"/>
       <c r="G25" s="23" t="s">
         <v>81</v>
       </c>
       <c r="H25" s="123"/>
       <c r="I25" s="31"/>
     </row>
-    <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B26" s="21"/>
       <c r="C26" s="97"/>
       <c r="D26" s="97"/>
       <c r="E26" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="F26" s="272"/>
+      <c r="F26" s="269"/>
       <c r="G26" s="23" t="s">
         <v>104</v>
       </c>
       <c r="H26" s="123"/>
       <c r="I26" s="31"/>
     </row>
-    <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B27" s="4"/>
       <c r="C27" s="99"/>
       <c r="D27" s="99"/>
       <c r="E27" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="F27" s="273"/>
+      <c r="F27" s="270"/>
       <c r="G27" s="33"/>
       <c r="H27" s="124"/>
       <c r="I27" s="34"/>
     </row>
-    <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C28" s="100" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="97"/>
       <c r="E28" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="F28" s="269"/>
+      <c r="F28" s="266"/>
       <c r="G28" s="23" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="120"/>
       <c r="I28" s="16"/>
     </row>
-    <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B29" s="21"/>
       <c r="C29" s="101"/>
       <c r="D29" s="97"/>
       <c r="E29" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="F29" s="269"/>
+      <c r="F29" s="266"/>
       <c r="G29" s="23"/>
       <c r="H29" s="120"/>
       <c r="I29" s="16"/>
     </row>
-    <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B30" s="21"/>
       <c r="C30" s="101"/>
       <c r="D30" s="97"/>
       <c r="E30" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="F30" s="269"/>
+      <c r="F30" s="266"/>
       <c r="G30" s="23"/>
       <c r="H30" s="120"/>
       <c r="I30" s="16"/>
     </row>
-    <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B31" s="21"/>
       <c r="C31" s="101"/>
       <c r="D31" s="101"/>
       <c r="E31" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="F31" s="270"/>
+      <c r="F31" s="267"/>
       <c r="G31" s="23"/>
       <c r="H31" s="120"/>
       <c r="I31" s="16"/>
     </row>
-    <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21"/>
       <c r="C32" s="101"/>
       <c r="D32" s="101"/>
       <c r="E32" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F32" s="270"/>
+      <c r="F32" s="267"/>
       <c r="G32" s="23" t="s">
         <v>105</v>
       </c>
       <c r="H32" s="120"/>
       <c r="I32" s="16"/>
     </row>
-    <row r="33" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B33" s="21"/>
       <c r="C33" s="101"/>
       <c r="D33" s="101"/>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="F33" s="270"/>
+      <c r="F33" s="267"/>
       <c r="G33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="120"/>
       <c r="I33" s="16"/>
     </row>
-    <row r="34" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B34" s="21"/>
       <c r="C34" s="101"/>
       <c r="D34" s="101"/>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="F34" s="270"/>
+      <c r="F34" s="267"/>
       <c r="G34" s="23"/>
       <c r="H34" s="120"/>
       <c r="I34" s="16"/>
     </row>
-    <row r="35" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21"/>
       <c r="C35" s="101"/>
       <c r="D35" s="101"/>
       <c r="E35" s="10" t="s">
         <v>150</v>
       </c>
-      <c r="F35" s="270"/>
+      <c r="F35" s="267"/>
       <c r="G35" s="23"/>
       <c r="H35" s="120"/>
       <c r="I35" s="16"/>
     </row>
-    <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B36" s="21"/>
       <c r="C36" s="101"/>
       <c r="D36" s="101"/>
       <c r="E36" s="10" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="270"/>
+      <c r="F36" s="267"/>
       <c r="G36" s="35"/>
       <c r="H36" s="125"/>
       <c r="I36" s="16"/>
     </row>
-    <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B37" s="36"/>
       <c r="C37" s="102" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="102"/>
       <c r="E37" s="27" t="s">
         <v>63</v>
       </c>
-      <c r="F37" s="271"/>
+      <c r="F37" s="268"/>
       <c r="G37" s="20" t="s">
         <v>118</v>
       </c>
       <c r="H37" s="122"/>
       <c r="I37" s="37"/>
     </row>
-    <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2"/>
       <c r="C38" s="93"/>
       <c r="D38" s="93"/>
       <c r="E38" s="29" t="s">
         <v>140</v>
       </c>
-      <c r="F38" s="272"/>
+      <c r="F38" s="269"/>
       <c r="G38" s="23"/>
       <c r="H38" s="123"/>
       <c r="I38" s="31"/>
     </row>
-    <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2"/>
       <c r="C39" s="93"/>
       <c r="D39" s="93"/>
       <c r="E39" s="29" t="s">
         <v>144</v>
       </c>
-      <c r="F39" s="272"/>
+      <c r="F39" s="269"/>
       <c r="G39" s="23"/>
       <c r="H39" s="123"/>
       <c r="I39" s="31"/>
     </row>
-    <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B40" s="2"/>
       <c r="C40" s="93"/>
       <c r="D40" s="93"/>
       <c r="E40" s="29" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="272"/>
+      <c r="F40" s="269"/>
       <c r="G40" s="23" t="s">
         <v>119</v>
       </c>
       <c r="H40" s="123"/>
       <c r="I40" s="31"/>
     </row>
-    <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B41" s="2"/>
       <c r="C41" s="93"/>
       <c r="D41" s="93"/>
       <c r="E41" s="29" t="s">
         <v>128</v>
       </c>
-      <c r="F41" s="272"/>
+      <c r="F41" s="269"/>
       <c r="G41" s="23"/>
       <c r="H41" s="123"/>
       <c r="I41" s="31"/>
     </row>
-    <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2"/>
       <c r="C42" s="93"/>
       <c r="D42" s="93"/>
       <c r="E42" s="29" t="s">
         <v>130</v>
       </c>
-      <c r="F42" s="272"/>
+      <c r="F42" s="269"/>
       <c r="G42" s="23" t="s">
         <v>120</v>
       </c>
       <c r="H42" s="123"/>
       <c r="I42" s="30" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2"/>
       <c r="C43" s="93"/>
       <c r="D43" s="93"/>
       <c r="E43" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="F43" s="272"/>
+      <c r="F43" s="269"/>
       <c r="G43" s="35"/>
       <c r="H43" s="126"/>
       <c r="I43" s="30" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2"/>
       <c r="C44" s="93"/>
       <c r="D44" s="93"/>
       <c r="E44" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="F44" s="272"/>
+      <c r="F44" s="269"/>
       <c r="G44" s="23" t="s">
         <v>88</v>
       </c>
       <c r="H44" s="123"/>
       <c r="I44" s="30"/>
     </row>
-    <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2"/>
       <c r="C45" s="93"/>
       <c r="D45" s="93"/>
       <c r="E45" s="29" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="272"/>
+      <c r="F45" s="269"/>
       <c r="G45" s="23" t="s">
         <v>161</v>
       </c>
       <c r="H45" s="123"/>
       <c r="I45" s="30"/>
     </row>
-    <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2"/>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="29" t="s">
         <v>134</v>
       </c>
-      <c r="F46" s="272"/>
+      <c r="F46" s="269"/>
       <c r="G46" s="23" t="s">
         <v>106</v>
       </c>
       <c r="H46" s="123"/>
       <c r="I46" s="30"/>
     </row>
-    <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2"/>
       <c r="C47" s="93"/>
       <c r="D47" s="93"/>
       <c r="E47" s="29" t="s">
         <v>135</v>
       </c>
-      <c r="F47" s="272"/>
+      <c r="F47" s="269"/>
       <c r="G47" s="23"/>
       <c r="H47" s="123"/>
       <c r="I47" s="30"/>
     </row>
-    <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2"/>
       <c r="C48" s="103"/>
       <c r="D48" s="103"/>
       <c r="E48" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F48" s="272"/>
+      <c r="F48" s="269"/>
       <c r="G48" s="33"/>
       <c r="H48" s="124"/>
       <c r="I48" s="38" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C49" s="96" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="96"/>
       <c r="E49" s="39" t="s">
         <v>165</v>
       </c>
-      <c r="F49" s="274"/>
+      <c r="F49" s="271"/>
       <c r="G49" s="40"/>
       <c r="H49" s="121"/>
       <c r="I49" s="12" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B50" s="21"/>
       <c r="C50" s="97"/>
       <c r="D50" s="97"/>
       <c r="E50" s="41"/>
-      <c r="F50" s="275"/>
+      <c r="F50" s="272"/>
       <c r="G50" s="40"/>
       <c r="H50" s="121"/>
       <c r="I50" s="42" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B51" s="21"/>
       <c r="C51" s="97"/>
       <c r="D51" s="97"/>
       <c r="E51" s="10"/>
-      <c r="F51" s="276"/>
+      <c r="F51" s="273"/>
       <c r="G51" s="43" t="s">
         <v>160</v>
       </c>
       <c r="H51" s="127"/>
       <c r="I51" s="24" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B52" s="4"/>
       <c r="C52" s="97"/>
       <c r="D52" s="97"/>
       <c r="E52" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="F52" s="277"/>
+      <c r="F52" s="274"/>
       <c r="G52" s="44"/>
       <c r="H52" s="128"/>
       <c r="I52" s="42" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C53" s="94" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="97"/>
       <c r="E53" s="45" t="s">
         <v>146</v>
       </c>
-      <c r="F53" s="276"/>
+      <c r="F53" s="273"/>
       <c r="G53" s="46"/>
       <c r="H53" s="129"/>
       <c r="I53" s="12" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B54" s="2"/>
       <c r="C54" s="95"/>
       <c r="D54" s="101"/>
       <c r="E54" s="47" t="s">
         <v>138</v>
       </c>
-      <c r="F54" s="276"/>
+      <c r="F54" s="273"/>
       <c r="G54" s="46"/>
       <c r="H54" s="129"/>
       <c r="I54" s="24"/>
     </row>
-    <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2"/>
       <c r="C55" s="95"/>
       <c r="D55" s="97"/>
       <c r="E55" s="45" t="s">
         <v>162</v>
       </c>
-      <c r="F55" s="276"/>
+      <c r="F55" s="273"/>
       <c r="G55" s="46"/>
       <c r="H55" s="129"/>
       <c r="I55" s="24" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2"/>
       <c r="C56" s="95"/>
       <c r="D56" s="97"/>
       <c r="E56" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="F56" s="269"/>
+      <c r="F56" s="266"/>
       <c r="G56" s="46"/>
       <c r="H56" s="129"/>
       <c r="I56" s="24"/>
     </row>
-    <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2"/>
       <c r="C57" s="95"/>
       <c r="D57" s="97"/>
       <c r="E57" s="19" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="269"/>
+      <c r="F57" s="266"/>
       <c r="G57" s="46"/>
       <c r="H57" s="129"/>
       <c r="I57" s="24"/>
     </row>
-    <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2"/>
       <c r="C58" s="95"/>
       <c r="D58" s="97"/>
       <c r="E58" s="19" t="s">
         <v>195</v>
       </c>
-      <c r="F58" s="269"/>
+      <c r="F58" s="266"/>
       <c r="G58" s="46"/>
       <c r="H58" s="129"/>
       <c r="I58" s="24"/>
     </row>
-    <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2"/>
       <c r="C59" s="104"/>
-      <c r="D59" s="288"/>
+      <c r="D59" s="285"/>
       <c r="E59" s="19" t="s">
         <v>178</v>
       </c>
-      <c r="F59" s="269"/>
+      <c r="F59" s="266"/>
       <c r="G59" s="22"/>
       <c r="H59" s="119"/>
       <c r="I59" s="42" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B60" s="48">
         <v>2023</v>
       </c>
       <c r="C60" s="94" t="s">
         <v>13</v>
       </c>
       <c r="D60" s="102"/>
       <c r="E60" s="27" t="s">
         <v>192</v>
       </c>
-      <c r="F60" s="271"/>
+      <c r="F60" s="268"/>
       <c r="G60" s="20" t="s">
         <v>213</v>
       </c>
       <c r="H60" s="122"/>
       <c r="I60" s="28" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B61" s="13"/>
       <c r="C61" s="95"/>
       <c r="D61" s="93"/>
       <c r="E61" s="29"/>
-      <c r="F61" s="272"/>
+      <c r="F61" s="269"/>
       <c r="G61" s="23" t="s">
         <v>219</v>
       </c>
       <c r="H61" s="123"/>
       <c r="I61" s="30"/>
     </row>
-    <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B62" s="21"/>
       <c r="C62" s="95"/>
       <c r="D62" s="93"/>
       <c r="E62" s="29" t="s">
         <v>90</v>
       </c>
-      <c r="F62" s="272"/>
+      <c r="F62" s="269"/>
       <c r="G62" s="23" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="123"/>
       <c r="I62" s="30"/>
     </row>
-    <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B63" s="21"/>
       <c r="C63" s="95"/>
       <c r="D63" s="93"/>
       <c r="E63" s="29" t="s">
         <v>149</v>
       </c>
-      <c r="F63" s="272"/>
+      <c r="F63" s="269"/>
       <c r="G63" s="23" t="s">
         <v>198</v>
       </c>
       <c r="H63" s="123"/>
       <c r="I63" s="30"/>
     </row>
-    <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B64" s="21"/>
       <c r="C64" s="95"/>
       <c r="D64" s="93"/>
       <c r="E64" s="29" t="s">
         <v>151</v>
       </c>
-      <c r="F64" s="272"/>
+      <c r="F64" s="269"/>
       <c r="G64" s="35"/>
       <c r="H64" s="126"/>
       <c r="I64" s="30" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B65" s="21"/>
       <c r="C65" s="95"/>
       <c r="D65" s="93"/>
       <c r="E65" s="29" t="s">
         <v>176</v>
       </c>
-      <c r="F65" s="272"/>
+      <c r="F65" s="269"/>
       <c r="G65" s="23" t="s">
         <v>107</v>
       </c>
       <c r="H65" s="123"/>
       <c r="I65" s="30"/>
     </row>
-    <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B66" s="21"/>
       <c r="C66" s="95"/>
       <c r="D66" s="93"/>
       <c r="E66" s="29" t="s">
         <v>167</v>
       </c>
-      <c r="F66" s="272"/>
+      <c r="F66" s="269"/>
       <c r="G66" s="23" t="s">
         <v>108</v>
       </c>
       <c r="H66" s="123"/>
       <c r="I66" s="30" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B67" s="21"/>
       <c r="C67" s="95"/>
       <c r="D67" s="93"/>
       <c r="E67" s="29" t="s">
         <v>164</v>
       </c>
-      <c r="F67" s="272"/>
+      <c r="F67" s="269"/>
       <c r="G67" s="23" t="s">
         <v>109</v>
       </c>
       <c r="H67" s="123"/>
       <c r="I67" s="30"/>
     </row>
-    <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21"/>
       <c r="C68" s="95"/>
       <c r="D68" s="93"/>
       <c r="E68" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="F68" s="272"/>
+      <c r="F68" s="269"/>
       <c r="G68" s="23" t="s">
         <v>112</v>
       </c>
       <c r="H68" s="123"/>
       <c r="I68" s="30" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B69" s="21"/>
       <c r="C69" s="95"/>
       <c r="D69" s="93"/>
       <c r="E69" s="29" t="s">
         <v>218</v>
       </c>
-      <c r="F69" s="272"/>
+      <c r="F69" s="269"/>
       <c r="G69" s="23"/>
       <c r="H69" s="123"/>
       <c r="I69" s="30"/>
     </row>
-    <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B70" s="21"/>
       <c r="C70" s="95"/>
       <c r="D70" s="93"/>
       <c r="E70" s="29" t="s">
         <v>157</v>
       </c>
-      <c r="F70" s="272"/>
+      <c r="F70" s="269"/>
       <c r="G70" s="23" t="s">
         <v>114</v>
       </c>
       <c r="H70" s="123"/>
       <c r="I70" s="30" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B71" s="21"/>
       <c r="C71" s="95"/>
       <c r="D71" s="93"/>
       <c r="E71" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="F71" s="272"/>
+      <c r="F71" s="269"/>
       <c r="G71" s="23" t="s">
         <v>116</v>
       </c>
       <c r="H71" s="123"/>
       <c r="I71" s="30"/>
     </row>
-    <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B72" s="21"/>
       <c r="C72" s="95"/>
       <c r="D72" s="93"/>
       <c r="E72" s="29" t="s">
         <v>244</v>
       </c>
-      <c r="F72" s="272"/>
+      <c r="F72" s="269"/>
       <c r="G72" s="23"/>
       <c r="H72" s="123"/>
       <c r="I72" s="30"/>
     </row>
-    <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B73" s="21"/>
       <c r="C73" s="95"/>
       <c r="D73" s="93"/>
       <c r="E73" s="29" t="s">
         <v>200</v>
       </c>
-      <c r="F73" s="272"/>
+      <c r="F73" s="269"/>
       <c r="G73" s="23" t="s">
         <v>125</v>
       </c>
       <c r="H73" s="123"/>
       <c r="I73" s="30" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B74" s="21"/>
       <c r="C74" s="95"/>
       <c r="D74" s="93"/>
       <c r="E74" s="29" t="s">
         <v>181</v>
       </c>
-      <c r="F74" s="272"/>
+      <c r="F74" s="269"/>
       <c r="G74" s="23" t="s">
         <v>80</v>
       </c>
       <c r="H74" s="123"/>
       <c r="I74" s="30"/>
     </row>
-    <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B75" s="21"/>
       <c r="C75" s="105"/>
       <c r="D75" s="103"/>
       <c r="E75" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="F75" s="272"/>
+      <c r="F75" s="269"/>
       <c r="G75" s="23" t="s">
         <v>203</v>
       </c>
       <c r="H75" s="123"/>
       <c r="I75" s="49"/>
     </row>
-    <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B76" s="4"/>
       <c r="C76" s="106"/>
       <c r="D76" s="107"/>
       <c r="E76" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="F76" s="272"/>
+      <c r="F76" s="269"/>
       <c r="G76" s="23" t="s">
         <v>199</v>
       </c>
       <c r="H76" s="123"/>
       <c r="I76" s="50"/>
     </row>
-    <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B77" s="3">
         <v>2023</v>
       </c>
       <c r="C77" s="93" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="93"/>
       <c r="E77" s="51" t="s">
         <v>65</v>
       </c>
-      <c r="F77" s="278"/>
+      <c r="F77" s="275"/>
       <c r="G77" s="20" t="s">
         <v>61</v>
       </c>
       <c r="H77" s="122"/>
       <c r="I77" s="37"/>
     </row>
-    <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B78" s="2"/>
       <c r="C78" s="93"/>
       <c r="D78" s="93"/>
       <c r="E78" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="F78" s="270"/>
+      <c r="F78" s="267"/>
       <c r="G78" s="23" t="s">
         <v>57</v>
       </c>
       <c r="H78" s="123"/>
       <c r="I78" s="30" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="79" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B79" s="2"/>
       <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="F79" s="270"/>
+      <c r="F79" s="267"/>
       <c r="G79" s="23"/>
       <c r="H79" s="123"/>
       <c r="I79" s="30"/>
     </row>
-    <row r="80" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B80" s="2"/>
       <c r="C80" s="93"/>
       <c r="D80" s="93"/>
       <c r="E80" s="10" t="s">
         <v>236</v>
       </c>
-      <c r="F80" s="270"/>
+      <c r="F80" s="267"/>
       <c r="G80" s="23" t="s">
         <v>220</v>
       </c>
       <c r="H80" s="123"/>
       <c r="I80" s="30" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="81" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B81" s="2"/>
       <c r="C81" s="93"/>
       <c r="D81" s="93"/>
       <c r="E81" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="F81" s="270"/>
+      <c r="F81" s="267"/>
       <c r="G81" s="23" t="s">
         <v>174</v>
       </c>
       <c r="H81" s="123"/>
       <c r="I81" s="31"/>
     </row>
-    <row r="82" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B82" s="2"/>
       <c r="C82" s="93"/>
       <c r="D82" s="93"/>
       <c r="E82" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="F82" s="270"/>
+      <c r="F82" s="267"/>
       <c r="G82" s="23"/>
       <c r="H82" s="123"/>
       <c r="I82" s="30" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="83" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B83" s="2"/>
       <c r="C83" s="93"/>
       <c r="D83" s="93"/>
       <c r="E83" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="F83" s="270"/>
+      <c r="F83" s="267"/>
       <c r="G83" s="23" t="s">
         <v>175</v>
       </c>
       <c r="H83" s="123"/>
       <c r="I83" s="49"/>
     </row>
-    <row r="84" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B84" s="2"/>
       <c r="C84" s="93"/>
       <c r="D84" s="93"/>
       <c r="E84" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="F84" s="270"/>
+      <c r="F84" s="267"/>
       <c r="G84" s="23" t="s">
         <v>173</v>
       </c>
       <c r="H84" s="123"/>
       <c r="I84" s="49"/>
     </row>
-    <row r="85" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B85" s="2"/>
       <c r="C85" s="93"/>
       <c r="D85" s="93"/>
       <c r="E85" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="F85" s="270"/>
+      <c r="F85" s="267"/>
       <c r="G85" s="23" t="s">
         <v>184</v>
       </c>
       <c r="H85" s="123"/>
       <c r="I85" s="30" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="86" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B86" s="2"/>
       <c r="C86" s="93"/>
       <c r="D86" s="93"/>
       <c r="E86" s="10" t="s">
         <v>201</v>
       </c>
-      <c r="F86" s="270"/>
+      <c r="F86" s="267"/>
       <c r="G86" s="23" t="s">
         <v>222</v>
       </c>
       <c r="H86" s="123"/>
       <c r="I86" s="30" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="87" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B87" s="2"/>
       <c r="C87" s="93"/>
       <c r="D87" s="93"/>
       <c r="E87" s="10" t="s">
         <v>261</v>
       </c>
-      <c r="F87" s="270"/>
+      <c r="F87" s="267"/>
       <c r="G87" s="23" t="s">
         <v>257</v>
       </c>
       <c r="H87" s="123"/>
       <c r="I87" s="30" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="88" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B88" s="2"/>
       <c r="C88" s="93"/>
       <c r="D88" s="93"/>
       <c r="E88" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="F88" s="270"/>
+      <c r="F88" s="267"/>
       <c r="G88" s="23" t="s">
         <v>259</v>
       </c>
       <c r="H88" s="123"/>
       <c r="I88" s="31"/>
     </row>
-    <row r="89" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B89" s="2"/>
       <c r="C89" s="93"/>
       <c r="D89" s="93"/>
       <c r="E89" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="F89" s="270"/>
+      <c r="F89" s="267"/>
       <c r="G89" s="35"/>
       <c r="H89" s="126"/>
       <c r="I89" s="30" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="90" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B90" s="2"/>
       <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="10" t="s">
         <v>197</v>
       </c>
-      <c r="F90" s="270"/>
+      <c r="F90" s="267"/>
       <c r="G90" s="23" t="s">
         <v>232</v>
       </c>
       <c r="H90" s="123"/>
       <c r="I90" s="31"/>
     </row>
-    <row r="91" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B91" s="2"/>
       <c r="C91" s="93"/>
       <c r="D91" s="93"/>
       <c r="E91" s="10" t="s">
         <v>256</v>
       </c>
-      <c r="F91" s="270"/>
+      <c r="F91" s="267"/>
       <c r="G91" s="23"/>
       <c r="H91" s="123"/>
       <c r="I91" s="31"/>
     </row>
-    <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B92" s="2"/>
       <c r="C92" s="93"/>
       <c r="D92" s="93"/>
       <c r="E92" s="10" t="s">
         <v>190</v>
       </c>
-      <c r="F92" s="270"/>
+      <c r="F92" s="267"/>
       <c r="G92" s="23" t="s">
         <v>214</v>
       </c>
       <c r="H92" s="123"/>
       <c r="I92" s="31"/>
     </row>
-    <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B93" s="52">
         <v>2023</v>
       </c>
       <c r="C93" s="102" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="102"/>
       <c r="E93" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="F93" s="271"/>
+      <c r="F93" s="268"/>
       <c r="G93" s="53"/>
       <c r="H93" s="130"/>
       <c r="I93" s="28" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B94" s="2"/>
       <c r="C94" s="93"/>
       <c r="D94" s="93"/>
       <c r="E94" s="29" t="s">
         <v>243</v>
       </c>
-      <c r="F94" s="272"/>
+      <c r="F94" s="269"/>
       <c r="G94" s="35"/>
       <c r="H94" s="126"/>
       <c r="I94" s="30"/>
     </row>
-    <row r="95" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B95" s="2"/>
       <c r="C95" s="93"/>
       <c r="D95" s="93"/>
       <c r="E95" s="29" t="s">
         <v>280</v>
       </c>
-      <c r="F95" s="272"/>
+      <c r="F95" s="269"/>
       <c r="G95" s="23" t="s">
         <v>284</v>
       </c>
       <c r="H95" s="123"/>
       <c r="I95" s="30"/>
     </row>
-    <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B96" s="2"/>
       <c r="C96" s="93"/>
       <c r="D96" s="93"/>
       <c r="E96" s="29" t="s">
         <v>282</v>
       </c>
-      <c r="F96" s="272"/>
+      <c r="F96" s="269"/>
       <c r="G96" s="23" t="s">
         <v>185</v>
       </c>
       <c r="H96" s="123"/>
       <c r="I96" s="30"/>
     </row>
-    <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B97" s="2"/>
       <c r="C97" s="93"/>
       <c r="D97" s="93"/>
       <c r="E97" s="29" t="s">
         <v>163</v>
       </c>
-      <c r="F97" s="272"/>
+      <c r="F97" s="269"/>
       <c r="G97" s="23"/>
       <c r="H97" s="123"/>
       <c r="I97" s="30" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B98" s="2"/>
       <c r="C98" s="93"/>
       <c r="D98" s="93"/>
       <c r="E98" s="29" t="s">
         <v>248</v>
       </c>
-      <c r="F98" s="272"/>
+      <c r="F98" s="269"/>
       <c r="G98" s="23" t="s">
         <v>285</v>
       </c>
       <c r="H98" s="123"/>
       <c r="I98" s="30"/>
     </row>
-    <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B99" s="2"/>
       <c r="C99" s="93"/>
       <c r="D99" s="93"/>
       <c r="E99" s="29" t="s">
         <v>235</v>
       </c>
-      <c r="F99" s="272"/>
+      <c r="F99" s="269"/>
       <c r="G99" s="23" t="s">
         <v>89</v>
       </c>
       <c r="H99" s="123"/>
       <c r="I99" s="30" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="100" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B100" s="2"/>
       <c r="C100" s="93"/>
       <c r="D100" s="93"/>
       <c r="E100" s="29" t="s">
         <v>255</v>
       </c>
-      <c r="F100" s="272"/>
+      <c r="F100" s="269"/>
       <c r="G100" s="23" t="s">
         <v>270</v>
       </c>
       <c r="H100" s="123"/>
       <c r="I100" s="30"/>
     </row>
-    <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B101" s="54"/>
       <c r="C101" s="107"/>
       <c r="D101" s="107"/>
       <c r="E101" s="32" t="s">
         <v>269</v>
       </c>
-      <c r="F101" s="273"/>
+      <c r="F101" s="270"/>
       <c r="G101" s="55"/>
       <c r="H101" s="131"/>
       <c r="I101" s="38"/>
     </row>
-    <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B102" s="21"/>
       <c r="C102" s="93" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="93"/>
       <c r="E102" s="29" t="s">
         <v>193</v>
       </c>
-      <c r="F102" s="272"/>
+      <c r="F102" s="269"/>
       <c r="G102" s="22"/>
       <c r="H102" s="117"/>
       <c r="I102" s="30" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B103" s="21"/>
       <c r="C103" s="93"/>
       <c r="D103" s="93"/>
       <c r="E103" s="29" t="s">
         <v>202</v>
       </c>
-      <c r="F103" s="272"/>
+      <c r="F103" s="269"/>
       <c r="G103" s="22"/>
       <c r="H103" s="117"/>
       <c r="I103" s="30" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21"/>
       <c r="C104" s="93"/>
       <c r="D104" s="93"/>
       <c r="E104" s="29" t="s">
         <v>266</v>
       </c>
-      <c r="F104" s="272"/>
+      <c r="F104" s="269"/>
       <c r="G104" s="22"/>
       <c r="H104" s="117"/>
       <c r="I104" s="30" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B105" s="21"/>
       <c r="C105" s="93"/>
       <c r="D105" s="93"/>
       <c r="E105" s="29" t="s">
         <v>226</v>
       </c>
-      <c r="F105" s="272"/>
+      <c r="F105" s="269"/>
       <c r="G105" s="22"/>
       <c r="H105" s="117"/>
       <c r="I105" s="30" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B106" s="21"/>
       <c r="C106" s="93"/>
       <c r="D106" s="93"/>
       <c r="E106" s="29" t="s">
         <v>245</v>
       </c>
-      <c r="F106" s="272"/>
+      <c r="F106" s="269"/>
       <c r="G106" s="22"/>
       <c r="H106" s="117"/>
       <c r="I106" s="30" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B107" s="21"/>
       <c r="C107" s="93"/>
       <c r="D107" s="93"/>
       <c r="E107" s="29" t="s">
         <v>283</v>
       </c>
-      <c r="F107" s="272"/>
+      <c r="F107" s="269"/>
       <c r="G107" s="23" t="s">
         <v>286</v>
       </c>
       <c r="H107" s="123"/>
       <c r="I107" s="30" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B108" s="21"/>
       <c r="C108" s="93"/>
       <c r="D108" s="93"/>
       <c r="E108" s="29" t="s">
         <v>171</v>
       </c>
-      <c r="F108" s="272"/>
+      <c r="F108" s="269"/>
       <c r="G108" s="22"/>
       <c r="H108" s="121"/>
       <c r="I108" s="56"/>
     </row>
-    <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B109" s="21"/>
       <c r="C109" s="93"/>
       <c r="D109" s="93"/>
       <c r="E109" s="29" t="s">
         <v>267</v>
       </c>
-      <c r="F109" s="272"/>
+      <c r="F109" s="269"/>
       <c r="G109" s="22"/>
       <c r="H109" s="117"/>
       <c r="I109" s="30"/>
     </row>
-    <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B110" s="21"/>
       <c r="C110" s="93"/>
       <c r="D110" s="93"/>
       <c r="E110" s="29" t="s">
         <v>237</v>
       </c>
-      <c r="F110" s="272"/>
+      <c r="F110" s="269"/>
       <c r="G110" s="22"/>
       <c r="H110" s="121"/>
       <c r="I110" s="56"/>
     </row>
-    <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B111" s="21"/>
       <c r="C111" s="93"/>
       <c r="D111" s="93"/>
       <c r="E111" s="29" t="s">
         <v>83</v>
       </c>
-      <c r="F111" s="272"/>
+      <c r="F111" s="269"/>
       <c r="G111" s="23" t="s">
         <v>177</v>
       </c>
       <c r="H111" s="123"/>
       <c r="I111" s="31"/>
     </row>
-    <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B112" s="21"/>
       <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="29" t="s">
         <v>268</v>
       </c>
-      <c r="F112" s="272"/>
+      <c r="F112" s="269"/>
       <c r="G112" s="23"/>
       <c r="H112" s="123"/>
       <c r="I112" s="31"/>
     </row>
-    <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B113" s="21"/>
       <c r="C113" s="93"/>
       <c r="D113" s="93"/>
       <c r="E113" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="F113" s="272"/>
+      <c r="F113" s="269"/>
       <c r="G113" s="23" t="s">
         <v>223</v>
       </c>
       <c r="H113" s="123"/>
       <c r="I113" s="31"/>
     </row>
-    <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B114" s="4"/>
       <c r="C114" s="107"/>
       <c r="D114" s="107"/>
       <c r="E114" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="F114" s="273"/>
+      <c r="F114" s="270"/>
       <c r="G114" s="57"/>
       <c r="H114" s="132"/>
       <c r="I114" s="34"/>
     </row>
-    <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B115" s="58"/>
       <c r="I115" s="59"/>
     </row>
-    <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="117" spans="2:9" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="118" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="E118" s="60"/>
-      <c r="F118" s="279"/>
+      <c r="F118" s="276"/>
       <c r="G118" s="61"/>
       <c r="H118" s="133"/>
       <c r="I118" s="61"/>
     </row>
-    <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B119" s="320" t="s">
+    <row r="119" spans="2:9" ht="21" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B119" s="322" t="s">
         <v>6</v>
       </c>
-      <c r="C119" s="321"/>
-[...7 lines deleted...]
-    <row r="120" spans="2:9" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C119" s="323"/>
+      <c r="D119" s="323"/>
+      <c r="E119" s="323"/>
+      <c r="F119" s="323"/>
+      <c r="G119" s="323"/>
+      <c r="H119" s="323"/>
+      <c r="I119" s="324"/>
+    </row>
+    <row r="120" spans="2:9" ht="18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B120" s="62" t="s">
         <v>0</v>
       </c>
       <c r="C120" s="108" t="s">
         <v>1</v>
       </c>
       <c r="D120" s="108"/>
       <c r="E120" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="F120" s="280"/>
+      <c r="F120" s="277"/>
       <c r="G120" s="64" t="s">
         <v>3</v>
       </c>
       <c r="H120" s="134"/>
       <c r="I120" s="64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C121" s="93" t="s">
         <v>42</v>
       </c>
       <c r="D121" s="93"/>
       <c r="E121" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="F121" s="270"/>
+      <c r="F121" s="267"/>
       <c r="G121" s="23" t="s">
         <v>274</v>
       </c>
       <c r="H121" s="123"/>
       <c r="I121" s="30" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="122" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B122" s="3"/>
       <c r="C122" s="93"/>
       <c r="D122" s="93"/>
       <c r="E122" s="10" t="s">
         <v>275</v>
       </c>
-      <c r="F122" s="270"/>
+      <c r="F122" s="267"/>
       <c r="G122" s="65"/>
       <c r="H122" s="123"/>
       <c r="I122" s="30" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="123" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B123" s="3"/>
       <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="F123" s="270"/>
+      <c r="F123" s="267"/>
       <c r="G123" s="65" t="s">
         <v>188</v>
       </c>
       <c r="H123" s="123"/>
       <c r="I123" s="30" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="124" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B124" s="3"/>
       <c r="C124" s="93"/>
       <c r="D124" s="93"/>
       <c r="E124" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="F124" s="270"/>
+      <c r="F124" s="267"/>
       <c r="G124" s="65"/>
       <c r="H124" s="123"/>
       <c r="I124" s="30"/>
     </row>
-    <row r="125" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B125" s="3"/>
       <c r="C125" s="93"/>
       <c r="D125" s="93"/>
       <c r="E125" s="10" t="s">
         <v>313</v>
       </c>
-      <c r="F125" s="270"/>
+      <c r="F125" s="267"/>
       <c r="G125" s="65"/>
       <c r="H125" s="123"/>
       <c r="I125" s="30" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="126" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B126" s="3"/>
       <c r="C126" s="93"/>
       <c r="D126" s="93"/>
       <c r="E126" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="F126" s="270"/>
+      <c r="F126" s="267"/>
       <c r="G126" s="65" t="s">
         <v>187</v>
       </c>
       <c r="H126" s="123"/>
       <c r="I126" s="66" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="127" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B127" s="3"/>
       <c r="C127" s="93"/>
       <c r="D127" s="93"/>
       <c r="E127" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="F127" s="270"/>
+      <c r="F127" s="267"/>
       <c r="G127" s="65"/>
       <c r="H127" s="123"/>
       <c r="I127" s="66"/>
     </row>
-    <row r="128" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="128" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B128" s="3"/>
       <c r="C128" s="93"/>
       <c r="D128" s="93"/>
       <c r="E128" s="10" t="s">
         <v>143</v>
       </c>
-      <c r="F128" s="270"/>
+      <c r="F128" s="267"/>
       <c r="G128" s="23" t="s">
         <v>258</v>
       </c>
       <c r="H128" s="123"/>
       <c r="I128" s="66" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="129" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="129" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B129" s="3"/>
       <c r="C129" s="93"/>
       <c r="D129" s="93"/>
       <c r="E129" s="10" t="s">
         <v>317</v>
       </c>
-      <c r="F129" s="270"/>
+      <c r="F129" s="267"/>
       <c r="G129" s="23"/>
       <c r="H129" s="123"/>
       <c r="I129" s="66" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="130" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B130" s="3"/>
       <c r="C130" s="93"/>
       <c r="D130" s="93"/>
       <c r="E130" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="F130" s="270"/>
+      <c r="F130" s="267"/>
       <c r="G130" s="23" t="s">
         <v>260</v>
       </c>
       <c r="H130" s="123"/>
       <c r="I130" s="66" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="131" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B131" s="3"/>
       <c r="C131" s="93"/>
       <c r="D131" s="93"/>
       <c r="E131" s="10" t="s">
         <v>324</v>
       </c>
-      <c r="F131" s="270"/>
+      <c r="F131" s="267"/>
       <c r="G131" s="23"/>
       <c r="H131" s="123"/>
       <c r="I131" s="66" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="132" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B132" s="3"/>
       <c r="C132" s="93"/>
       <c r="D132" s="93"/>
       <c r="E132" s="10" t="s">
         <v>246</v>
       </c>
-      <c r="F132" s="270"/>
+      <c r="F132" s="267"/>
       <c r="G132" s="23" t="s">
         <v>189</v>
       </c>
       <c r="H132" s="123"/>
       <c r="I132" s="30" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="133" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="133" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B133" s="3"/>
       <c r="C133" s="93"/>
       <c r="D133" s="93"/>
       <c r="E133" s="10" t="s">
         <v>145</v>
       </c>
-      <c r="F133" s="270"/>
+      <c r="F133" s="267"/>
       <c r="G133" s="23" t="s">
         <v>302</v>
       </c>
       <c r="H133" s="123"/>
       <c r="I133" s="30" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B134" s="67"/>
       <c r="C134" s="109"/>
       <c r="D134" s="109"/>
       <c r="E134" s="14" t="s">
         <v>262</v>
       </c>
-      <c r="F134" s="281"/>
+      <c r="F134" s="278"/>
       <c r="G134" s="33"/>
       <c r="H134" s="126"/>
       <c r="I134" s="30" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C135" s="93" t="s">
         <v>5</v>
       </c>
       <c r="D135" s="93"/>
       <c r="E135" s="29" t="s">
         <v>63</v>
       </c>
-      <c r="F135" s="272"/>
+      <c r="F135" s="269"/>
       <c r="G135" s="20" t="s">
         <v>292</v>
       </c>
       <c r="H135" s="122"/>
       <c r="I135" s="28" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B136" s="21"/>
       <c r="C136" s="93"/>
       <c r="D136" s="93"/>
       <c r="E136" s="29" t="s">
         <v>304</v>
       </c>
-      <c r="F136" s="272"/>
+      <c r="F136" s="269"/>
       <c r="G136" s="23"/>
       <c r="H136" s="123"/>
       <c r="I136" s="30"/>
     </row>
-    <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B137" s="21"/>
       <c r="C137" s="93"/>
       <c r="D137" s="93"/>
       <c r="E137" s="29" t="s">
         <v>191</v>
       </c>
-      <c r="F137" s="272"/>
+      <c r="F137" s="269"/>
       <c r="G137" s="23" t="s">
         <v>58</v>
       </c>
       <c r="H137" s="123"/>
       <c r="I137" s="30" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B138" s="21"/>
       <c r="C138" s="93"/>
       <c r="D138" s="93"/>
       <c r="E138" s="29" t="s">
         <v>315</v>
       </c>
-      <c r="F138" s="272"/>
+      <c r="F138" s="269"/>
       <c r="G138" s="23"/>
       <c r="H138" s="123"/>
       <c r="I138" s="30"/>
     </row>
-    <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B139" s="21"/>
       <c r="C139" s="93"/>
       <c r="D139" s="93"/>
       <c r="E139" s="29" t="s">
         <v>323</v>
       </c>
-      <c r="F139" s="272"/>
+      <c r="F139" s="269"/>
       <c r="G139" s="23"/>
       <c r="H139" s="123"/>
       <c r="I139" s="30" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21"/>
       <c r="C140" s="93"/>
       <c r="D140" s="93"/>
       <c r="E140" s="29" t="s">
         <v>308</v>
       </c>
-      <c r="F140" s="272"/>
+      <c r="F140" s="269"/>
       <c r="G140" s="23"/>
       <c r="H140" s="123"/>
       <c r="I140" s="30" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B141" s="21"/>
       <c r="C141" s="93"/>
       <c r="D141" s="93"/>
       <c r="E141" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="F141" s="272"/>
+      <c r="F141" s="269"/>
       <c r="G141" s="23" t="s">
         <v>221</v>
       </c>
       <c r="H141" s="123"/>
       <c r="I141" s="30"/>
     </row>
-    <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B142" s="21"/>
       <c r="C142" s="93"/>
       <c r="D142" s="93"/>
       <c r="E142" s="29" t="s">
         <v>326</v>
       </c>
-      <c r="F142" s="272"/>
+      <c r="F142" s="269"/>
       <c r="G142" s="23" t="s">
         <v>363</v>
       </c>
       <c r="H142" s="123"/>
       <c r="I142" s="30" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B143" s="68"/>
       <c r="C143" s="110"/>
       <c r="D143" s="110"/>
       <c r="E143" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="F143" s="272"/>
+      <c r="F143" s="269"/>
       <c r="G143" s="55" t="s">
         <v>60</v>
       </c>
       <c r="H143" s="131"/>
       <c r="I143" s="50"/>
     </row>
-    <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C144" s="102" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="102"/>
       <c r="E144" s="51" t="s">
         <v>43</v>
       </c>
-      <c r="F144" s="276"/>
+      <c r="F144" s="273"/>
       <c r="G144" s="43" t="s">
         <v>265</v>
       </c>
       <c r="H144" s="127"/>
       <c r="I144" s="24" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B145" s="2"/>
       <c r="C145" s="93"/>
       <c r="D145" s="93"/>
       <c r="E145" s="10" t="s">
         <v>156</v>
       </c>
-      <c r="F145" s="276"/>
+      <c r="F145" s="273"/>
       <c r="G145" s="69" t="s">
         <v>364</v>
       </c>
       <c r="H145" s="135"/>
       <c r="I145" s="24" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B146" s="2"/>
       <c r="C146" s="93"/>
       <c r="D146" s="93"/>
       <c r="E146" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="F146" s="276"/>
+      <c r="F146" s="273"/>
       <c r="G146" s="70"/>
       <c r="H146" s="136"/>
       <c r="I146" s="24"/>
     </row>
-    <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B147" s="2"/>
       <c r="C147" s="93"/>
       <c r="D147" s="93"/>
       <c r="E147" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="F147" s="276"/>
+      <c r="F147" s="273"/>
       <c r="G147" s="69" t="s">
         <v>344</v>
       </c>
       <c r="H147" s="135"/>
       <c r="I147" s="12" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B148" s="2"/>
       <c r="C148" s="93"/>
       <c r="D148" s="93"/>
       <c r="E148" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="F148" s="276"/>
+      <c r="F148" s="273"/>
       <c r="G148" s="69"/>
       <c r="H148" s="135"/>
       <c r="I148" s="24"/>
     </row>
-    <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B149" s="2"/>
       <c r="C149" s="93"/>
       <c r="D149" s="93"/>
       <c r="E149" s="10" t="s">
         <v>316</v>
       </c>
-      <c r="F149" s="276"/>
+      <c r="F149" s="273"/>
       <c r="G149" s="69"/>
       <c r="H149" s="135"/>
       <c r="I149" s="24" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B150" s="2"/>
       <c r="C150" s="93"/>
       <c r="D150" s="93"/>
       <c r="E150" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="F150" s="276"/>
+      <c r="F150" s="273"/>
       <c r="G150" s="69"/>
       <c r="H150" s="135"/>
       <c r="I150" s="24"/>
     </row>
-    <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B151" s="2"/>
       <c r="C151" s="93"/>
       <c r="D151" s="93"/>
       <c r="E151" s="10" t="s">
         <v>312</v>
       </c>
-      <c r="F151" s="276"/>
+      <c r="F151" s="273"/>
       <c r="G151" s="69" t="s">
         <v>281</v>
       </c>
       <c r="H151" s="135"/>
       <c r="I151" s="24"/>
     </row>
-    <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B152" s="2"/>
       <c r="C152" s="93"/>
       <c r="D152" s="93"/>
       <c r="E152" s="10" t="s">
         <v>227</v>
       </c>
-      <c r="F152" s="276"/>
+      <c r="F152" s="273"/>
       <c r="G152" s="43" t="s">
         <v>228</v>
       </c>
       <c r="H152" s="127"/>
       <c r="I152" s="71"/>
     </row>
-    <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B153" s="2"/>
       <c r="C153" s="93"/>
       <c r="D153" s="93"/>
       <c r="E153" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="F153" s="276"/>
+      <c r="F153" s="273"/>
       <c r="G153" s="43" t="s">
         <v>229</v>
       </c>
       <c r="H153" s="127"/>
       <c r="I153" s="24" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="154" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B154" s="2"/>
       <c r="C154" s="93"/>
       <c r="D154" s="93"/>
       <c r="E154" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="F154" s="276"/>
+      <c r="F154" s="273"/>
       <c r="G154" s="43"/>
       <c r="H154" s="127"/>
       <c r="I154" s="24"/>
     </row>
-    <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B155" s="2"/>
       <c r="C155" s="93"/>
       <c r="D155" s="93"/>
       <c r="E155" s="10" t="s">
         <v>320</v>
       </c>
-      <c r="F155" s="276"/>
+      <c r="F155" s="273"/>
       <c r="G155" s="43"/>
       <c r="H155" s="127"/>
       <c r="I155" s="24" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B156" s="2"/>
       <c r="C156" s="93"/>
       <c r="D156" s="93"/>
       <c r="E156" s="10" t="s">
         <v>346</v>
       </c>
-      <c r="F156" s="276"/>
+      <c r="F156" s="273"/>
       <c r="G156" s="43"/>
       <c r="H156" s="127"/>
       <c r="I156" s="24"/>
     </row>
-    <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="157" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B157" s="2"/>
       <c r="C157" s="93"/>
       <c r="D157" s="93"/>
       <c r="E157" s="10" t="s">
         <v>295</v>
       </c>
-      <c r="F157" s="276"/>
+      <c r="F157" s="273"/>
       <c r="G157" s="43"/>
       <c r="H157" s="127"/>
       <c r="I157" s="24" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B158" s="2"/>
       <c r="C158" s="93"/>
       <c r="D158" s="93"/>
       <c r="E158" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="F158" s="276"/>
+      <c r="F158" s="273"/>
       <c r="G158" s="43"/>
       <c r="H158" s="127"/>
       <c r="I158" s="24" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B159" s="2"/>
       <c r="C159" s="93"/>
       <c r="D159" s="93"/>
       <c r="E159" s="10" t="s">
         <v>356</v>
       </c>
-      <c r="F159" s="276"/>
+      <c r="F159" s="273"/>
       <c r="G159" s="43"/>
       <c r="H159" s="127"/>
       <c r="I159" s="24"/>
     </row>
-    <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="2"/>
       <c r="C160" s="93"/>
       <c r="D160" s="93"/>
       <c r="E160" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="F160" s="276"/>
+      <c r="F160" s="273"/>
       <c r="G160" s="43"/>
       <c r="H160" s="127"/>
       <c r="I160" s="24" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B161" s="2"/>
       <c r="C161" s="93"/>
       <c r="D161" s="93"/>
       <c r="E161" s="10" t="s">
         <v>350</v>
       </c>
-      <c r="F161" s="276"/>
+      <c r="F161" s="273"/>
       <c r="G161" s="43"/>
       <c r="H161" s="127"/>
       <c r="I161" s="24"/>
     </row>
-    <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B162" s="2"/>
       <c r="C162" s="93"/>
       <c r="D162" s="93"/>
       <c r="E162" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="F162" s="276"/>
+      <c r="F162" s="273"/>
       <c r="G162" s="43"/>
       <c r="H162" s="127"/>
       <c r="I162" s="71"/>
     </row>
-    <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B163" s="2"/>
       <c r="C163" s="93"/>
       <c r="D163" s="93"/>
       <c r="E163" s="10" t="s">
         <v>183</v>
       </c>
-      <c r="F163" s="276"/>
+      <c r="F163" s="273"/>
       <c r="G163" s="43" t="s">
         <v>230</v>
       </c>
       <c r="H163" s="127"/>
       <c r="I163" s="71"/>
     </row>
-    <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B164" s="2"/>
       <c r="C164" s="93"/>
       <c r="D164" s="93"/>
       <c r="E164" s="10" t="s">
         <v>301</v>
       </c>
-      <c r="F164" s="276"/>
+      <c r="F164" s="273"/>
       <c r="G164" s="43"/>
       <c r="H164" s="127"/>
       <c r="I164" s="24" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B165" s="2"/>
       <c r="C165" s="93"/>
       <c r="D165" s="93"/>
       <c r="E165" s="10" t="s">
         <v>294</v>
       </c>
-      <c r="F165" s="276"/>
+      <c r="F165" s="273"/>
       <c r="G165" s="43"/>
       <c r="H165" s="127"/>
       <c r="I165" s="24" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B166" s="2"/>
       <c r="C166" s="93"/>
       <c r="D166" s="93"/>
       <c r="E166" s="10"/>
-      <c r="F166" s="276"/>
+      <c r="F166" s="273"/>
       <c r="G166" s="43" t="s">
         <v>231</v>
       </c>
       <c r="H166" s="127"/>
       <c r="I166" s="24" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B167" s="54"/>
       <c r="C167" s="107"/>
       <c r="D167" s="107"/>
       <c r="E167" s="72"/>
-      <c r="F167" s="275"/>
+      <c r="F167" s="272"/>
       <c r="G167" s="73"/>
       <c r="H167" s="137"/>
       <c r="I167" s="42" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C168" s="95" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="93"/>
       <c r="E168" s="29" t="s">
         <v>64</v>
       </c>
-      <c r="F168" s="272"/>
+      <c r="F168" s="269"/>
       <c r="G168" s="20" t="s">
         <v>94</v>
       </c>
       <c r="H168" s="118"/>
       <c r="I168" s="12" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B169" s="21"/>
       <c r="C169" s="95"/>
       <c r="D169" s="93"/>
       <c r="E169" s="29"/>
-      <c r="F169" s="272"/>
+      <c r="F169" s="269"/>
       <c r="G169" s="23" t="s">
         <v>95</v>
       </c>
       <c r="H169" s="120"/>
       <c r="I169" s="24" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="21"/>
       <c r="C170" s="95"/>
       <c r="D170" s="93"/>
       <c r="E170" s="29" t="s">
         <v>254</v>
       </c>
-      <c r="F170" s="272"/>
+      <c r="F170" s="269"/>
       <c r="G170" s="23" t="s">
         <v>110</v>
       </c>
       <c r="H170" s="120"/>
       <c r="I170" s="71"/>
     </row>
-    <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B171" s="21"/>
       <c r="C171" s="95"/>
       <c r="D171" s="97"/>
       <c r="E171" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="F171" s="269"/>
+      <c r="F171" s="266"/>
       <c r="G171" s="23" t="s">
         <v>111</v>
       </c>
       <c r="H171" s="120"/>
       <c r="I171" s="71"/>
     </row>
-    <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B172" s="21"/>
       <c r="C172" s="95"/>
       <c r="D172" s="93"/>
       <c r="E172" s="29" t="s">
         <v>247</v>
       </c>
-      <c r="F172" s="272"/>
+      <c r="F172" s="269"/>
       <c r="G172" s="23" t="s">
         <v>113</v>
       </c>
       <c r="H172" s="120"/>
       <c r="I172" s="71"/>
     </row>
-    <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B173" s="21"/>
       <c r="C173" s="95"/>
       <c r="D173" s="93"/>
       <c r="E173" s="29" t="s">
         <v>172</v>
       </c>
-      <c r="F173" s="272"/>
+      <c r="F173" s="269"/>
       <c r="G173" s="23" t="s">
         <v>115</v>
       </c>
       <c r="H173" s="120"/>
       <c r="I173" s="24" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B174" s="21"/>
       <c r="C174" s="95"/>
       <c r="D174" s="93"/>
       <c r="E174" s="29" t="s">
         <v>276</v>
       </c>
-      <c r="F174" s="272"/>
+      <c r="F174" s="269"/>
       <c r="G174" s="23" t="s">
         <v>126</v>
       </c>
       <c r="H174" s="120"/>
       <c r="I174" s="71"/>
     </row>
-    <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="175" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B175" s="21"/>
       <c r="C175" s="95"/>
       <c r="D175" s="93"/>
       <c r="E175" s="29" t="s">
         <v>328</v>
       </c>
-      <c r="F175" s="272"/>
+      <c r="F175" s="269"/>
       <c r="G175" s="23" t="s">
         <v>117</v>
       </c>
       <c r="H175" s="120"/>
       <c r="I175" s="24" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21"/>
       <c r="C176" s="95"/>
       <c r="D176" s="93"/>
       <c r="E176" s="29" t="s">
         <v>317</v>
       </c>
-      <c r="F176" s="272"/>
+      <c r="F176" s="269"/>
       <c r="G176" s="23" t="s">
         <v>127</v>
       </c>
       <c r="H176" s="120"/>
       <c r="I176" s="71"/>
     </row>
-    <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B177" s="21"/>
       <c r="C177" s="95"/>
       <c r="D177" s="93"/>
       <c r="E177" s="29" t="s">
         <v>142</v>
       </c>
-      <c r="F177" s="272"/>
+      <c r="F177" s="269"/>
       <c r="G177" s="23" t="s">
         <v>349</v>
       </c>
       <c r="H177" s="120"/>
       <c r="I177" s="71"/>
     </row>
-    <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B178" s="21"/>
       <c r="C178" s="95"/>
       <c r="D178" s="93"/>
       <c r="E178" s="29"/>
-      <c r="F178" s="272"/>
+      <c r="F178" s="269"/>
       <c r="G178" s="23" t="s">
         <v>372</v>
       </c>
       <c r="H178" s="120"/>
       <c r="I178" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B179" s="4"/>
       <c r="C179" s="104"/>
       <c r="D179" s="109"/>
       <c r="E179" s="74"/>
-      <c r="F179" s="282"/>
+      <c r="F179" s="279"/>
       <c r="G179" s="23" t="s">
         <v>186</v>
       </c>
       <c r="H179" s="120"/>
       <c r="I179" s="75"/>
     </row>
-    <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C180" s="95"/>
       <c r="D180" s="93"/>
       <c r="E180" s="29" t="s">
         <v>215</v>
       </c>
-      <c r="F180" s="272"/>
+      <c r="F180" s="269"/>
       <c r="G180" s="53"/>
       <c r="H180" s="126"/>
       <c r="I180" s="30" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B181" s="21"/>
       <c r="C181" s="95"/>
       <c r="D181" s="93"/>
       <c r="E181" s="29" t="s">
         <v>305</v>
       </c>
-      <c r="F181" s="272"/>
+      <c r="F181" s="269"/>
       <c r="G181" s="76"/>
       <c r="H181" s="138"/>
       <c r="I181" s="30" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B182" s="21"/>
       <c r="C182" s="95"/>
       <c r="D182" s="93"/>
       <c r="E182" s="29" t="s">
         <v>353</v>
       </c>
-      <c r="F182" s="272"/>
+      <c r="F182" s="269"/>
       <c r="G182" s="76"/>
       <c r="H182" s="138"/>
       <c r="I182" s="30"/>
     </row>
-    <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B183" s="21"/>
       <c r="C183" s="95"/>
       <c r="D183" s="93"/>
       <c r="E183" s="29" t="s">
         <v>325</v>
       </c>
-      <c r="F183" s="272"/>
+      <c r="F183" s="269"/>
       <c r="G183" s="76"/>
       <c r="H183" s="138"/>
       <c r="I183" s="30" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B184" s="21"/>
       <c r="C184" s="95"/>
       <c r="D184" s="93"/>
       <c r="E184" s="29" t="s">
         <v>380</v>
       </c>
-      <c r="F184" s="272"/>
+      <c r="F184" s="269"/>
       <c r="G184" s="76"/>
       <c r="H184" s="138"/>
       <c r="I184" s="30"/>
     </row>
-    <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B185" s="21"/>
       <c r="C185" s="95"/>
       <c r="D185" s="93"/>
       <c r="E185" s="29" t="s">
         <v>366</v>
       </c>
-      <c r="F185" s="272"/>
+      <c r="F185" s="269"/>
       <c r="G185" s="23" t="s">
         <v>62</v>
       </c>
       <c r="H185" s="123"/>
       <c r="I185" s="30" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B186" s="21"/>
       <c r="C186" s="95"/>
       <c r="D186" s="93"/>
       <c r="E186" s="29" t="s">
         <v>387</v>
       </c>
-      <c r="F186" s="272"/>
+      <c r="F186" s="269"/>
       <c r="G186" s="23"/>
       <c r="H186" s="123"/>
       <c r="I186" s="30"/>
     </row>
-    <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B187" s="21"/>
       <c r="C187" s="95"/>
       <c r="D187" s="93"/>
       <c r="E187" s="29" t="s">
         <v>392</v>
       </c>
-      <c r="F187" s="272"/>
+      <c r="F187" s="269"/>
       <c r="G187" s="23"/>
       <c r="H187" s="123"/>
       <c r="I187" s="30"/>
     </row>
-    <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="188" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21"/>
       <c r="C188" s="95"/>
       <c r="D188" s="93"/>
       <c r="E188" s="29" t="s">
         <v>381</v>
       </c>
-      <c r="F188" s="272"/>
+      <c r="F188" s="269"/>
       <c r="G188" s="76"/>
       <c r="H188" s="138"/>
       <c r="I188" s="30"/>
     </row>
-    <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B189" s="21"/>
       <c r="C189" s="95"/>
       <c r="D189" s="93"/>
       <c r="E189" s="29" t="s">
         <v>297</v>
       </c>
-      <c r="F189" s="272"/>
+      <c r="F189" s="269"/>
       <c r="G189" s="76"/>
       <c r="H189" s="138"/>
       <c r="I189" s="66" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B190" s="21"/>
       <c r="C190" s="95"/>
       <c r="D190" s="93"/>
       <c r="E190" s="29" t="s">
         <v>384</v>
       </c>
-      <c r="F190" s="272"/>
+      <c r="F190" s="269"/>
       <c r="G190" s="76" t="s">
         <v>385</v>
       </c>
       <c r="H190" s="138"/>
       <c r="I190" s="66"/>
     </row>
-    <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B191" s="21"/>
       <c r="C191" s="95"/>
       <c r="D191" s="93"/>
       <c r="E191" s="29" t="s">
         <v>378</v>
       </c>
-      <c r="F191" s="272"/>
+      <c r="F191" s="269"/>
       <c r="G191" s="76"/>
       <c r="H191" s="138"/>
       <c r="I191" s="66"/>
     </row>
-    <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="192" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B192" s="21"/>
       <c r="C192" s="95"/>
       <c r="D192" s="93"/>
       <c r="E192" s="29" t="s">
         <v>362</v>
       </c>
-      <c r="F192" s="272"/>
+      <c r="F192" s="269"/>
       <c r="G192" s="76"/>
       <c r="H192" s="139"/>
       <c r="I192" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B193" s="21"/>
       <c r="C193" s="95"/>
       <c r="D193" s="93"/>
       <c r="E193" s="29" t="s">
         <v>396</v>
       </c>
-      <c r="F193" s="272"/>
+      <c r="F193" s="269"/>
       <c r="G193" s="76"/>
       <c r="H193" s="138"/>
       <c r="I193" s="30"/>
     </row>
-    <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B194" s="21"/>
       <c r="C194" s="95"/>
       <c r="D194" s="93"/>
       <c r="E194" s="32" t="s">
         <v>296</v>
       </c>
-      <c r="F194" s="273"/>
+      <c r="F194" s="270"/>
       <c r="G194" s="77" t="s">
         <v>59</v>
       </c>
       <c r="H194" s="138"/>
       <c r="I194" s="49"/>
     </row>
-    <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="195" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B195" s="52"/>
       <c r="C195" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="D195" s="243"/>
+      <c r="D195" s="240"/>
       <c r="E195" s="51" t="s">
         <v>63</v>
       </c>
-      <c r="F195" s="272"/>
+      <c r="F195" s="269"/>
       <c r="G195" s="78"/>
       <c r="H195" s="140"/>
       <c r="I195" s="12" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B196" s="2"/>
       <c r="C196" s="95"/>
-      <c r="D196" s="241"/>
+      <c r="D196" s="238"/>
       <c r="E196" s="10" t="s">
         <v>424</v>
       </c>
-      <c r="F196" s="272"/>
+      <c r="F196" s="269"/>
       <c r="G196" s="78"/>
       <c r="H196" s="140"/>
       <c r="I196" s="24"/>
     </row>
-    <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="197" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B197" s="2"/>
       <c r="C197" s="95"/>
-      <c r="D197" s="241"/>
+      <c r="D197" s="238"/>
       <c r="E197" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F197" s="272"/>
+      <c r="F197" s="269"/>
       <c r="G197" s="78"/>
       <c r="H197" s="140"/>
       <c r="I197" s="24" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B198" s="2"/>
       <c r="C198" s="95"/>
-      <c r="D198" s="241"/>
+      <c r="D198" s="238"/>
       <c r="E198" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="F198" s="272"/>
+      <c r="F198" s="269"/>
       <c r="G198" s="78"/>
       <c r="H198" s="140"/>
       <c r="I198" s="24" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B199" s="2"/>
       <c r="C199" s="95"/>
-      <c r="D199" s="241"/>
+      <c r="D199" s="238"/>
       <c r="E199" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="F199" s="272"/>
+      <c r="F199" s="269"/>
       <c r="G199" s="78"/>
       <c r="H199" s="140"/>
       <c r="I199" s="24" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B200" s="2"/>
       <c r="C200" s="95"/>
-      <c r="D200" s="241"/>
+      <c r="D200" s="238"/>
       <c r="E200" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="F200" s="272"/>
+      <c r="F200" s="269"/>
       <c r="G200" s="78" t="s">
         <v>303</v>
       </c>
       <c r="H200" s="140"/>
       <c r="I200" s="24" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B201" s="2"/>
       <c r="C201" s="95"/>
-      <c r="D201" s="241"/>
+      <c r="D201" s="238"/>
       <c r="E201" s="10" t="s">
         <v>395</v>
       </c>
-      <c r="F201" s="272"/>
+      <c r="F201" s="269"/>
       <c r="G201" s="78"/>
       <c r="H201" s="140"/>
       <c r="I201" s="24"/>
     </row>
-    <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B202" s="2"/>
       <c r="C202" s="95"/>
-      <c r="D202" s="241"/>
+      <c r="D202" s="238"/>
       <c r="E202" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="F202" s="272"/>
+      <c r="F202" s="269"/>
       <c r="G202" s="78"/>
       <c r="H202" s="140"/>
       <c r="I202" s="24"/>
     </row>
-    <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B203" s="2"/>
       <c r="C203" s="95"/>
-      <c r="D203" s="241"/>
+      <c r="D203" s="238"/>
       <c r="E203" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="F203" s="272"/>
+      <c r="F203" s="269"/>
       <c r="G203" s="78" t="s">
         <v>377</v>
       </c>
       <c r="H203" s="140"/>
       <c r="I203" s="24" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B204" s="2"/>
       <c r="C204" s="95"/>
-      <c r="D204" s="241"/>
+      <c r="D204" s="238"/>
       <c r="E204" s="10" t="s">
         <v>413</v>
       </c>
-      <c r="F204" s="272"/>
+      <c r="F204" s="269"/>
       <c r="G204" s="78" t="s">
         <v>345</v>
       </c>
       <c r="H204" s="140"/>
       <c r="I204" s="24" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B205" s="2"/>
       <c r="C205" s="95"/>
-      <c r="D205" s="241"/>
+      <c r="D205" s="238"/>
       <c r="E205" s="41"/>
-      <c r="F205" s="282"/>
+      <c r="F205" s="279"/>
       <c r="G205" s="78"/>
       <c r="H205" s="140"/>
       <c r="I205" s="24" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B206" s="2"/>
       <c r="C206" s="105"/>
       <c r="D206" s="105"/>
       <c r="E206" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="F206" s="273"/>
+      <c r="F206" s="270"/>
       <c r="G206" s="79"/>
       <c r="H206" s="141"/>
       <c r="I206" s="24" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C207" s="102" t="s">
         <v>11</v>
       </c>
       <c r="D207" s="102"/>
       <c r="E207" s="51" t="s">
         <v>217</v>
       </c>
-      <c r="F207" s="271"/>
+      <c r="F207" s="268"/>
       <c r="G207" s="80"/>
       <c r="H207" s="142"/>
       <c r="I207" s="12" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B208" s="2"/>
       <c r="C208" s="93"/>
       <c r="D208" s="93"/>
       <c r="E208" s="10" t="s">
         <v>432</v>
       </c>
-      <c r="F208" s="272"/>
+      <c r="F208" s="269"/>
       <c r="G208" s="81"/>
       <c r="H208" s="141"/>
       <c r="I208" s="24"/>
     </row>
-    <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="209" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B209" s="2"/>
       <c r="C209" s="93"/>
       <c r="D209" s="93"/>
       <c r="E209" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F209" s="272"/>
+      <c r="F209" s="269"/>
       <c r="G209" s="81"/>
       <c r="H209" s="141"/>
       <c r="I209" s="24" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B210" s="2"/>
       <c r="C210" s="93"/>
       <c r="D210" s="93"/>
       <c r="E210" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="F210" s="272"/>
+      <c r="F210" s="269"/>
       <c r="G210" s="81"/>
       <c r="H210" s="141"/>
       <c r="I210" s="24" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="211" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B211" s="2"/>
       <c r="C211" s="93"/>
       <c r="D211" s="93"/>
       <c r="E211" s="10" t="s">
         <v>453</v>
       </c>
-      <c r="F211" s="272"/>
+      <c r="F211" s="269"/>
       <c r="G211" s="81"/>
       <c r="H211" s="141"/>
       <c r="I211" s="24"/>
     </row>
-    <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B212" s="2"/>
       <c r="C212" s="93"/>
       <c r="D212" s="93"/>
       <c r="E212" s="10" t="s">
         <v>428</v>
       </c>
-      <c r="F212" s="272"/>
+      <c r="F212" s="269"/>
       <c r="G212" s="78" t="s">
         <v>404</v>
       </c>
       <c r="H212" s="140"/>
       <c r="I212" s="24" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="213" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B213" s="2"/>
       <c r="C213" s="93"/>
       <c r="D213" s="93"/>
       <c r="E213" s="10" t="s">
         <v>393</v>
       </c>
-      <c r="F213" s="272"/>
+      <c r="F213" s="269"/>
       <c r="G213" s="78"/>
       <c r="H213" s="140"/>
       <c r="I213" s="24" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="214" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B214" s="2"/>
       <c r="C214" s="93"/>
       <c r="D214" s="93"/>
       <c r="E214" s="10" t="s">
         <v>420</v>
       </c>
-      <c r="F214" s="272"/>
+      <c r="F214" s="269"/>
       <c r="G214" s="78"/>
       <c r="H214" s="140"/>
       <c r="I214" s="24" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="215" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B215" s="2"/>
       <c r="C215" s="93"/>
       <c r="D215" s="93"/>
       <c r="E215" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="F215" s="272"/>
+      <c r="F215" s="269"/>
       <c r="G215" s="78"/>
       <c r="H215" s="140"/>
       <c r="I215" s="24" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B216" s="54"/>
       <c r="C216" s="109"/>
       <c r="D216" s="109"/>
       <c r="E216" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="F216" s="273"/>
+      <c r="F216" s="270"/>
       <c r="G216" s="79"/>
       <c r="H216" s="143"/>
       <c r="I216" s="42" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C217" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="D217" s="243"/>
+      <c r="D217" s="240"/>
       <c r="E217" s="51" t="s">
         <v>431</v>
       </c>
-      <c r="F217" s="272"/>
+      <c r="F217" s="269"/>
       <c r="G217" s="81"/>
       <c r="H217" s="141"/>
       <c r="I217" s="24" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="218" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="218" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B218" s="2"/>
       <c r="C218" s="95"/>
       <c r="D218" s="97"/>
       <c r="E218" s="19" t="s">
         <v>475</v>
       </c>
-      <c r="F218" s="269"/>
+      <c r="F218" s="266"/>
       <c r="G218" s="78" t="s">
         <v>435</v>
       </c>
       <c r="H218" s="140"/>
       <c r="I218" s="24" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="219" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B219" s="2"/>
       <c r="C219" s="95"/>
-      <c r="D219" s="241"/>
+      <c r="D219" s="238"/>
       <c r="E219" s="10" t="s">
         <v>444</v>
       </c>
-      <c r="F219" s="272"/>
+      <c r="F219" s="269"/>
       <c r="G219" s="81"/>
       <c r="H219" s="141"/>
       <c r="I219" s="24"/>
     </row>
-    <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="220" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B220" s="2"/>
       <c r="C220" s="95"/>
       <c r="D220" s="97"/>
       <c r="E220" s="19" t="s">
         <v>458</v>
       </c>
-      <c r="F220" s="269"/>
+      <c r="F220" s="266"/>
       <c r="G220" s="78" t="s">
         <v>441</v>
       </c>
       <c r="H220" s="140"/>
       <c r="I220" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B221" s="2"/>
       <c r="C221" s="95"/>
-      <c r="D221" s="241"/>
+      <c r="D221" s="238"/>
       <c r="E221" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="F221" s="272"/>
+      <c r="F221" s="269"/>
       <c r="G221" s="78" t="s">
         <v>438</v>
       </c>
       <c r="H221" s="140"/>
       <c r="I221" s="24" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B222" s="2"/>
       <c r="C222" s="95"/>
-      <c r="D222" s="241"/>
+      <c r="D222" s="238"/>
       <c r="E222" s="10" t="s">
         <v>450</v>
       </c>
-      <c r="F222" s="272"/>
+      <c r="F222" s="269"/>
       <c r="G222" s="78"/>
       <c r="H222" s="140"/>
       <c r="I222" s="24"/>
     </row>
-    <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B223" s="2"/>
       <c r="C223" s="95"/>
-      <c r="D223" s="241"/>
+      <c r="D223" s="238"/>
       <c r="E223" s="10" t="s">
         <v>449</v>
       </c>
-      <c r="F223" s="272"/>
+      <c r="F223" s="269"/>
       <c r="G223" s="78" t="s">
         <v>473</v>
       </c>
       <c r="H223" s="140"/>
       <c r="I223" s="24"/>
     </row>
-    <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21"/>
       <c r="C224" s="106"/>
-      <c r="D224" s="242"/>
+      <c r="D224" s="239"/>
       <c r="E224" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="F224" s="272"/>
+      <c r="F224" s="269"/>
       <c r="G224" s="81"/>
       <c r="H224" s="141"/>
       <c r="I224" s="42" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="225" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B225" s="18"/>
       <c r="C225" s="94" t="s">
         <v>13</v>
       </c>
       <c r="D225" s="102"/>
       <c r="E225" s="27" t="s">
         <v>278</v>
       </c>
-      <c r="F225" s="271"/>
+      <c r="F225" s="268"/>
       <c r="G225" s="20" t="s">
         <v>466</v>
       </c>
       <c r="H225" s="123"/>
       <c r="I225" s="30" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="226" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B226" s="21"/>
       <c r="C226" s="95"/>
       <c r="D226" s="93"/>
       <c r="E226" s="29" t="s">
         <v>309</v>
       </c>
-      <c r="F226" s="272"/>
+      <c r="F226" s="269"/>
       <c r="G226" s="23" t="s">
         <v>436</v>
       </c>
       <c r="H226" s="123"/>
       <c r="I226" s="30"/>
     </row>
-    <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="227" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B227" s="21"/>
       <c r="C227" s="95"/>
       <c r="D227" s="93"/>
       <c r="E227" s="29" t="s">
         <v>407</v>
       </c>
-      <c r="F227" s="272"/>
+      <c r="F227" s="269"/>
       <c r="G227" s="23" t="s">
         <v>92</v>
       </c>
       <c r="H227" s="123"/>
       <c r="I227" s="30"/>
     </row>
-    <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="228" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B228" s="21"/>
       <c r="C228" s="95"/>
       <c r="D228" s="93"/>
       <c r="E228" s="29" t="s">
         <v>422</v>
       </c>
-      <c r="F228" s="272"/>
+      <c r="F228" s="269"/>
       <c r="G228" s="23" t="s">
         <v>93</v>
       </c>
       <c r="H228" s="123"/>
       <c r="I228" s="30" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="229" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B229" s="21"/>
       <c r="C229" s="95"/>
       <c r="D229" s="93"/>
       <c r="E229" s="29" t="s">
         <v>299</v>
       </c>
-      <c r="F229" s="272"/>
+      <c r="F229" s="269"/>
       <c r="G229" s="23" t="s">
         <v>465</v>
       </c>
       <c r="H229" s="123"/>
       <c r="I229" s="30" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="230" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B230" s="21"/>
       <c r="C230" s="95"/>
       <c r="D230" s="93"/>
       <c r="E230" s="29" t="s">
         <v>442</v>
       </c>
-      <c r="F230" s="272"/>
+      <c r="F230" s="269"/>
       <c r="G230" s="23" t="s">
         <v>419</v>
       </c>
       <c r="H230" s="123"/>
       <c r="I230" s="30" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="231" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B231" s="21"/>
       <c r="C231" s="95"/>
       <c r="D231" s="93"/>
       <c r="E231" s="29" t="s">
         <v>430</v>
       </c>
-      <c r="F231" s="272"/>
+      <c r="F231" s="269"/>
       <c r="G231" s="23" t="s">
         <v>399</v>
       </c>
       <c r="H231" s="123"/>
       <c r="I231" s="30" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="232" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B232" s="21"/>
       <c r="C232" s="95"/>
       <c r="D232" s="93"/>
       <c r="E232" s="29" t="s">
         <v>354</v>
       </c>
-      <c r="F232" s="272"/>
+      <c r="F232" s="269"/>
       <c r="G232" s="23" t="s">
         <v>400</v>
       </c>
       <c r="H232" s="123"/>
       <c r="I232" s="30"/>
     </row>
-    <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="233" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B233" s="21"/>
       <c r="C233" s="95"/>
       <c r="D233" s="93"/>
       <c r="E233" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="F233" s="272"/>
+      <c r="F233" s="269"/>
       <c r="G233" s="23"/>
       <c r="H233" s="123"/>
       <c r="I233" s="30"/>
     </row>
-    <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="234" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B234" s="21"/>
       <c r="C234" s="95"/>
       <c r="D234" s="93"/>
       <c r="E234" s="29" t="s">
         <v>408</v>
       </c>
-      <c r="F234" s="272"/>
+      <c r="F234" s="269"/>
       <c r="G234" s="23"/>
       <c r="H234" s="123"/>
       <c r="I234" s="30" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="235" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B235" s="21"/>
       <c r="C235" s="95"/>
       <c r="D235" s="93"/>
       <c r="E235" s="29" t="s">
         <v>463</v>
       </c>
-      <c r="F235" s="272"/>
+      <c r="F235" s="269"/>
       <c r="G235" s="23"/>
       <c r="H235" s="123"/>
       <c r="I235" s="30"/>
     </row>
-    <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="236" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21"/>
       <c r="C236" s="95"/>
       <c r="D236" s="93"/>
       <c r="E236" s="29" t="s">
         <v>445</v>
       </c>
-      <c r="F236" s="272"/>
+      <c r="F236" s="269"/>
       <c r="G236" s="23"/>
       <c r="H236" s="123"/>
       <c r="I236" s="30"/>
     </row>
-    <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="237" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B237" s="21"/>
       <c r="C237" s="95"/>
       <c r="D237" s="93"/>
       <c r="E237" s="29" t="s">
         <v>394</v>
       </c>
-      <c r="F237" s="272"/>
+      <c r="F237" s="269"/>
       <c r="G237" s="23"/>
       <c r="H237" s="123"/>
       <c r="I237" s="30"/>
     </row>
-    <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="238" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B238" s="21"/>
       <c r="C238" s="95"/>
       <c r="D238" s="93"/>
       <c r="E238" s="29" t="s">
         <v>360</v>
       </c>
-      <c r="F238" s="272"/>
+      <c r="F238" s="269"/>
       <c r="G238" s="23" t="s">
         <v>365</v>
       </c>
       <c r="H238" s="123"/>
       <c r="I238" s="30" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="239" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B239" s="21"/>
       <c r="C239" s="95"/>
       <c r="D239" s="97"/>
       <c r="E239" s="45" t="s">
         <v>426</v>
       </c>
-      <c r="F239" s="276"/>
+      <c r="F239" s="273"/>
       <c r="G239" s="23"/>
       <c r="H239" s="123"/>
       <c r="I239" s="30"/>
     </row>
-    <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B240" s="21"/>
       <c r="C240" s="95"/>
       <c r="D240" s="93"/>
       <c r="E240" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="F240" s="272"/>
+      <c r="F240" s="269"/>
       <c r="G240" s="23"/>
       <c r="H240" s="123"/>
       <c r="I240" s="30"/>
     </row>
-    <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B241" s="21"/>
       <c r="C241" s="95"/>
       <c r="D241" s="97"/>
       <c r="E241" s="19" t="s">
         <v>459</v>
       </c>
-      <c r="F241" s="269"/>
+      <c r="F241" s="266"/>
       <c r="G241" s="23"/>
       <c r="H241" s="123"/>
       <c r="I241" s="30"/>
     </row>
-    <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="242" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B242" s="4"/>
       <c r="C242" s="104"/>
-      <c r="D242" s="288"/>
+      <c r="D242" s="285"/>
       <c r="E242" s="19" t="s">
         <v>467</v>
       </c>
-      <c r="F242" s="269"/>
+      <c r="F242" s="266"/>
       <c r="G242" s="33"/>
       <c r="H242" s="126"/>
       <c r="I242" s="49"/>
     </row>
-    <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="243" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="C243" s="93" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="93"/>
       <c r="E243" s="51" t="s">
         <v>451</v>
       </c>
-      <c r="F243" s="283"/>
+      <c r="F243" s="280"/>
       <c r="G243" s="82" t="s">
         <v>478</v>
       </c>
       <c r="H243" s="123"/>
       <c r="I243" s="30" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B244" s="21"/>
       <c r="C244" s="97"/>
       <c r="D244" s="97"/>
       <c r="E244" s="10" t="s">
         <v>452</v>
       </c>
-      <c r="F244" s="268"/>
+      <c r="F244" s="265"/>
       <c r="G244" s="83" t="s">
         <v>474</v>
       </c>
       <c r="H244" s="123"/>
       <c r="I244" s="49"/>
     </row>
-    <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B245" s="21"/>
       <c r="C245" s="98"/>
       <c r="D245" s="98"/>
       <c r="E245" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="F245" s="268"/>
+      <c r="F245" s="265"/>
       <c r="G245" s="84"/>
       <c r="H245" s="126"/>
       <c r="I245" s="30" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="246" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B246" s="21"/>
       <c r="C246" s="93"/>
       <c r="D246" s="93"/>
       <c r="E246" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="F246" s="268"/>
+      <c r="F246" s="265"/>
       <c r="G246" s="83" t="s">
         <v>402</v>
       </c>
       <c r="H246" s="123"/>
       <c r="I246" s="30" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="247" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B247" s="21"/>
       <c r="C247" s="93"/>
       <c r="D247" s="93"/>
       <c r="E247" s="10" t="s">
         <v>440</v>
       </c>
-      <c r="F247" s="268"/>
+      <c r="F247" s="265"/>
       <c r="G247" s="83" t="s">
         <v>401</v>
       </c>
       <c r="H247" s="123"/>
       <c r="I247" s="30" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="248" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21"/>
       <c r="C248" s="93"/>
       <c r="D248" s="93"/>
       <c r="E248" s="10" t="s">
         <v>469</v>
       </c>
-      <c r="F248" s="268"/>
+      <c r="F248" s="265"/>
       <c r="G248" s="83"/>
       <c r="H248" s="123"/>
       <c r="I248" s="30"/>
     </row>
-    <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="249" spans="2:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="21"/>
       <c r="C249" s="93"/>
       <c r="D249" s="93"/>
       <c r="E249" s="10" t="s">
         <v>482</v>
       </c>
-      <c r="F249" s="268"/>
+      <c r="F249" s="265"/>
       <c r="G249" s="83"/>
       <c r="H249" s="123"/>
       <c r="I249" s="30"/>
     </row>
-    <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="250" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
       <c r="C250" s="93"/>
       <c r="D250" s="93"/>
       <c r="E250" s="14" t="s">
         <v>483</v>
       </c>
-      <c r="F250" s="284"/>
+      <c r="F250" s="281"/>
       <c r="G250" s="85" t="s">
         <v>84</v>
       </c>
       <c r="H250" s="123"/>
       <c r="I250" s="30"/>
     </row>
-    <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="251" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B251" s="48">
         <v>2024</v>
       </c>
       <c r="C251" s="102" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="93"/>
       <c r="E251" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="F251" s="268"/>
+      <c r="F251" s="265"/>
       <c r="G251" s="84"/>
       <c r="H251" s="126"/>
       <c r="I251" s="12" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="252" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
       <c r="C252" s="93"/>
       <c r="D252" s="93"/>
       <c r="E252" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="F252" s="268"/>
+      <c r="F252" s="265"/>
       <c r="G252" s="84"/>
       <c r="H252" s="126"/>
       <c r="I252" s="24" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="253" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
       <c r="C253" s="93"/>
       <c r="D253" s="93"/>
       <c r="E253" s="10" t="s">
         <v>443</v>
       </c>
-      <c r="F253" s="268"/>
+      <c r="F253" s="265"/>
       <c r="G253" s="84"/>
       <c r="H253" s="126"/>
       <c r="I253" s="24"/>
     </row>
-    <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="254" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
       <c r="C254" s="93"/>
       <c r="D254" s="93"/>
       <c r="E254" s="10" t="s">
         <v>314</v>
       </c>
-      <c r="F254" s="268"/>
+      <c r="F254" s="265"/>
       <c r="G254" s="83" t="s">
         <v>479</v>
       </c>
       <c r="H254" s="123"/>
       <c r="I254" s="71"/>
     </row>
-    <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="255" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B255" s="21"/>
       <c r="C255" s="93"/>
       <c r="D255" s="93"/>
       <c r="E255" s="10" t="s">
         <v>499</v>
       </c>
-      <c r="F255" s="268"/>
+      <c r="F255" s="265"/>
       <c r="G255" s="83"/>
       <c r="H255" s="123"/>
       <c r="I255" s="24" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="256" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
       <c r="C256" s="93"/>
       <c r="D256" s="93"/>
       <c r="E256" s="10" t="s">
         <v>433</v>
       </c>
-      <c r="F256" s="268"/>
+      <c r="F256" s="265"/>
       <c r="G256" s="84"/>
       <c r="H256" s="126"/>
       <c r="I256" s="71"/>
     </row>
-    <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="257" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
       <c r="C257" s="93"/>
       <c r="D257" s="93"/>
       <c r="E257" s="10" t="s">
         <v>391</v>
       </c>
-      <c r="F257" s="268"/>
+      <c r="F257" s="265"/>
       <c r="G257" s="84"/>
       <c r="H257" s="126"/>
       <c r="I257" s="30" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="258" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B258" s="21"/>
       <c r="C258" s="93"/>
       <c r="D258" s="93"/>
       <c r="E258" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="F258" s="268"/>
+      <c r="F258" s="265"/>
       <c r="G258" s="84"/>
       <c r="H258" s="126"/>
       <c r="I258" s="71"/>
     </row>
-    <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="259" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B259" s="4"/>
       <c r="C259" s="107"/>
       <c r="D259" s="107"/>
       <c r="E259" s="14" t="s">
         <v>389</v>
       </c>
-      <c r="F259" s="284"/>
+      <c r="F259" s="281"/>
       <c r="G259" s="86"/>
       <c r="H259" s="126"/>
       <c r="I259" s="24" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="260" spans="2:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="260" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G260" s="61"/>
       <c r="H260" s="133"/>
       <c r="I260" s="61"/>
     </row>
-    <row r="261" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="261" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G261" s="61"/>
       <c r="H261" s="133"/>
       <c r="I261" s="61"/>
     </row>
-    <row r="262" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="262" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G262" s="61"/>
       <c r="H262" s="133"/>
       <c r="I262" s="61"/>
     </row>
-    <row r="263" spans="2:9" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="263" spans="2:9" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="I263" s="61"/>
     </row>
-    <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B264" s="323" t="s">
+    <row r="264" spans="2:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="325" t="s">
         <v>652</v>
       </c>
-      <c r="C264" s="324"/>
-[...7 lines deleted...]
-    <row r="265" spans="2:9" s="91" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C264" s="326"/>
+      <c r="D264" s="326"/>
+      <c r="E264" s="326"/>
+      <c r="F264" s="326"/>
+      <c r="G264" s="326"/>
+      <c r="H264" s="326"/>
+      <c r="I264" s="327"/>
+    </row>
+    <row r="265" spans="2:9" s="91" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="92" t="s">
         <v>0</v>
       </c>
       <c r="C265" s="111" t="s">
         <v>1</v>
       </c>
       <c r="D265" s="144" t="s">
         <v>528</v>
       </c>
       <c r="E265" s="145" t="s">
         <v>2</v>
       </c>
       <c r="F265" s="150" t="s">
         <v>528</v>
       </c>
       <c r="G265" s="151" t="s">
         <v>3</v>
       </c>
       <c r="H265" s="160" t="s">
         <v>528</v>
       </c>
       <c r="I265" s="161" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="266" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="266" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B266" s="52">
         <v>2025</v>
       </c>
       <c r="C266" s="102" t="s">
         <v>42</v>
       </c>
-      <c r="D266" s="289"/>
+      <c r="D266" s="286"/>
       <c r="E266" s="146" t="s">
         <v>475</v>
       </c>
-      <c r="F266" s="236"/>
+      <c r="F266" s="233"/>
       <c r="G266" s="152" t="s">
         <v>472</v>
       </c>
       <c r="H266" s="162"/>
       <c r="I266" s="163"/>
     </row>
-    <row r="267" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="267" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B267" s="3"/>
       <c r="C267" s="93"/>
-      <c r="D267" s="290"/>
+      <c r="D267" s="287"/>
       <c r="E267" s="147" t="s">
         <v>487</v>
       </c>
-      <c r="F267" s="211"/>
+      <c r="F267" s="210"/>
       <c r="G267" s="153" t="s">
         <v>518</v>
       </c>
       <c r="H267" s="164"/>
       <c r="I267" s="165"/>
     </row>
-    <row r="268" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="268" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B268" s="3"/>
       <c r="C268" s="93"/>
-      <c r="D268" s="290"/>
+      <c r="D268" s="287"/>
       <c r="E268" s="147" t="s">
         <v>488</v>
       </c>
-      <c r="F268" s="211"/>
+      <c r="F268" s="210"/>
       <c r="G268" s="153" t="s">
         <v>498</v>
       </c>
       <c r="H268" s="164"/>
       <c r="I268" s="165"/>
     </row>
-    <row r="269" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="269" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B269" s="3"/>
       <c r="C269" s="93"/>
-      <c r="D269" s="290"/>
+      <c r="D269" s="287"/>
       <c r="E269" s="147" t="s">
         <v>489</v>
       </c>
-      <c r="F269" s="211"/>
+      <c r="F269" s="210"/>
       <c r="G269" s="153" t="s">
         <v>514</v>
       </c>
       <c r="H269" s="164"/>
       <c r="I269" s="165"/>
     </row>
-    <row r="270" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="270" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B270" s="3"/>
       <c r="C270" s="93"/>
-      <c r="D270" s="290"/>
+      <c r="D270" s="287"/>
       <c r="E270" s="147" t="s">
         <v>484</v>
       </c>
-      <c r="F270" s="211"/>
+      <c r="F270" s="210"/>
       <c r="G270" s="153" t="s">
         <v>371</v>
       </c>
       <c r="H270" s="164"/>
       <c r="I270" s="165"/>
     </row>
-    <row r="271" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="271" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B271" s="3"/>
       <c r="C271" s="93"/>
-      <c r="D271" s="290"/>
+      <c r="D271" s="287"/>
       <c r="E271" s="147" t="s">
         <v>418</v>
       </c>
-      <c r="F271" s="211"/>
+      <c r="F271" s="210"/>
       <c r="G271" s="154" t="s">
         <v>370</v>
       </c>
       <c r="H271" s="164"/>
       <c r="I271" s="165" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="272" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="272" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B272" s="3"/>
       <c r="C272" s="93"/>
-      <c r="D272" s="290"/>
+      <c r="D272" s="287"/>
       <c r="E272" s="147" t="s">
         <v>490</v>
       </c>
-      <c r="F272" s="211"/>
+      <c r="F272" s="210"/>
       <c r="G272" s="153" t="s">
         <v>369</v>
       </c>
       <c r="H272" s="164"/>
       <c r="I272" s="165" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="273" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="273" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B273" s="3"/>
       <c r="C273" s="93"/>
-      <c r="D273" s="290"/>
+      <c r="D273" s="287"/>
       <c r="E273" s="147" t="s">
         <v>497</v>
       </c>
-      <c r="F273" s="211"/>
+      <c r="F273" s="210"/>
       <c r="G273" s="154" t="s">
         <v>513</v>
       </c>
       <c r="H273" s="164"/>
       <c r="I273" s="165"/>
     </row>
-    <row r="274" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="274" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B274" s="3"/>
       <c r="C274" s="93"/>
-      <c r="D274" s="290"/>
+      <c r="D274" s="287"/>
       <c r="E274" s="147" t="s">
         <v>491</v>
       </c>
-      <c r="F274" s="211"/>
+      <c r="F274" s="210"/>
       <c r="G274" s="154" t="s">
         <v>503</v>
       </c>
       <c r="H274" s="164"/>
       <c r="I274" s="165" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="275" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="275" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B275" s="3"/>
       <c r="C275" s="93"/>
-      <c r="D275" s="290"/>
+      <c r="D275" s="287"/>
       <c r="E275" s="147" t="s">
         <v>501</v>
       </c>
-      <c r="F275" s="211"/>
+      <c r="F275" s="210"/>
       <c r="G275" s="154"/>
       <c r="H275" s="164"/>
       <c r="I275" s="165" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="276" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="276" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B276" s="67"/>
       <c r="C276" s="109"/>
-      <c r="D276" s="291"/>
+      <c r="D276" s="288"/>
       <c r="E276" s="148" t="s">
         <v>495</v>
       </c>
-      <c r="F276" s="212"/>
+      <c r="F276" s="211"/>
       <c r="G276" s="155" t="s">
         <v>515</v>
       </c>
       <c r="H276" s="164"/>
       <c r="I276" s="165" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="277" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="277" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B277" s="48">
         <v>2025</v>
       </c>
       <c r="C277" s="93" t="s">
         <v>5</v>
       </c>
-      <c r="D277" s="290"/>
+      <c r="D277" s="287"/>
       <c r="E277" s="147" t="s">
         <v>63</v>
       </c>
-      <c r="F277" s="211"/>
+      <c r="F277" s="210"/>
       <c r="G277" s="156"/>
       <c r="H277" s="166"/>
       <c r="I277" s="167"/>
     </row>
-    <row r="278" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="278" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B278" s="21"/>
       <c r="C278" s="93"/>
-      <c r="D278" s="290"/>
+      <c r="D278" s="287"/>
       <c r="E278" s="147" t="s">
         <v>431</v>
       </c>
-      <c r="F278" s="211"/>
+      <c r="F278" s="210"/>
       <c r="G278" s="156"/>
       <c r="H278" s="166"/>
       <c r="I278" s="168"/>
     </row>
-    <row r="279" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="279" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B279" s="21"/>
       <c r="C279" s="93"/>
-      <c r="D279" s="290"/>
+      <c r="D279" s="287"/>
       <c r="E279" s="147" t="s">
         <v>511</v>
       </c>
-      <c r="F279" s="211"/>
+      <c r="F279" s="210"/>
       <c r="G279" s="156"/>
       <c r="H279" s="166"/>
       <c r="I279" s="168"/>
     </row>
-    <row r="280" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="280" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B280" s="21"/>
       <c r="C280" s="93"/>
-      <c r="D280" s="290"/>
+      <c r="D280" s="287"/>
       <c r="E280" s="147" t="s">
         <v>512</v>
       </c>
-      <c r="F280" s="211"/>
+      <c r="F280" s="210"/>
       <c r="G280" s="156"/>
       <c r="H280" s="166"/>
       <c r="I280" s="168"/>
     </row>
-    <row r="281" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="281" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B281" s="21"/>
       <c r="C281" s="93"/>
-      <c r="D281" s="290"/>
+      <c r="D281" s="287"/>
       <c r="E281" s="147" t="s">
         <v>502</v>
       </c>
-      <c r="F281" s="211"/>
+      <c r="F281" s="210"/>
       <c r="G281" s="156"/>
       <c r="H281" s="166"/>
       <c r="I281" s="168" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="282" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="282" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B282" s="21"/>
       <c r="C282" s="93"/>
-      <c r="D282" s="290"/>
+      <c r="D282" s="287"/>
       <c r="E282" s="147" t="s">
         <v>516</v>
       </c>
-      <c r="F282" s="211"/>
+      <c r="F282" s="210"/>
       <c r="G282" s="156"/>
       <c r="H282" s="166"/>
       <c r="I282" s="168" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="283" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="283" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B283" s="21"/>
       <c r="C283" s="93"/>
-      <c r="D283" s="290"/>
+      <c r="D283" s="287"/>
       <c r="E283" s="147" t="s">
         <v>460</v>
       </c>
-      <c r="F283" s="211"/>
+      <c r="F283" s="210"/>
       <c r="G283" s="156"/>
       <c r="H283" s="166"/>
       <c r="I283" s="168" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="284" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="284" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B284" s="21"/>
       <c r="C284" s="93"/>
-      <c r="D284" s="290"/>
+      <c r="D284" s="287"/>
       <c r="E284" s="147" t="s">
         <v>521</v>
       </c>
-      <c r="F284" s="211"/>
+      <c r="F284" s="210"/>
       <c r="G284" s="156"/>
       <c r="H284" s="166"/>
       <c r="I284" s="168" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="285" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="285" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B285" s="21"/>
       <c r="C285" s="93"/>
-      <c r="D285" s="290"/>
+      <c r="D285" s="287"/>
       <c r="E285" s="147" t="s">
         <v>520</v>
       </c>
-      <c r="F285" s="211"/>
+      <c r="F285" s="210"/>
       <c r="G285" s="156"/>
       <c r="H285" s="166"/>
       <c r="I285" s="168" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="286" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="286" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B286" s="21"/>
       <c r="C286" s="93"/>
-      <c r="D286" s="290"/>
+      <c r="D286" s="287"/>
       <c r="E286" s="147" t="s">
         <v>454</v>
       </c>
-      <c r="F286" s="211"/>
+      <c r="F286" s="210"/>
       <c r="G286" s="156"/>
       <c r="H286" s="166"/>
       <c r="I286" s="168" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="287" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="287" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B287" s="13"/>
       <c r="C287" s="93"/>
-      <c r="D287" s="290"/>
+      <c r="D287" s="287"/>
       <c r="E287" s="147" t="s">
         <v>523</v>
       </c>
-      <c r="F287" s="211"/>
+      <c r="F287" s="210"/>
       <c r="G287" s="156"/>
       <c r="H287" s="166"/>
       <c r="I287" s="168"/>
     </row>
-    <row r="288" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="288" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B288" s="13"/>
       <c r="C288" s="93"/>
-      <c r="D288" s="290"/>
+      <c r="D288" s="287"/>
       <c r="E288" s="147" t="s">
         <v>525</v>
       </c>
-      <c r="F288" s="211"/>
+      <c r="F288" s="210"/>
       <c r="G288" s="156"/>
       <c r="H288" s="166"/>
       <c r="I288" s="168"/>
     </row>
-    <row r="289" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="289" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B289" s="1"/>
       <c r="C289" s="93"/>
-      <c r="D289" s="290"/>
+      <c r="D289" s="287"/>
       <c r="E289" s="147" t="s">
         <v>496</v>
       </c>
-      <c r="F289" s="211"/>
+      <c r="F289" s="210"/>
       <c r="G289" s="156"/>
       <c r="H289" s="166"/>
       <c r="I289" s="168"/>
     </row>
-    <row r="290" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="290" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B290" s="68"/>
       <c r="C290" s="110"/>
-      <c r="D290" s="290"/>
+      <c r="D290" s="287"/>
       <c r="E290" s="147" t="s">
         <v>492</v>
       </c>
-      <c r="F290" s="211"/>
+      <c r="F290" s="210"/>
       <c r="G290" s="157"/>
       <c r="H290" s="169"/>
       <c r="I290" s="170"/>
     </row>
-    <row r="291" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="291" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B291" s="36">
         <v>2025</v>
       </c>
       <c r="C291" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="D291" s="289"/>
+      <c r="D291" s="286"/>
       <c r="E291" s="146" t="s">
         <v>429</v>
       </c>
-      <c r="F291" s="211"/>
+      <c r="F291" s="210"/>
       <c r="G291" s="156"/>
       <c r="H291" s="166"/>
       <c r="I291" s="168"/>
     </row>
-    <row r="292" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="292" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B292" s="2"/>
       <c r="C292" s="93"/>
-      <c r="D292" s="290"/>
+      <c r="D292" s="287"/>
       <c r="E292" s="147" t="s">
         <v>423</v>
       </c>
-      <c r="F292" s="211"/>
+      <c r="F292" s="210"/>
       <c r="G292" s="158" t="s">
         <v>494</v>
       </c>
       <c r="H292" s="171"/>
       <c r="I292" s="168"/>
     </row>
-    <row r="293" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="293" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B293" s="2"/>
       <c r="C293" s="93"/>
-      <c r="D293" s="290"/>
+      <c r="D293" s="287"/>
       <c r="E293" s="147" t="s">
         <v>427</v>
       </c>
-      <c r="F293" s="211"/>
+      <c r="F293" s="210"/>
       <c r="G293" s="156"/>
       <c r="H293" s="166"/>
       <c r="I293" s="168"/>
     </row>
-    <row r="294" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="294" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B294" s="2"/>
       <c r="C294" s="93"/>
-      <c r="D294" s="290"/>
+      <c r="D294" s="287"/>
       <c r="E294" s="147" t="s">
         <v>493</v>
       </c>
-      <c r="F294" s="211"/>
+      <c r="F294" s="210"/>
       <c r="G294" s="156"/>
       <c r="H294" s="166"/>
       <c r="I294" s="168"/>
     </row>
-    <row r="295" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="295" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B295" s="2"/>
       <c r="C295" s="93"/>
-      <c r="D295" s="290"/>
+      <c r="D295" s="287"/>
       <c r="E295" s="147" t="s">
         <v>519</v>
       </c>
-      <c r="F295" s="211"/>
+      <c r="F295" s="210"/>
       <c r="G295" s="156"/>
       <c r="H295" s="166"/>
       <c r="I295" s="168"/>
     </row>
-    <row r="296" spans="2:9" ht="27.6" hidden="1" x14ac:dyDescent="0.3">
+    <row r="296" spans="2:9" ht="28.5" hidden="1" x14ac:dyDescent="0.25">
       <c r="B296" s="2"/>
       <c r="C296" s="93"/>
-      <c r="D296" s="290"/>
+      <c r="D296" s="287"/>
       <c r="E296" s="147" t="s">
         <v>524</v>
       </c>
-      <c r="F296" s="211"/>
+      <c r="F296" s="210"/>
       <c r="G296" s="156"/>
       <c r="H296" s="166"/>
       <c r="I296" s="168"/>
     </row>
-    <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="297" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B297" s="90"/>
-      <c r="C297" s="315" t="s">
+      <c r="C297" s="317" t="s">
         <v>7</v>
       </c>
-      <c r="D297" s="290">
+      <c r="D297" s="287">
         <v>15</v>
       </c>
       <c r="E297" s="147" t="s">
         <v>500</v>
       </c>
-      <c r="F297" s="211"/>
+      <c r="F297" s="210"/>
       <c r="G297" s="156"/>
       <c r="H297" s="166"/>
       <c r="I297" s="168"/>
     </row>
-    <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="298" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B298" s="21"/>
-      <c r="C298" s="315"/>
-      <c r="D298" s="290">
+      <c r="C298" s="317"/>
+      <c r="D298" s="287">
         <v>25</v>
       </c>
       <c r="E298" s="147" t="s">
         <v>527</v>
       </c>
-      <c r="F298" s="211"/>
+      <c r="F298" s="210"/>
       <c r="G298" s="156"/>
       <c r="H298" s="166"/>
       <c r="I298" s="168"/>
     </row>
-    <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="299" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B299" s="21"/>
-      <c r="C299" s="315"/>
-      <c r="D299" s="290">
+      <c r="C299" s="317"/>
+      <c r="D299" s="287">
         <v>27</v>
       </c>
       <c r="E299" s="147" t="s">
         <v>526</v>
       </c>
-      <c r="F299" s="211"/>
+      <c r="F299" s="210"/>
       <c r="G299" s="156"/>
       <c r="H299" s="166"/>
       <c r="I299" s="168"/>
     </row>
-    <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
+    <row r="300" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B300" s="4"/>
-      <c r="C300" s="316"/>
-      <c r="D300" s="291">
+      <c r="C300" s="318"/>
+      <c r="D300" s="288">
         <v>31</v>
       </c>
       <c r="E300" s="148" t="s">
         <v>506</v>
       </c>
-      <c r="F300" s="211"/>
+      <c r="F300" s="210"/>
       <c r="G300" s="159"/>
       <c r="H300" s="172"/>
       <c r="I300" s="173"/>
     </row>
-    <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B301" s="190">
+    <row r="301" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B301" s="189">
         <v>2025</v>
       </c>
-      <c r="D301" s="292">
+      <c r="D301" s="289">
         <v>1</v>
       </c>
       <c r="E301" s="149" t="s">
         <v>540</v>
       </c>
-      <c r="F301" s="285"/>
-      <c r="G301" s="210"/>
+      <c r="F301" s="282"/>
+      <c r="G301" s="209"/>
       <c r="H301" s="174"/>
       <c r="I301" s="175"/>
     </row>
-    <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B302" s="191"/>
+    <row r="302" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B302" s="190"/>
       <c r="C302" s="182"/>
-      <c r="D302" s="238">
+      <c r="D302" s="235">
         <v>1</v>
       </c>
       <c r="E302" s="149" t="s">
         <v>531</v>
       </c>
-      <c r="F302" s="285"/>
-      <c r="G302" s="210"/>
+      <c r="F302" s="282"/>
+      <c r="G302" s="209"/>
       <c r="H302" s="176"/>
       <c r="I302" s="177"/>
     </row>
-    <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B303" s="191"/>
+    <row r="303" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B303" s="190"/>
       <c r="C303" s="182"/>
-      <c r="D303" s="238">
+      <c r="D303" s="235">
         <v>1</v>
       </c>
       <c r="E303" s="149" t="s">
         <v>541</v>
       </c>
-      <c r="F303" s="285"/>
-      <c r="G303" s="210"/>
+      <c r="F303" s="282"/>
+      <c r="G303" s="209"/>
       <c r="H303" s="178"/>
       <c r="I303" s="177"/>
     </row>
-    <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B304" s="191"/>
+    <row r="304" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B304" s="190"/>
       <c r="C304" s="182"/>
-      <c r="D304" s="238">
+      <c r="D304" s="235">
         <v>3</v>
       </c>
       <c r="E304" s="149" t="s">
         <v>542</v>
       </c>
-      <c r="F304" s="285"/>
-      <c r="G304" s="210"/>
+      <c r="F304" s="282"/>
+      <c r="G304" s="209"/>
       <c r="H304" s="179"/>
       <c r="I304" s="177"/>
     </row>
-    <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B305" s="191"/>
+    <row r="305" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B305" s="190"/>
       <c r="C305" s="182"/>
-      <c r="D305" s="238">
+      <c r="D305" s="235">
         <v>8</v>
       </c>
       <c r="E305" s="149" t="s">
         <v>543</v>
       </c>
-      <c r="F305" s="211"/>
+      <c r="F305" s="210"/>
       <c r="G305" s="156"/>
       <c r="H305" s="176"/>
       <c r="I305" s="177"/>
     </row>
-    <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B306" s="191"/>
+    <row r="306" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B306" s="190"/>
       <c r="C306" s="182"/>
-      <c r="D306" s="238">
+      <c r="D306" s="235">
         <v>8</v>
       </c>
       <c r="E306" s="149" t="s">
         <v>544</v>
       </c>
-      <c r="F306" s="211"/>
+      <c r="F306" s="210"/>
       <c r="G306" s="156"/>
       <c r="H306" s="176"/>
       <c r="I306" s="177"/>
     </row>
-    <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B307" s="311">
+    <row r="307" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B307" s="313">
         <v>2025</v>
       </c>
-      <c r="C307" s="328" t="s">
+      <c r="C307" s="330" t="s">
         <v>8</v>
       </c>
-      <c r="D307" s="245">
+      <c r="D307" s="242">
         <v>15</v>
       </c>
-      <c r="E307" s="184" t="s">
+      <c r="E307" s="183" t="s">
         <v>545</v>
       </c>
-      <c r="F307" s="246">
+      <c r="F307" s="243">
         <v>23</v>
       </c>
-      <c r="G307" s="185" t="s">
+      <c r="G307" s="184" t="s">
         <v>568</v>
       </c>
       <c r="H307" s="166"/>
-      <c r="I307" s="249"/>
-[...4 lines deleted...]
-      <c r="D308" s="245">
+      <c r="I307" s="246"/>
+    </row>
+    <row r="308" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B308" s="314"/>
+      <c r="C308" s="330"/>
+      <c r="D308" s="242">
         <v>15</v>
       </c>
-      <c r="E308" s="184" t="s">
+      <c r="E308" s="183" t="s">
         <v>530</v>
       </c>
-      <c r="F308" s="246">
+      <c r="F308" s="243">
         <v>23</v>
       </c>
-      <c r="G308" s="185" t="s">
+      <c r="G308" s="184" t="s">
         <v>567</v>
       </c>
       <c r="H308" s="166"/>
-      <c r="I308" s="249"/>
-[...4 lines deleted...]
-      <c r="D309" s="245">
+      <c r="I308" s="246"/>
+    </row>
+    <row r="309" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B309" s="314"/>
+      <c r="C309" s="330"/>
+      <c r="D309" s="242">
         <v>22</v>
       </c>
-      <c r="E309" s="184" t="s">
+      <c r="E309" s="183" t="s">
         <v>546</v>
       </c>
-      <c r="F309" s="246">
+      <c r="F309" s="243">
         <v>29</v>
       </c>
-      <c r="G309" s="186" t="s">
+      <c r="G309" s="185" t="s">
         <v>569</v>
       </c>
       <c r="H309" s="166"/>
-      <c r="I309" s="249"/>
-[...4 lines deleted...]
-      <c r="D310" s="245">
+      <c r="I309" s="246"/>
+    </row>
+    <row r="310" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B310" s="314"/>
+      <c r="C310" s="330"/>
+      <c r="D310" s="242">
         <v>29</v>
       </c>
-      <c r="E310" s="184" t="s">
+      <c r="E310" s="183" t="s">
         <v>529</v>
       </c>
-      <c r="F310" s="254">
+      <c r="F310" s="251">
         <v>30</v>
       </c>
-      <c r="G310" s="185" t="s">
+      <c r="G310" s="184" t="s">
         <v>557</v>
       </c>
       <c r="H310" s="166"/>
-      <c r="I310" s="249"/>
-[...3 lines deleted...]
-      <c r="C311" s="326" t="s">
+      <c r="I310" s="246"/>
+    </row>
+    <row r="311" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B311" s="314"/>
+      <c r="C311" s="328" t="s">
         <v>9</v>
       </c>
-      <c r="D311" s="258">
+      <c r="D311" s="255">
         <v>6</v>
       </c>
-      <c r="E311" s="184" t="s">
+      <c r="E311" s="183" t="s">
         <v>536</v>
       </c>
-      <c r="F311" s="286">
+      <c r="F311" s="283">
         <v>1</v>
       </c>
-      <c r="G311" s="185" t="s">
+      <c r="G311" s="184" t="s">
         <v>578</v>
       </c>
       <c r="H311" s="166">
         <v>23</v>
       </c>
-      <c r="I311" s="248" t="s">
+      <c r="I311" s="245" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D312" s="258">
+    <row r="312" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B312" s="314"/>
+      <c r="C312" s="328"/>
+      <c r="D312" s="255">
         <v>6</v>
       </c>
-      <c r="E312" s="184" t="s">
+      <c r="E312" s="183" t="s">
         <v>539</v>
       </c>
-      <c r="F312" s="286">
+      <c r="F312" s="283">
         <v>2</v>
       </c>
-      <c r="G312" s="185" t="s">
+      <c r="G312" s="184" t="s">
         <v>577</v>
       </c>
       <c r="H312" s="166">
         <v>23</v>
       </c>
-      <c r="I312" s="248" t="s">
+      <c r="I312" s="245" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D313" s="258">
+    <row r="313" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B313" s="314"/>
+      <c r="C313" s="328"/>
+      <c r="D313" s="255">
         <v>19</v>
       </c>
-      <c r="E313" s="184" t="s">
+      <c r="E313" s="183" t="s">
         <v>553</v>
       </c>
-      <c r="F313" s="256">
+      <c r="F313" s="253">
         <v>6</v>
       </c>
-      <c r="G313" s="185" t="s">
+      <c r="G313" s="184" t="s">
         <v>534</v>
       </c>
       <c r="H313" s="166"/>
-      <c r="I313" s="248"/>
-[...4 lines deleted...]
-      <c r="D314" s="258">
+      <c r="I313" s="245"/>
+    </row>
+    <row r="314" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B314" s="314"/>
+      <c r="C314" s="328"/>
+      <c r="D314" s="255">
         <v>20</v>
       </c>
-      <c r="E314" s="184" t="s">
+      <c r="E314" s="183" t="s">
         <v>599</v>
       </c>
-      <c r="F314" s="256">
+      <c r="F314" s="253">
         <v>6</v>
       </c>
-      <c r="G314" s="185" t="s">
+      <c r="G314" s="184" t="s">
         <v>559</v>
       </c>
       <c r="H314" s="172"/>
-      <c r="I314" s="247"/>
-[...6 lines deleted...]
-      <c r="F315" s="256">
+      <c r="I314" s="244"/>
+    </row>
+    <row r="315" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B315" s="314"/>
+      <c r="C315" s="328"/>
+      <c r="D315" s="255"/>
+      <c r="E315" s="183"/>
+      <c r="F315" s="253">
         <v>15</v>
       </c>
-      <c r="G315" s="185" t="s">
+      <c r="G315" s="184" t="s">
         <v>602</v>
       </c>
       <c r="H315" s="172"/>
-      <c r="I315" s="247"/>
-[...6 lines deleted...]
-      <c r="F316" s="246">
+      <c r="I315" s="244"/>
+    </row>
+    <row r="316" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B316" s="314"/>
+      <c r="C316" s="328"/>
+      <c r="D316" s="255"/>
+      <c r="E316" s="247"/>
+      <c r="F316" s="243">
         <v>21</v>
       </c>
-      <c r="G316" s="186" t="s">
+      <c r="G316" s="185" t="s">
         <v>596</v>
       </c>
-      <c r="H316" s="251"/>
-[...7 lines deleted...]
-      <c r="F317" s="246">
+      <c r="H316" s="248"/>
+      <c r="I316" s="245"/>
+    </row>
+    <row r="317" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B317" s="314"/>
+      <c r="C317" s="328"/>
+      <c r="D317" s="255"/>
+      <c r="E317" s="249"/>
+      <c r="F317" s="243">
         <v>22</v>
       </c>
-      <c r="G317" s="186" t="s">
+      <c r="G317" s="185" t="s">
         <v>532</v>
       </c>
-      <c r="H317" s="251"/>
-[...7 lines deleted...]
-      <c r="F318" s="246">
+      <c r="H317" s="248"/>
+      <c r="I317" s="244"/>
+    </row>
+    <row r="318" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B318" s="314"/>
+      <c r="C318" s="328"/>
+      <c r="D318" s="255"/>
+      <c r="E318" s="183"/>
+      <c r="F318" s="243">
         <v>22</v>
       </c>
-      <c r="G318" s="186" t="s">
+      <c r="G318" s="185" t="s">
         <v>597</v>
       </c>
-      <c r="H318" s="251"/>
-[...7 lines deleted...]
-      <c r="F319" s="246">
+      <c r="H318" s="248"/>
+      <c r="I318" s="244"/>
+    </row>
+    <row r="319" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B319" s="314"/>
+      <c r="C319" s="328"/>
+      <c r="D319" s="255"/>
+      <c r="E319" s="183"/>
+      <c r="F319" s="243">
         <v>28</v>
       </c>
-      <c r="G319" s="185" t="s">
+      <c r="G319" s="184" t="s">
         <v>533</v>
       </c>
-      <c r="H319" s="251"/>
-[...7 lines deleted...]
-      <c r="F320" s="286">
+      <c r="H319" s="248"/>
+      <c r="I319" s="244"/>
+    </row>
+    <row r="320" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B320" s="314"/>
+      <c r="C320" s="328"/>
+      <c r="D320" s="255"/>
+      <c r="E320" s="250"/>
+      <c r="F320" s="283">
         <v>29</v>
       </c>
-      <c r="G320" s="185" t="s">
+      <c r="G320" s="184" t="s">
         <v>606</v>
       </c>
       <c r="H320" s="166"/>
-      <c r="I320" s="248"/>
-[...3 lines deleted...]
-      <c r="C321" s="327" t="s">
+      <c r="I320" s="245"/>
+    </row>
+    <row r="321" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B321" s="314"/>
+      <c r="C321" s="329" t="s">
         <v>10</v>
       </c>
-      <c r="D321" s="245">
+      <c r="D321" s="242">
         <v>1</v>
       </c>
-      <c r="E321" s="184" t="s">
+      <c r="E321" s="183" t="s">
         <v>548</v>
       </c>
-      <c r="F321" s="246">
+      <c r="F321" s="243">
         <v>6</v>
       </c>
-      <c r="G321" s="185" t="s">
+      <c r="G321" s="184" t="s">
         <v>558</v>
       </c>
       <c r="H321" s="172">
         <v>4</v>
       </c>
-      <c r="I321" s="248" t="s">
+      <c r="I321" s="245" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D322" s="245">
+    <row r="322" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B322" s="314"/>
+      <c r="C322" s="329"/>
+      <c r="D322" s="242">
         <v>3</v>
       </c>
-      <c r="E322" s="184" t="s">
+      <c r="E322" s="183" t="s">
         <v>549</v>
       </c>
-      <c r="F322" s="246">
+      <c r="F322" s="243">
         <v>17</v>
       </c>
-      <c r="G322" s="185" t="s">
+      <c r="G322" s="184" t="s">
         <v>570</v>
       </c>
-      <c r="H322" s="265">
+      <c r="H322" s="262">
         <v>5</v>
       </c>
-      <c r="I322" s="248" t="s">
+      <c r="I322" s="245" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D323" s="245">
+    <row r="323" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B323" s="314"/>
+      <c r="C323" s="329"/>
+      <c r="D323" s="242">
         <v>3</v>
       </c>
-      <c r="E323" s="184" t="s">
+      <c r="E323" s="183" t="s">
         <v>547</v>
       </c>
-      <c r="F323" s="246">
+      <c r="F323" s="243">
         <v>18</v>
       </c>
-      <c r="G323" s="185" t="s">
+      <c r="G323" s="184" t="s">
         <v>560</v>
       </c>
       <c r="H323" s="172">
         <v>25</v>
       </c>
-      <c r="I323" s="248" t="s">
+      <c r="I323" s="245" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D324" s="245">
+    <row r="324" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B324" s="314"/>
+      <c r="C324" s="329"/>
+      <c r="D324" s="242">
         <v>3</v>
       </c>
-      <c r="E324" s="184" t="s">
+      <c r="E324" s="183" t="s">
         <v>598</v>
       </c>
-      <c r="F324" s="246">
+      <c r="F324" s="243">
         <v>19</v>
       </c>
-      <c r="G324" s="185" t="s">
+      <c r="G324" s="184" t="s">
         <v>571</v>
       </c>
       <c r="H324" s="166">
         <v>29</v>
       </c>
-      <c r="I324" s="248" t="s">
+      <c r="I324" s="245" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D325" s="245">
+    <row r="325" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B325" s="314"/>
+      <c r="C325" s="329"/>
+      <c r="D325" s="242">
         <v>13</v>
       </c>
-      <c r="E325" s="184" t="s">
+      <c r="E325" s="183" t="s">
         <v>580</v>
       </c>
-      <c r="F325" s="287">
+      <c r="F325" s="284">
         <v>23</v>
       </c>
-      <c r="G325" s="185" t="s">
+      <c r="G325" s="184" t="s">
         <v>584</v>
       </c>
       <c r="H325" s="172">
         <v>30</v>
       </c>
-      <c r="I325" s="248" t="s">
+      <c r="I325" s="245" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D326" s="258">
+    <row r="326" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B326" s="314"/>
+      <c r="C326" s="329"/>
+      <c r="D326" s="255">
         <v>15</v>
       </c>
-      <c r="E326" s="184" t="s">
+      <c r="E326" s="183" t="s">
         <v>552</v>
       </c>
-      <c r="F326" s="246">
+      <c r="F326" s="243">
         <v>24</v>
       </c>
-      <c r="G326" s="185" t="s">
+      <c r="G326" s="184" t="s">
         <v>572</v>
       </c>
-      <c r="H326" s="265">
+      <c r="H326" s="262">
         <v>30</v>
       </c>
-      <c r="I326" s="248" t="s">
+      <c r="I326" s="245" t="s">
         <v>638</v>
       </c>
     </row>
-    <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D327" s="245">
+    <row r="327" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B327" s="314"/>
+      <c r="C327" s="329"/>
+      <c r="D327" s="242">
         <v>20</v>
       </c>
-      <c r="E327" s="184" t="s">
+      <c r="E327" s="183" t="s">
         <v>550</v>
       </c>
-      <c r="F327" s="286"/>
-      <c r="G327" s="196"/>
+      <c r="F327" s="283"/>
+      <c r="G327" s="195"/>
       <c r="H327" s="166"/>
-      <c r="I327" s="247"/>
-[...4 lines deleted...]
-      <c r="D328" s="245">
+      <c r="I327" s="244"/>
+    </row>
+    <row r="328" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B328" s="314"/>
+      <c r="C328" s="329"/>
+      <c r="D328" s="242">
         <v>20</v>
       </c>
-      <c r="E328" s="184" t="s">
+      <c r="E328" s="183" t="s">
         <v>551</v>
       </c>
-      <c r="F328" s="286"/>
-      <c r="G328" s="196"/>
+      <c r="F328" s="283"/>
+      <c r="G328" s="195"/>
       <c r="H328" s="166"/>
-      <c r="I328" s="248"/>
-[...3 lines deleted...]
-      <c r="C329" s="326" t="s">
+      <c r="I328" s="245"/>
+    </row>
+    <row r="329" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B329" s="314"/>
+      <c r="C329" s="328" t="s">
         <v>11</v>
       </c>
-      <c r="D329" s="245">
+      <c r="D329" s="242">
         <v>1</v>
       </c>
-      <c r="E329" s="184" t="s">
+      <c r="E329" s="183" t="s">
         <v>590</v>
       </c>
-      <c r="F329" s="246">
+      <c r="F329" s="243">
         <v>15</v>
       </c>
-      <c r="G329" s="185" t="s">
+      <c r="G329" s="184" t="s">
         <v>604</v>
       </c>
       <c r="H329" s="172">
         <v>25</v>
       </c>
-      <c r="I329" s="248" t="s">
+      <c r="I329" s="245" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D330" s="258">
+    <row r="330" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B330" s="314"/>
+      <c r="C330" s="328"/>
+      <c r="D330" s="255">
         <v>2</v>
       </c>
-      <c r="E330" s="226" t="s">
+      <c r="E330" s="224" t="s">
         <v>632</v>
       </c>
-      <c r="F330" s="246"/>
-      <c r="G330" s="185"/>
+      <c r="F330" s="243"/>
+      <c r="G330" s="184"/>
       <c r="H330" s="172">
         <v>25</v>
       </c>
-      <c r="I330" s="248" t="s">
+      <c r="I330" s="245" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D331" s="245">
+    <row r="331" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B331" s="314"/>
+      <c r="C331" s="328"/>
+      <c r="D331" s="242">
         <v>3</v>
       </c>
-      <c r="E331" s="184" t="s">
+      <c r="E331" s="183" t="s">
         <v>628</v>
       </c>
-      <c r="F331" s="246"/>
-      <c r="G331" s="185"/>
+      <c r="F331" s="243"/>
+      <c r="G331" s="184"/>
       <c r="H331" s="172">
         <v>25</v>
       </c>
-      <c r="I331" s="248" t="s">
+      <c r="I331" s="245" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D332" s="245">
+    <row r="332" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B332" s="314"/>
+      <c r="C332" s="328"/>
+      <c r="D332" s="242">
         <v>8</v>
       </c>
-      <c r="E332" s="184" t="s">
+      <c r="E332" s="183" t="s">
         <v>537</v>
       </c>
-      <c r="F332" s="246"/>
-      <c r="G332" s="185"/>
+      <c r="F332" s="243"/>
+      <c r="G332" s="184"/>
       <c r="H332" s="166">
         <v>29</v>
       </c>
-      <c r="I332" s="248" t="s">
+      <c r="I332" s="245" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D333" s="245">
+    <row r="333" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B333" s="314"/>
+      <c r="C333" s="328"/>
+      <c r="D333" s="242">
         <v>31</v>
       </c>
-      <c r="E333" s="184" t="s">
+      <c r="E333" s="183" t="s">
         <v>573</v>
       </c>
-      <c r="F333" s="246"/>
-      <c r="G333" s="196"/>
+      <c r="F333" s="243"/>
+      <c r="G333" s="195"/>
       <c r="H333" s="172">
         <v>29</v>
       </c>
-      <c r="I333" s="248" t="s">
+      <c r="I333" s="245" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="G334" s="196"/>
+    <row r="334" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B334" s="314"/>
+      <c r="C334" s="328"/>
+      <c r="D334" s="242"/>
+      <c r="E334" s="183"/>
+      <c r="F334" s="243"/>
+      <c r="G334" s="195"/>
       <c r="H334" s="172">
         <v>29</v>
       </c>
-      <c r="I334" s="248" t="s">
+      <c r="I334" s="245" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C335" s="326" t="s">
+    <row r="335" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B335" s="314"/>
+      <c r="C335" s="328" t="s">
         <v>12</v>
       </c>
-      <c r="D335" s="245">
+      <c r="D335" s="242">
         <v>7</v>
       </c>
-      <c r="E335" s="226" t="s">
+      <c r="E335" s="224" t="s">
         <v>600</v>
       </c>
-      <c r="F335" s="246">
+      <c r="F335" s="243">
         <v>14</v>
       </c>
-      <c r="G335" s="185" t="s">
+      <c r="G335" s="184" t="s">
         <v>601</v>
       </c>
       <c r="H335" s="166">
         <v>19</v>
       </c>
-      <c r="I335" s="248" t="s">
+      <c r="I335" s="245" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D336" s="245">
+    <row r="336" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B336" s="314"/>
+      <c r="C336" s="328"/>
+      <c r="D336" s="242">
         <v>7</v>
       </c>
-      <c r="E336" s="184" t="s">
+      <c r="E336" s="183" t="s">
         <v>554</v>
       </c>
-      <c r="F336" s="246">
+      <c r="F336" s="243">
         <v>17</v>
       </c>
-      <c r="G336" s="185" t="s">
+      <c r="G336" s="184" t="s">
         <v>605</v>
       </c>
       <c r="H336" s="166"/>
-      <c r="I336" s="248"/>
-[...4 lines deleted...]
-      <c r="D337" s="245">
+      <c r="I336" s="245"/>
+    </row>
+    <row r="337" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B337" s="314"/>
+      <c r="C337" s="328"/>
+      <c r="D337" s="242">
         <v>23</v>
       </c>
-      <c r="E337" s="184" t="s">
+      <c r="E337" s="183" t="s">
         <v>609</v>
       </c>
-      <c r="F337" s="246"/>
-      <c r="G337" s="185"/>
+      <c r="F337" s="243"/>
+      <c r="G337" s="184"/>
       <c r="H337" s="166"/>
-      <c r="I337" s="248"/>
-[...4 lines deleted...]
-      <c r="D338" s="258">
+      <c r="I337" s="245"/>
+    </row>
+    <row r="338" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B338" s="314"/>
+      <c r="C338" s="328"/>
+      <c r="D338" s="255">
         <v>27</v>
       </c>
-      <c r="E338" s="253" t="s">
+      <c r="E338" s="250" t="s">
         <v>608</v>
       </c>
-      <c r="F338" s="246"/>
-      <c r="G338" s="185"/>
+      <c r="F338" s="243"/>
+      <c r="G338" s="184"/>
       <c r="H338" s="166"/>
-      <c r="I338" s="248"/>
-[...4 lines deleted...]
-      <c r="D339" s="258">
+      <c r="I338" s="245"/>
+    </row>
+    <row r="339" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B339" s="314"/>
+      <c r="C339" s="328"/>
+      <c r="D339" s="255">
         <v>28</v>
       </c>
-      <c r="E339" s="184" t="s">
+      <c r="E339" s="183" t="s">
         <v>646</v>
       </c>
-      <c r="F339" s="246"/>
-      <c r="G339" s="185"/>
+      <c r="F339" s="243"/>
+      <c r="G339" s="184"/>
       <c r="H339" s="166"/>
-      <c r="I339" s="248"/>
-[...3 lines deleted...]
-      <c r="C340" s="326" t="s">
+      <c r="I339" s="245"/>
+    </row>
+    <row r="340" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B340" s="314"/>
+      <c r="C340" s="328" t="s">
         <v>13</v>
       </c>
-      <c r="D340" s="245">
+      <c r="D340" s="242">
         <v>2</v>
       </c>
-      <c r="E340" s="226" t="s">
+      <c r="E340" s="224" t="s">
         <v>624</v>
       </c>
-      <c r="F340" s="246">
+      <c r="F340" s="243">
         <v>10</v>
       </c>
-      <c r="G340" s="185" t="s">
+      <c r="G340" s="184" t="s">
         <v>575</v>
       </c>
       <c r="H340" s="166">
         <v>1</v>
       </c>
-      <c r="I340" s="248" t="s">
+      <c r="I340" s="245" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D341" s="245">
+    <row r="341" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B341" s="314"/>
+      <c r="C341" s="328"/>
+      <c r="D341" s="242">
         <v>2</v>
       </c>
-      <c r="E341" s="226" t="s">
+      <c r="E341" s="224" t="s">
         <v>556</v>
       </c>
-      <c r="F341" s="246">
+      <c r="F341" s="243">
         <v>16</v>
       </c>
-      <c r="G341" s="185" t="s">
+      <c r="G341" s="184" t="s">
         <v>594</v>
       </c>
       <c r="H341" s="172">
         <v>3</v>
       </c>
-      <c r="I341" s="248" t="s">
+      <c r="I341" s="245" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D342" s="245">
+    <row r="342" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B342" s="314"/>
+      <c r="C342" s="328"/>
+      <c r="D342" s="242">
         <v>2</v>
       </c>
-      <c r="E342" s="226" t="s">
+      <c r="E342" s="224" t="s">
         <v>614</v>
       </c>
-      <c r="F342" s="246">
+      <c r="F342" s="243">
         <v>16</v>
       </c>
-      <c r="G342" s="185" t="s">
+      <c r="G342" s="184" t="s">
         <v>595</v>
       </c>
       <c r="H342" s="166">
         <v>12</v>
       </c>
-      <c r="I342" s="248" t="s">
+      <c r="I342" s="245" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D343" s="245">
+    <row r="343" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B343" s="314"/>
+      <c r="C343" s="328"/>
+      <c r="D343" s="242">
         <v>9</v>
       </c>
-      <c r="E343" s="184" t="s">
+      <c r="E343" s="183" t="s">
         <v>535</v>
       </c>
-      <c r="F343" s="254">
+      <c r="F343" s="251">
         <v>17</v>
       </c>
-      <c r="G343" s="185" t="s">
+      <c r="G343" s="184" t="s">
         <v>593</v>
       </c>
       <c r="H343" s="166"/>
-      <c r="I343" s="248"/>
-[...4 lines deleted...]
-      <c r="D344" s="245">
+      <c r="I343" s="245"/>
+    </row>
+    <row r="344" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B344" s="314"/>
+      <c r="C344" s="328"/>
+      <c r="D344" s="242">
         <v>9</v>
       </c>
-      <c r="E344" s="184" t="s">
+      <c r="E344" s="183" t="s">
         <v>585</v>
       </c>
-      <c r="F344" s="254">
+      <c r="F344" s="251">
         <v>18</v>
       </c>
-      <c r="G344" s="185" t="s">
+      <c r="G344" s="184" t="s">
         <v>574</v>
       </c>
       <c r="H344" s="166"/>
-      <c r="I344" s="248"/>
-[...4 lines deleted...]
-      <c r="D345" s="245">
+      <c r="I344" s="245"/>
+    </row>
+    <row r="345" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B345" s="314"/>
+      <c r="C345" s="328"/>
+      <c r="D345" s="242">
         <v>9</v>
       </c>
-      <c r="E345" s="184" t="s">
+      <c r="E345" s="183" t="s">
         <v>627</v>
       </c>
-      <c r="F345" s="287"/>
+      <c r="F345" s="284"/>
       <c r="G345" s="159"/>
       <c r="H345" s="166"/>
-      <c r="I345" s="248"/>
-[...4 lines deleted...]
-      <c r="D346" s="245">
+      <c r="I345" s="245"/>
+    </row>
+    <row r="346" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B346" s="314"/>
+      <c r="C346" s="328"/>
+      <c r="D346" s="242">
         <v>9</v>
       </c>
-      <c r="E346" s="184" t="s">
+      <c r="E346" s="183" t="s">
         <v>616</v>
       </c>
-      <c r="F346" s="286"/>
-      <c r="G346" s="196"/>
+      <c r="F346" s="283"/>
+      <c r="G346" s="195"/>
       <c r="H346" s="172"/>
-      <c r="I346" s="247"/>
-[...4 lines deleted...]
-      <c r="D347" s="245">
+      <c r="I346" s="244"/>
+    </row>
+    <row r="347" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B347" s="314"/>
+      <c r="C347" s="328"/>
+      <c r="D347" s="242">
         <v>11</v>
       </c>
-      <c r="E347" s="184" t="s">
+      <c r="E347" s="183" t="s">
         <v>662</v>
       </c>
-      <c r="F347" s="286"/>
-      <c r="G347" s="196"/>
+      <c r="F347" s="283"/>
+      <c r="G347" s="195"/>
       <c r="H347" s="166"/>
-      <c r="I347" s="248"/>
-[...4 lines deleted...]
-      <c r="D348" s="245">
+      <c r="I347" s="245"/>
+    </row>
+    <row r="348" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B348" s="314"/>
+      <c r="C348" s="328"/>
+      <c r="D348" s="242">
         <v>15</v>
       </c>
-      <c r="E348" s="184" t="s">
+      <c r="E348" s="183" t="s">
         <v>610</v>
       </c>
-      <c r="F348" s="254"/>
-      <c r="G348" s="196"/>
+      <c r="F348" s="251"/>
+      <c r="G348" s="195"/>
       <c r="H348" s="166"/>
-      <c r="I348" s="248"/>
-[...4 lines deleted...]
-      <c r="D349" s="245">
+      <c r="I348" s="245"/>
+    </row>
+    <row r="349" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B349" s="314"/>
+      <c r="C349" s="328"/>
+      <c r="D349" s="242">
         <v>15</v>
       </c>
-      <c r="E349" s="184" t="s">
+      <c r="E349" s="183" t="s">
         <v>664</v>
       </c>
-      <c r="F349" s="254"/>
-      <c r="G349" s="196"/>
+      <c r="F349" s="251"/>
+      <c r="G349" s="195"/>
       <c r="H349" s="166"/>
-      <c r="I349" s="248"/>
-[...4 lines deleted...]
-      <c r="D350" s="245">
+      <c r="I349" s="245"/>
+    </row>
+    <row r="350" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B350" s="314"/>
+      <c r="C350" s="328"/>
+      <c r="D350" s="242">
         <v>16</v>
       </c>
-      <c r="E350" s="184" t="s">
+      <c r="E350" s="183" t="s">
         <v>670</v>
       </c>
-      <c r="F350" s="254"/>
-      <c r="G350" s="196"/>
+      <c r="F350" s="251"/>
+      <c r="G350" s="195"/>
       <c r="H350" s="166"/>
-      <c r="I350" s="248"/>
-[...4 lines deleted...]
-      <c r="D351" s="245">
+      <c r="I350" s="245"/>
+    </row>
+    <row r="351" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B351" s="314"/>
+      <c r="C351" s="328"/>
+      <c r="D351" s="242">
         <v>16</v>
       </c>
-      <c r="E351" s="184" t="s">
+      <c r="E351" s="183" t="s">
         <v>591</v>
       </c>
-      <c r="F351" s="254"/>
-      <c r="G351" s="196"/>
+      <c r="F351" s="251"/>
+      <c r="G351" s="195"/>
       <c r="H351" s="166"/>
-      <c r="I351" s="248"/>
-[...4 lines deleted...]
-      <c r="D352" s="245">
+      <c r="I351" s="245"/>
+    </row>
+    <row r="352" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B352" s="314"/>
+      <c r="C352" s="328"/>
+      <c r="D352" s="242">
         <v>21</v>
       </c>
-      <c r="E352" s="184" t="s">
+      <c r="E352" s="183" t="s">
         <v>679</v>
       </c>
-      <c r="F352" s="254"/>
-      <c r="G352" s="196"/>
+      <c r="F352" s="251"/>
+      <c r="G352" s="195"/>
       <c r="H352" s="166"/>
-      <c r="I352" s="248"/>
-[...4 lines deleted...]
-      <c r="D353" s="245">
+      <c r="I352" s="245"/>
+    </row>
+    <row r="353" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B353" s="314"/>
+      <c r="C353" s="328"/>
+      <c r="D353" s="242">
         <v>23</v>
       </c>
-      <c r="E353" s="184" t="s">
+      <c r="E353" s="183" t="s">
         <v>629</v>
       </c>
-      <c r="F353" s="254"/>
-      <c r="G353" s="196"/>
+      <c r="F353" s="251"/>
+      <c r="G353" s="195"/>
       <c r="H353" s="166"/>
-      <c r="I353" s="248"/>
-[...4 lines deleted...]
-      <c r="D354" s="245">
+      <c r="I353" s="245"/>
+    </row>
+    <row r="354" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B354" s="314"/>
+      <c r="C354" s="328"/>
+      <c r="D354" s="242">
         <v>23</v>
       </c>
-      <c r="E354" s="184" t="s">
+      <c r="E354" s="183" t="s">
         <v>555</v>
       </c>
-      <c r="F354" s="254"/>
-      <c r="G354" s="196"/>
+      <c r="F354" s="251"/>
+      <c r="G354" s="195"/>
       <c r="H354" s="166"/>
-      <c r="I354" s="248"/>
-[...4 lines deleted...]
-      <c r="D355" s="245">
+      <c r="I354" s="245"/>
+    </row>
+    <row r="355" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B355" s="314"/>
+      <c r="C355" s="328"/>
+      <c r="D355" s="242">
         <v>23</v>
       </c>
-      <c r="E355" s="184" t="s">
+      <c r="E355" s="183" t="s">
         <v>645</v>
       </c>
-      <c r="F355" s="254"/>
-      <c r="G355" s="196"/>
+      <c r="F355" s="251"/>
+      <c r="G355" s="195"/>
       <c r="H355" s="166"/>
-      <c r="I355" s="248"/>
-[...4 lines deleted...]
-      <c r="D356" s="245">
+      <c r="I355" s="245"/>
+    </row>
+    <row r="356" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B356" s="314"/>
+      <c r="C356" s="328"/>
+      <c r="D356" s="242">
         <v>25</v>
       </c>
-      <c r="E356" s="226" t="s">
+      <c r="E356" s="224" t="s">
         <v>634</v>
       </c>
-      <c r="F356" s="254">
+      <c r="F356" s="251">
         <v>30</v>
       </c>
-      <c r="G356" s="185" t="s">
+      <c r="G356" s="184" t="s">
         <v>621</v>
       </c>
       <c r="H356" s="166"/>
-      <c r="I356" s="248"/>
-[...4 lines deleted...]
-      <c r="C357" s="326" t="s">
+      <c r="I356" s="245"/>
+    </row>
+    <row r="357" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="200"/>
+      <c r="B357" s="314"/>
+      <c r="C357" s="328" t="s">
         <v>14</v>
       </c>
-      <c r="D357" s="255">
+      <c r="D357" s="252">
         <v>3</v>
       </c>
-      <c r="E357" s="226" t="s">
+      <c r="E357" s="224" t="s">
         <v>633</v>
       </c>
-      <c r="F357" s="254">
+      <c r="F357" s="251">
         <v>9</v>
       </c>
-      <c r="G357" s="185" t="s">
+      <c r="G357" s="184" t="s">
         <v>617</v>
       </c>
       <c r="H357" s="172">
         <v>7</v>
       </c>
-      <c r="I357" s="248" t="s">
+      <c r="I357" s="245" t="s">
         <v>612</v>
       </c>
-      <c r="J357" s="201"/>
-[...29 lines deleted...]
-      <c r="D358" s="255">
+      <c r="J357" s="200"/>
+      <c r="K357" s="200"/>
+      <c r="L357" s="200"/>
+      <c r="M357" s="200"/>
+      <c r="N357" s="200"/>
+      <c r="O357" s="200"/>
+      <c r="P357" s="200"/>
+      <c r="Q357" s="200"/>
+      <c r="R357" s="200"/>
+      <c r="S357" s="200"/>
+      <c r="T357" s="200"/>
+      <c r="U357" s="200"/>
+      <c r="V357" s="200"/>
+      <c r="W357" s="200"/>
+      <c r="X357" s="200"/>
+      <c r="Y357" s="200"/>
+      <c r="Z357" s="200"/>
+      <c r="AA357" s="200"/>
+      <c r="AB357" s="200"/>
+      <c r="AC357" s="200"/>
+      <c r="AD357" s="200"/>
+      <c r="AE357" s="200"/>
+      <c r="AF357" s="200"/>
+      <c r="AG357" s="200"/>
+      <c r="AH357" s="200"/>
+    </row>
+    <row r="358" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="200"/>
+      <c r="B358" s="314"/>
+      <c r="C358" s="328"/>
+      <c r="D358" s="252">
         <v>6</v>
       </c>
-      <c r="E358" s="226" t="s">
+      <c r="E358" s="224" t="s">
         <v>665</v>
       </c>
-      <c r="F358" s="256">
+      <c r="F358" s="253">
         <v>14</v>
       </c>
-      <c r="G358" s="185" t="s">
+      <c r="G358" s="184" t="s">
         <v>642</v>
       </c>
       <c r="H358" s="172">
         <v>10</v>
       </c>
-      <c r="I358" s="248" t="s">
+      <c r="I358" s="245" t="s">
         <v>649</v>
       </c>
-      <c r="J358" s="201"/>
-[...29 lines deleted...]
-      <c r="D359" s="255">
+      <c r="J358" s="200"/>
+      <c r="K358" s="200"/>
+      <c r="L358" s="200"/>
+      <c r="M358" s="200"/>
+      <c r="N358" s="200"/>
+      <c r="O358" s="200"/>
+      <c r="P358" s="200"/>
+      <c r="Q358" s="200"/>
+      <c r="R358" s="200"/>
+      <c r="S358" s="200"/>
+      <c r="T358" s="200"/>
+      <c r="U358" s="200"/>
+      <c r="V358" s="200"/>
+      <c r="W358" s="200"/>
+      <c r="X358" s="200"/>
+      <c r="Y358" s="200"/>
+      <c r="Z358" s="200"/>
+      <c r="AA358" s="200"/>
+      <c r="AB358" s="200"/>
+      <c r="AC358" s="200"/>
+      <c r="AD358" s="200"/>
+      <c r="AE358" s="200"/>
+      <c r="AF358" s="200"/>
+      <c r="AG358" s="200"/>
+      <c r="AH358" s="200"/>
+    </row>
+    <row r="359" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="200"/>
+      <c r="B359" s="314"/>
+      <c r="C359" s="328"/>
+      <c r="D359" s="252">
         <v>7</v>
       </c>
-      <c r="E359" s="226" t="s">
+      <c r="E359" s="224" t="s">
         <v>681</v>
       </c>
-      <c r="F359" s="246">
+      <c r="F359" s="243">
         <v>23</v>
       </c>
-      <c r="G359" s="185" t="s">
+      <c r="G359" s="184" t="s">
         <v>561</v>
       </c>
-      <c r="H359" s="257">
+      <c r="H359" s="254">
         <v>15</v>
       </c>
-      <c r="I359" s="248" t="s">
+      <c r="I359" s="245" t="s">
         <v>656</v>
       </c>
-      <c r="J359" s="201"/>
-[...28 lines deleted...]
-      <c r="D360" s="245">
+      <c r="J359" s="200"/>
+      <c r="K359" s="200"/>
+      <c r="L359" s="200"/>
+      <c r="M359" s="200"/>
+      <c r="N359" s="200"/>
+      <c r="O359" s="200"/>
+      <c r="P359" s="200"/>
+      <c r="Q359" s="200"/>
+      <c r="R359" s="200"/>
+      <c r="S359" s="200"/>
+      <c r="T359" s="200"/>
+      <c r="U359" s="200"/>
+      <c r="V359" s="200"/>
+      <c r="W359" s="200"/>
+      <c r="X359" s="200"/>
+      <c r="Y359" s="200"/>
+      <c r="Z359" s="200"/>
+      <c r="AA359" s="200"/>
+      <c r="AB359" s="200"/>
+      <c r="AC359" s="200"/>
+      <c r="AD359" s="200"/>
+      <c r="AE359" s="200"/>
+      <c r="AF359" s="200"/>
+      <c r="AG359" s="200"/>
+      <c r="AH359" s="200"/>
+    </row>
+    <row r="360" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B360" s="314"/>
+      <c r="C360" s="328"/>
+      <c r="D360" s="242">
         <v>12</v>
       </c>
-      <c r="E360" s="184" t="s">
+      <c r="E360" s="183" t="s">
         <v>552</v>
       </c>
-      <c r="F360" s="246">
+      <c r="F360" s="243">
         <v>29</v>
       </c>
-      <c r="G360" s="186" t="s">
+      <c r="G360" s="185" t="s">
         <v>565</v>
       </c>
       <c r="H360" s="172">
         <v>16</v>
       </c>
-      <c r="I360" s="248" t="s">
+      <c r="I360" s="245" t="s">
         <v>647</v>
       </c>
     </row>
-    <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D361" s="245">
+    <row r="361" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B361" s="314"/>
+      <c r="C361" s="328"/>
+      <c r="D361" s="242">
         <v>13</v>
       </c>
-      <c r="E361" s="184" t="s">
+      <c r="E361" s="183" t="s">
         <v>682</v>
       </c>
-      <c r="F361" s="287"/>
+      <c r="F361" s="284"/>
       <c r="G361" s="159"/>
       <c r="H361" s="166">
         <v>22</v>
       </c>
-      <c r="I361" s="248" t="s">
+      <c r="I361" s="245" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D362" s="245">
+    <row r="362" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B362" s="314"/>
+      <c r="C362" s="328"/>
+      <c r="D362" s="242">
         <v>14</v>
       </c>
-      <c r="E362" s="226" t="s">
+      <c r="E362" s="224" t="s">
         <v>630</v>
       </c>
-      <c r="F362" s="287"/>
+      <c r="F362" s="284"/>
       <c r="G362" s="159"/>
       <c r="H362" s="172">
         <v>27</v>
       </c>
-      <c r="I362" s="248" t="s">
+      <c r="I362" s="245" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D363" s="245">
+    <row r="363" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B363" s="314"/>
+      <c r="C363" s="328"/>
+      <c r="D363" s="242">
         <v>14</v>
       </c>
-      <c r="E363" s="226" t="s">
+      <c r="E363" s="224" t="s">
         <v>631</v>
       </c>
-      <c r="F363" s="254"/>
-      <c r="G363" s="196"/>
+      <c r="F363" s="251"/>
+      <c r="G363" s="195"/>
       <c r="H363" s="172"/>
-      <c r="I363" s="249"/>
-[...5 lines deleted...]
-      <c r="D364" s="255">
+      <c r="I363" s="246"/>
+    </row>
+    <row r="364" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="200"/>
+      <c r="B364" s="314"/>
+      <c r="C364" s="328"/>
+      <c r="D364" s="252">
         <v>23</v>
       </c>
-      <c r="E364" s="226" t="s">
+      <c r="E364" s="224" t="s">
         <v>635</v>
       </c>
-      <c r="F364" s="256"/>
-      <c r="G364" s="196"/>
+      <c r="F364" s="253"/>
+      <c r="G364" s="195"/>
       <c r="H364" s="172"/>
-      <c r="I364" s="249"/>
-[...30 lines deleted...]
-      <c r="D365" s="255">
+      <c r="I364" s="246"/>
+      <c r="J364" s="200"/>
+      <c r="K364" s="200"/>
+      <c r="L364" s="200"/>
+      <c r="M364" s="200"/>
+      <c r="N364" s="200"/>
+      <c r="O364" s="200"/>
+      <c r="P364" s="200"/>
+      <c r="Q364" s="200"/>
+      <c r="R364" s="200"/>
+      <c r="S364" s="200"/>
+      <c r="T364" s="200"/>
+      <c r="U364" s="200"/>
+      <c r="V364" s="200"/>
+      <c r="W364" s="200"/>
+      <c r="X364" s="200"/>
+      <c r="Y364" s="200"/>
+      <c r="Z364" s="200"/>
+      <c r="AA364" s="200"/>
+      <c r="AB364" s="200"/>
+      <c r="AC364" s="200"/>
+      <c r="AD364" s="200"/>
+      <c r="AE364" s="200"/>
+      <c r="AF364" s="200"/>
+      <c r="AG364" s="200"/>
+      <c r="AH364" s="200"/>
+    </row>
+    <row r="365" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="200"/>
+      <c r="B365" s="314"/>
+      <c r="C365" s="328"/>
+      <c r="D365" s="252">
         <v>24</v>
       </c>
-      <c r="E365" s="226" t="s">
+      <c r="E365" s="224" t="s">
         <v>666</v>
       </c>
-      <c r="F365" s="256"/>
-      <c r="G365" s="196"/>
+      <c r="F365" s="253"/>
+      <c r="G365" s="195"/>
       <c r="H365" s="166"/>
-      <c r="I365" s="248"/>
-[...29 lines deleted...]
-      <c r="D366" s="245">
+      <c r="I365" s="245"/>
+      <c r="J365" s="200"/>
+      <c r="K365" s="200"/>
+      <c r="L365" s="200"/>
+      <c r="M365" s="200"/>
+      <c r="N365" s="200"/>
+      <c r="O365" s="200"/>
+      <c r="P365" s="200"/>
+      <c r="Q365" s="200"/>
+      <c r="R365" s="200"/>
+      <c r="S365" s="200"/>
+      <c r="T365" s="200"/>
+      <c r="U365" s="200"/>
+      <c r="V365" s="200"/>
+      <c r="W365" s="200"/>
+      <c r="X365" s="200"/>
+      <c r="Y365" s="200"/>
+      <c r="Z365" s="200"/>
+      <c r="AA365" s="200"/>
+      <c r="AB365" s="200"/>
+      <c r="AC365" s="200"/>
+      <c r="AD365" s="200"/>
+      <c r="AE365" s="200"/>
+      <c r="AF365" s="200"/>
+      <c r="AG365" s="200"/>
+      <c r="AH365" s="200"/>
+    </row>
+    <row r="366" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B366" s="314"/>
+      <c r="C366" s="328"/>
+      <c r="D366" s="242">
         <v>26</v>
       </c>
-      <c r="E366" s="253" t="s">
+      <c r="E366" s="250" t="s">
         <v>607</v>
       </c>
-      <c r="F366" s="254"/>
-      <c r="G366" s="196"/>
+      <c r="F366" s="251"/>
+      <c r="G366" s="195"/>
       <c r="H366" s="172"/>
-      <c r="I366" s="247"/>
-[...4 lines deleted...]
-      <c r="D367" s="245">
+      <c r="I366" s="244"/>
+    </row>
+    <row r="367" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B367" s="314"/>
+      <c r="C367" s="328"/>
+      <c r="D367" s="242">
         <v>28</v>
       </c>
-      <c r="E367" s="184" t="s">
+      <c r="E367" s="183" t="s">
         <v>586</v>
       </c>
-      <c r="F367" s="254"/>
-      <c r="G367" s="196"/>
+      <c r="F367" s="251"/>
+      <c r="G367" s="195"/>
       <c r="H367" s="172"/>
-      <c r="I367" s="248"/>
-[...3 lines deleted...]
-      <c r="C368" s="326" t="s">
+      <c r="I367" s="245"/>
+    </row>
+    <row r="368" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B368" s="314"/>
+      <c r="C368" s="328" t="s">
         <v>15</v>
       </c>
-      <c r="D368" s="245">
+      <c r="D368" s="242">
         <v>4</v>
       </c>
-      <c r="E368" s="184" t="s">
+      <c r="E368" s="183" t="s">
         <v>660</v>
       </c>
-      <c r="F368" s="256">
+      <c r="F368" s="253">
         <v>4</v>
       </c>
-      <c r="G368" s="185" t="s">
+      <c r="G368" s="184" t="s">
         <v>654</v>
       </c>
       <c r="H368" s="172">
         <v>4</v>
       </c>
-      <c r="I368" s="248" t="s">
+      <c r="I368" s="245" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="369" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D369" s="245">
+    <row r="369" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B369" s="314"/>
+      <c r="C369" s="328"/>
+      <c r="D369" s="242">
         <v>10</v>
       </c>
-      <c r="E369" s="184" t="s">
+      <c r="E369" s="183" t="s">
         <v>710</v>
       </c>
-      <c r="F369" s="256">
+      <c r="F369" s="253">
         <v>4</v>
       </c>
-      <c r="G369" s="185" t="s">
+      <c r="G369" s="184" t="s">
         <v>655</v>
       </c>
       <c r="H369" s="166">
         <v>4</v>
       </c>
-      <c r="I369" s="248" t="s">
+      <c r="I369" s="245" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="370" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D370" s="245">
+    <row r="370" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B370" s="314"/>
+      <c r="C370" s="328"/>
+      <c r="D370" s="242">
         <v>11</v>
       </c>
-      <c r="E370" s="184" t="s">
+      <c r="E370" s="183" t="s">
         <v>625</v>
       </c>
-      <c r="F370" s="254">
+      <c r="F370" s="251">
         <v>5</v>
       </c>
-      <c r="G370" s="185" t="s">
+      <c r="G370" s="184" t="s">
         <v>644</v>
       </c>
       <c r="H370" s="172">
         <v>4</v>
       </c>
-      <c r="I370" s="248" t="s">
+      <c r="I370" s="245" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="371" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D371" s="245">
+    <row r="371" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B371" s="314"/>
+      <c r="C371" s="328"/>
+      <c r="D371" s="242">
         <v>11</v>
       </c>
-      <c r="E371" s="184" t="s">
+      <c r="E371" s="183" t="s">
         <v>626</v>
       </c>
-      <c r="F371" s="246">
+      <c r="F371" s="243">
         <v>17</v>
       </c>
-      <c r="G371" s="186" t="s">
+      <c r="G371" s="185" t="s">
         <v>579</v>
       </c>
       <c r="H371" s="172">
         <v>7</v>
       </c>
-      <c r="I371" s="248" t="s">
+      <c r="I371" s="245" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="372" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D372" s="245">
+    <row r="372" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B372" s="314"/>
+      <c r="C372" s="328"/>
+      <c r="D372" s="242">
         <v>11</v>
       </c>
-      <c r="E372" s="184" t="s">
+      <c r="E372" s="183" t="s">
         <v>678</v>
       </c>
-      <c r="F372" s="256">
+      <c r="F372" s="253">
         <v>20</v>
       </c>
-      <c r="G372" s="185" t="s">
+      <c r="G372" s="184" t="s">
         <v>653</v>
       </c>
       <c r="H372" s="166">
         <v>19</v>
       </c>
-      <c r="I372" s="248" t="s">
+      <c r="I372" s="245" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="373" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D373" s="245">
+    <row r="373" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B373" s="314"/>
+      <c r="C373" s="328"/>
+      <c r="D373" s="242">
         <v>18</v>
       </c>
-      <c r="E373" s="184" t="s">
+      <c r="E373" s="183" t="s">
         <v>711</v>
       </c>
-      <c r="F373" s="246">
+      <c r="F373" s="243">
         <v>23</v>
       </c>
-      <c r="G373" s="186" t="s">
+      <c r="G373" s="185" t="s">
         <v>693</v>
       </c>
       <c r="H373" s="166"/>
-      <c r="I373" s="248"/>
-[...4 lines deleted...]
-      <c r="D374" s="258">
+      <c r="I373" s="245"/>
+    </row>
+    <row r="374" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B374" s="314"/>
+      <c r="C374" s="328"/>
+      <c r="D374" s="255">
         <v>25</v>
       </c>
-      <c r="E374" s="226" t="s">
+      <c r="E374" s="224" t="s">
         <v>673</v>
       </c>
-      <c r="F374" s="246">
+      <c r="F374" s="243">
         <v>25</v>
       </c>
-      <c r="G374" s="185" t="s">
+      <c r="G374" s="184" t="s">
         <v>566</v>
       </c>
       <c r="H374" s="172"/>
-      <c r="I374" s="248"/>
-[...4 lines deleted...]
-      <c r="D375" s="245">
+      <c r="I374" s="245"/>
+    </row>
+    <row r="375" spans="2:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B375" s="314"/>
+      <c r="C375" s="328"/>
+      <c r="D375" s="242">
         <v>28</v>
       </c>
-      <c r="E375" s="226" t="s">
+      <c r="E375" s="224" t="s">
         <v>667</v>
       </c>
-      <c r="F375" s="254">
+      <c r="F375" s="251">
         <v>27</v>
       </c>
-      <c r="G375" s="185" t="s">
+      <c r="G375" s="184" t="s">
         <v>683</v>
       </c>
       <c r="H375" s="172"/>
-      <c r="I375" s="247"/>
-[...3 lines deleted...]
-      <c r="C376" s="314" t="s">
+      <c r="I375" s="244"/>
+    </row>
+    <row r="376" spans="2:12" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B376" s="314"/>
+      <c r="C376" s="316" t="s">
         <v>16</v>
       </c>
-      <c r="D376" s="219" t="s">
+      <c r="D376" s="217" t="s">
         <v>576</v>
       </c>
-      <c r="E376" s="198" t="s">
+      <c r="E376" s="197" t="s">
         <v>475</v>
       </c>
-      <c r="F376" s="236"/>
-      <c r="G376" s="259"/>
+      <c r="F376" s="233"/>
+      <c r="G376" s="256"/>
       <c r="H376" s="180">
         <v>1</v>
       </c>
-      <c r="I376" s="188" t="s">
+      <c r="I376" s="187" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="377" spans="2:12" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D377" s="214">
+    <row r="377" spans="2:12" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B377" s="314"/>
+      <c r="C377" s="317"/>
+      <c r="D377" s="213">
         <v>1</v>
       </c>
-      <c r="E377" s="193" t="s">
+      <c r="E377" s="192" t="s">
         <v>548</v>
       </c>
-      <c r="F377" s="211"/>
-      <c r="G377" s="260"/>
+      <c r="F377" s="210"/>
+      <c r="G377" s="257"/>
       <c r="H377" s="179">
         <v>15</v>
       </c>
-      <c r="I377" s="189" t="s">
+      <c r="I377" s="188" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="378" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D378" s="214">
+    <row r="378" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B378" s="314"/>
+      <c r="C378" s="317"/>
+      <c r="D378" s="213">
         <v>2</v>
       </c>
-      <c r="E378" s="193" t="s">
+      <c r="E378" s="192" t="s">
         <v>695</v>
       </c>
-      <c r="F378" s="211"/>
-      <c r="G378" s="260"/>
+      <c r="F378" s="210"/>
+      <c r="G378" s="257"/>
       <c r="H378" s="179">
         <v>16</v>
       </c>
-      <c r="I378" s="189" t="s">
+      <c r="I378" s="188" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="379" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D379" s="214">
+    <row r="379" spans="2:12" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B379" s="314"/>
+      <c r="C379" s="317"/>
+      <c r="D379" s="213">
         <v>2</v>
       </c>
-      <c r="E379" s="193" t="s">
+      <c r="E379" s="192" t="s">
         <v>696</v>
       </c>
-      <c r="F379" s="211"/>
-      <c r="G379" s="260"/>
+      <c r="F379" s="210"/>
+      <c r="G379" s="257"/>
       <c r="H379" s="179">
         <v>16</v>
       </c>
-      <c r="I379" s="189" t="s">
+      <c r="I379" s="188" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="380" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D380" s="214">
+    <row r="380" spans="2:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B380" s="314"/>
+      <c r="C380" s="317"/>
+      <c r="D380" s="213">
         <v>2</v>
       </c>
-      <c r="E380" s="193" t="s">
+      <c r="E380" s="192" t="s">
         <v>687</v>
       </c>
-      <c r="F380" s="211"/>
-      <c r="G380" s="260"/>
+      <c r="F380" s="210"/>
+      <c r="G380" s="257"/>
       <c r="H380" s="179">
         <v>16</v>
       </c>
-      <c r="I380" s="189" t="s">
+      <c r="I380" s="188" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="381" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D381" s="214">
+    <row r="381" spans="2:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B381" s="314"/>
+      <c r="C381" s="317"/>
+      <c r="D381" s="213">
         <v>2</v>
       </c>
-      <c r="E381" s="193" t="s">
+      <c r="E381" s="192" t="s">
         <v>588</v>
       </c>
-      <c r="F381" s="211"/>
-      <c r="G381" s="260"/>
+      <c r="F381" s="210"/>
+      <c r="G381" s="257"/>
       <c r="H381" s="179">
         <v>17</v>
       </c>
-      <c r="I381" s="189" t="s">
+      <c r="I381" s="188" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="382" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D382" s="214">
+    <row r="382" spans="2:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B382" s="314"/>
+      <c r="C382" s="317"/>
+      <c r="D382" s="213">
         <v>9</v>
       </c>
-      <c r="E382" s="193" t="s">
+      <c r="E382" s="192" t="s">
         <v>712</v>
       </c>
-      <c r="F382" s="211"/>
-      <c r="G382" s="260"/>
+      <c r="F382" s="210"/>
+      <c r="G382" s="257"/>
       <c r="H382" s="179">
         <v>18</v>
       </c>
-      <c r="I382" s="189" t="s">
+      <c r="I382" s="188" t="s">
         <v>721</v>
       </c>
     </row>
-    <row r="383" spans="2:12" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D383" s="214">
+    <row r="383" spans="2:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B383" s="314"/>
+      <c r="C383" s="317"/>
+      <c r="D383" s="213">
         <v>9</v>
       </c>
-      <c r="E383" s="193" t="s">
+      <c r="E383" s="192" t="s">
         <v>698</v>
       </c>
-      <c r="F383" s="211"/>
-      <c r="G383" s="260"/>
+      <c r="F383" s="210"/>
+      <c r="G383" s="257"/>
       <c r="H383" s="179">
         <v>18</v>
       </c>
-      <c r="I383" s="189" t="s">
+      <c r="I383" s="188" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="384" spans="2:12" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D384" s="214">
+    <row r="384" spans="2:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B384" s="314"/>
+      <c r="C384" s="317"/>
+      <c r="D384" s="213">
         <v>9</v>
       </c>
-      <c r="E384" s="193" t="s">
+      <c r="E384" s="192" t="s">
         <v>538</v>
       </c>
-      <c r="F384" s="211"/>
-      <c r="G384" s="260"/>
+      <c r="F384" s="210"/>
+      <c r="G384" s="257"/>
       <c r="H384" s="179">
         <v>31</v>
       </c>
-      <c r="I384" s="189" t="s">
+      <c r="I384" s="188" t="s">
         <v>563</v>
       </c>
-      <c r="L384" s="244"/>
-[...4 lines deleted...]
-      <c r="D385" s="214">
+      <c r="L384" s="241"/>
+    </row>
+    <row r="385" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B385" s="314"/>
+      <c r="C385" s="317"/>
+      <c r="D385" s="213">
         <v>15</v>
       </c>
-      <c r="E385" s="193" t="s">
+      <c r="E385" s="192" t="s">
         <v>713</v>
       </c>
-      <c r="F385" s="211"/>
-      <c r="G385" s="260"/>
+      <c r="F385" s="210"/>
+      <c r="G385" s="257"/>
       <c r="H385" s="179"/>
-      <c r="I385" s="187"/>
-[...4 lines deleted...]
-      <c r="D386" s="214">
+      <c r="I385" s="186"/>
+    </row>
+    <row r="386" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B386" s="314"/>
+      <c r="C386" s="317"/>
+      <c r="D386" s="213">
         <v>15</v>
       </c>
-      <c r="E386" s="193" t="s">
+      <c r="E386" s="192" t="s">
         <v>714</v>
       </c>
-      <c r="F386" s="211"/>
-      <c r="G386" s="260"/>
+      <c r="F386" s="210"/>
+      <c r="G386" s="257"/>
       <c r="H386" s="179"/>
-      <c r="I386" s="187"/>
-[...4 lines deleted...]
-      <c r="D387" s="239">
+      <c r="I386" s="186"/>
+    </row>
+    <row r="387" spans="2:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B387" s="315"/>
+      <c r="C387" s="318"/>
+      <c r="D387" s="236">
         <v>31</v>
       </c>
-      <c r="E387" s="194" t="s">
+      <c r="E387" s="193" t="s">
         <v>734</v>
       </c>
-      <c r="F387" s="212"/>
-      <c r="G387" s="261"/>
+      <c r="F387" s="211"/>
+      <c r="G387" s="258"/>
       <c r="H387" s="181"/>
-      <c r="I387" s="209"/>
-[...1 lines deleted...]
-    <row r="388" spans="2:9" s="222" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+      <c r="I387" s="208"/>
+    </row>
+    <row r="388" spans="2:9" s="220" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
       <c r="B388" s="97"/>
-      <c r="C388" s="221"/>
-[...8 lines deleted...]
-      <c r="B389" s="329">
+      <c r="C388" s="219"/>
+      <c r="D388" s="237"/>
+      <c r="E388" s="221"/>
+      <c r="F388" s="232"/>
+      <c r="G388" s="222"/>
+      <c r="H388" s="237"/>
+      <c r="I388" s="222"/>
+    </row>
+    <row r="389" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B389" s="313">
         <v>2026</v>
       </c>
-      <c r="C389" s="340" t="s">
+      <c r="C389" s="339" t="s">
         <v>42</v>
       </c>
-      <c r="D389" s="219">
+      <c r="D389" s="217">
         <v>7</v>
       </c>
-      <c r="E389" s="202" t="s">
+      <c r="E389" s="201" t="s">
         <v>715</v>
       </c>
-      <c r="F389" s="295">
+      <c r="F389" s="292">
         <v>6</v>
       </c>
-      <c r="G389" s="264" t="s">
+      <c r="G389" s="261" t="s">
         <v>708</v>
       </c>
-      <c r="H389" s="296">
+      <c r="H389" s="293">
         <v>6</v>
       </c>
-      <c r="I389" s="188" t="s">
+      <c r="I389" s="187" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="390" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D390" s="214">
+    <row r="390" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B390" s="314"/>
+      <c r="C390" s="334"/>
+      <c r="D390" s="213">
         <v>12</v>
       </c>
-      <c r="E390" s="203" t="s">
+      <c r="E390" s="202" t="s">
         <v>709</v>
       </c>
-      <c r="F390" s="246">
+      <c r="F390" s="243">
         <v>13</v>
       </c>
-      <c r="G390" s="195" t="s">
+      <c r="G390" s="194" t="s">
         <v>623</v>
       </c>
       <c r="H390" s="172">
         <v>6</v>
       </c>
-      <c r="I390" s="189" t="s">
+      <c r="I390" s="188" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="391" spans="2:9" hidden="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D391" s="214">
+    <row r="391" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B391" s="314"/>
+      <c r="C391" s="334"/>
+      <c r="D391" s="213">
         <v>13</v>
       </c>
-      <c r="E391" s="203" t="s">
+      <c r="E391" s="202" t="s">
         <v>741</v>
       </c>
-      <c r="F391" s="246"/>
-      <c r="G391" s="195"/>
+      <c r="F391" s="243"/>
+      <c r="G391" s="194"/>
       <c r="H391" s="172">
         <v>6</v>
       </c>
-      <c r="I391" s="189" t="s">
+      <c r="I391" s="188" t="s">
         <v>746</v>
       </c>
     </row>
-    <row r="392" spans="2:9" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D392" s="214">
+    <row r="392" spans="2:9" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B392" s="314"/>
+      <c r="C392" s="334"/>
+      <c r="D392" s="213">
         <v>16</v>
       </c>
-      <c r="E392" s="203" t="s">
+      <c r="E392" s="202" t="s">
         <v>668</v>
       </c>
-      <c r="F392" s="254"/>
-      <c r="G392" s="205"/>
+      <c r="F392" s="251"/>
+      <c r="G392" s="204"/>
       <c r="H392" s="172">
         <v>15</v>
       </c>
-      <c r="I392" s="189" t="s">
+      <c r="I392" s="188" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="393" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D393" s="214">
+    <row r="393" spans="2:9" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B393" s="314"/>
+      <c r="C393" s="334"/>
+      <c r="D393" s="213">
         <v>22</v>
       </c>
-      <c r="E393" s="203" t="s">
+      <c r="E393" s="202" t="s">
         <v>749</v>
       </c>
-      <c r="F393" s="254"/>
-      <c r="G393" s="205"/>
+      <c r="F393" s="251"/>
+      <c r="G393" s="204"/>
       <c r="H393" s="172">
         <v>22</v>
       </c>
-      <c r="I393" s="189" t="s">
+      <c r="I393" s="188" t="s">
         <v>747</v>
       </c>
     </row>
-    <row r="394" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D394" s="214">
+    <row r="394" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B394" s="314"/>
+      <c r="C394" s="334"/>
+      <c r="D394" s="213">
         <v>22</v>
       </c>
-      <c r="E394" s="203" t="s">
+      <c r="E394" s="202" t="s">
         <v>702</v>
       </c>
-      <c r="F394" s="246"/>
-      <c r="G394" s="195"/>
+      <c r="F394" s="243"/>
+      <c r="G394" s="194"/>
       <c r="H394" s="172">
         <v>23</v>
       </c>
-      <c r="I394" s="189" t="s">
+      <c r="I394" s="188" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="395" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D395" s="214">
+    <row r="395" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B395" s="314"/>
+      <c r="C395" s="334"/>
+      <c r="D395" s="213">
         <v>26</v>
       </c>
-      <c r="E395" s="203" t="s">
+      <c r="E395" s="202" t="s">
         <v>733</v>
       </c>
-      <c r="F395" s="246"/>
-      <c r="G395" s="195"/>
+      <c r="F395" s="243"/>
+      <c r="G395" s="194"/>
       <c r="H395" s="172"/>
-      <c r="I395" s="187"/>
-[...4 lines deleted...]
-      <c r="D396" s="214">
+      <c r="I395" s="186"/>
+    </row>
+    <row r="396" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B396" s="314"/>
+      <c r="C396" s="334"/>
+      <c r="D396" s="213">
         <v>27</v>
       </c>
-      <c r="E396" s="203" t="s">
+      <c r="E396" s="202" t="s">
         <v>615</v>
       </c>
-      <c r="F396" s="246"/>
-      <c r="G396" s="195"/>
+      <c r="F396" s="243"/>
+      <c r="G396" s="194"/>
       <c r="H396" s="172"/>
-      <c r="I396" s="187"/>
-[...4 lines deleted...]
-      <c r="D397" s="239">
+      <c r="I396" s="186"/>
+    </row>
+    <row r="397" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B397" s="314"/>
+      <c r="C397" s="335"/>
+      <c r="D397" s="236">
         <v>29</v>
       </c>
-      <c r="E397" s="216" t="s">
+      <c r="E397" s="214" t="s">
         <v>757</v>
       </c>
-      <c r="F397" s="297"/>
-[...6 lines deleted...]
-      <c r="C398" s="335" t="s">
+      <c r="F397" s="294"/>
+      <c r="G397" s="296"/>
+      <c r="H397" s="295"/>
+      <c r="I397" s="208"/>
+    </row>
+    <row r="398" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B398" s="314"/>
+      <c r="C398" s="334" t="s">
         <v>5</v>
       </c>
-      <c r="D398" s="214">
+      <c r="D398" s="213">
         <v>1</v>
       </c>
-      <c r="E398" s="203" t="s">
+      <c r="E398" s="202" t="s">
         <v>705</v>
       </c>
-      <c r="F398" s="217">
+      <c r="F398" s="215">
         <v>2</v>
       </c>
-      <c r="G398" s="195" t="s">
+      <c r="G398" s="194" t="s">
         <v>737</v>
       </c>
       <c r="H398" s="179">
         <v>2</v>
       </c>
-      <c r="I398" s="189" t="s">
+      <c r="I398" s="188" t="s">
         <v>689</v>
       </c>
     </row>
-    <row r="399" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D399" s="214">
+    <row r="399" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B399" s="314"/>
+      <c r="C399" s="334"/>
+      <c r="D399" s="213">
         <v>2</v>
       </c>
-      <c r="E399" s="203" t="s">
+      <c r="E399" s="202" t="s">
         <v>739</v>
       </c>
-      <c r="F399" s="211">
+      <c r="F399" s="210">
         <v>12</v>
       </c>
-      <c r="G399" s="195" t="s">
+      <c r="G399" s="194" t="s">
         <v>751</v>
       </c>
       <c r="H399" s="179"/>
-      <c r="I399" s="189"/>
-[...4 lines deleted...]
-      <c r="D400" s="214">
+      <c r="I399" s="188"/>
+    </row>
+    <row r="400" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B400" s="314"/>
+      <c r="C400" s="334"/>
+      <c r="D400" s="213">
         <v>3</v>
       </c>
-      <c r="E400" s="203" t="s">
+      <c r="E400" s="202" t="s">
         <v>769</v>
       </c>
-      <c r="F400" s="211"/>
-      <c r="G400" s="195"/>
+      <c r="F400" s="210"/>
+      <c r="G400" s="194"/>
       <c r="H400" s="179"/>
-      <c r="I400" s="189"/>
-[...4 lines deleted...]
-      <c r="D401" s="214">
+      <c r="I400" s="188"/>
+    </row>
+    <row r="401" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B401" s="314"/>
+      <c r="C401" s="334"/>
+      <c r="D401" s="213">
         <v>3</v>
       </c>
-      <c r="E401" s="204" t="s">
+      <c r="E401" s="203" t="s">
         <v>680</v>
       </c>
-      <c r="F401" s="211">
+      <c r="F401" s="210">
         <v>15</v>
       </c>
-      <c r="G401" s="195" t="s">
+      <c r="G401" s="194" t="s">
         <v>663</v>
       </c>
       <c r="H401" s="179"/>
-      <c r="I401" s="187"/>
-[...4 lines deleted...]
-      <c r="D402" s="214">
+      <c r="I401" s="186"/>
+    </row>
+    <row r="402" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B402" s="314"/>
+      <c r="C402" s="334"/>
+      <c r="D402" s="213">
         <v>3</v>
       </c>
-      <c r="E402" s="204" t="s">
+      <c r="E402" s="203" t="s">
         <v>694</v>
       </c>
-      <c r="F402" s="217"/>
-      <c r="G402" s="205"/>
+      <c r="F402" s="215"/>
+      <c r="G402" s="204"/>
       <c r="H402" s="179"/>
-      <c r="I402" s="189"/>
-[...4 lines deleted...]
-      <c r="D403" s="214">
+      <c r="I402" s="188"/>
+    </row>
+    <row r="403" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B403" s="314"/>
+      <c r="C403" s="334"/>
+      <c r="D403" s="213">
         <v>3</v>
       </c>
-      <c r="E403" s="204" t="s">
+      <c r="E403" s="203" t="s">
         <v>735</v>
       </c>
-      <c r="F403" s="217"/>
-      <c r="G403" s="205"/>
+      <c r="F403" s="215"/>
+      <c r="G403" s="204"/>
       <c r="H403" s="179"/>
-      <c r="I403" s="189"/>
-[...4 lines deleted...]
-      <c r="D404" s="214">
+      <c r="I403" s="188"/>
+    </row>
+    <row r="404" spans="2:9" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B404" s="314"/>
+      <c r="C404" s="334"/>
+      <c r="D404" s="213">
         <v>10</v>
       </c>
-      <c r="E404" s="204" t="s">
+      <c r="E404" s="203" t="s">
         <v>668</v>
       </c>
-      <c r="F404" s="211"/>
-      <c r="G404" s="195"/>
+      <c r="F404" s="210"/>
+      <c r="G404" s="194"/>
       <c r="H404" s="179"/>
-      <c r="I404" s="189"/>
-[...4 lines deleted...]
-      <c r="D405" s="214">
+      <c r="I404" s="188"/>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B405" s="314"/>
+      <c r="C405" s="334"/>
+      <c r="D405" s="213">
         <v>16</v>
       </c>
-      <c r="E405" s="204" t="s">
+      <c r="E405" s="203" t="s">
         <v>762</v>
       </c>
-      <c r="F405" s="211"/>
-      <c r="G405" s="195"/>
+      <c r="F405" s="210"/>
+      <c r="G405" s="194"/>
       <c r="H405" s="179"/>
-      <c r="I405" s="189"/>
-[...4 lines deleted...]
-      <c r="D406" s="239">
+      <c r="I405" s="188"/>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B406" s="314"/>
+      <c r="C406" s="335"/>
+      <c r="D406" s="213">
         <v>16</v>
       </c>
-      <c r="E406" s="216" t="s">
+      <c r="E406" s="202" t="s">
         <v>730</v>
       </c>
-      <c r="F406" s="231"/>
-      <c r="G406" s="206"/>
+      <c r="F406" s="228"/>
+      <c r="G406" s="205"/>
       <c r="H406" s="181"/>
-      <c r="I406" s="200"/>
-[...3 lines deleted...]
-      <c r="C407" s="337" t="s">
+      <c r="I406" s="199"/>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B407" s="314"/>
+      <c r="C407" s="336" t="s">
         <v>7</v>
       </c>
-      <c r="D407" s="219">
-[...5 lines deleted...]
-      <c r="F407" s="236">
+      <c r="D407" s="217">
+        <v>1</v>
+      </c>
+      <c r="E407" s="308" t="s">
+        <v>774</v>
+      </c>
+      <c r="F407" s="306">
         <v>9</v>
       </c>
-      <c r="G407" s="186" t="s">
+      <c r="G407" s="185" t="s">
         <v>693</v>
       </c>
       <c r="H407" s="179">
         <v>1</v>
       </c>
-      <c r="I407" s="188" t="s">
+      <c r="I407" s="187" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="408" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D408" s="214">
+    <row r="408" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B408" s="314"/>
+      <c r="C408" s="337"/>
+      <c r="D408" s="213">
+        <v>3</v>
+      </c>
+      <c r="E408" s="309" t="s">
+        <v>716</v>
+      </c>
+      <c r="F408" s="307">
         <v>10</v>
       </c>
-      <c r="E408" s="184" t="s">
-[...5 lines deleted...]
-      <c r="G408" s="186" t="s">
+      <c r="G408" s="185" t="s">
         <v>755</v>
       </c>
       <c r="H408" s="179">
         <v>1</v>
       </c>
-      <c r="I408" s="189" t="s">
+      <c r="I408" s="188" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="409" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D409" s="214">
+    <row r="409" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B409" s="314"/>
+      <c r="C409" s="337"/>
+      <c r="D409" s="213">
         <v>10</v>
       </c>
-      <c r="E409" s="184" t="s">
-[...3 lines deleted...]
-      <c r="G409" s="195"/>
+      <c r="E409" s="309" t="s">
+        <v>742</v>
+      </c>
+      <c r="F409" s="307">
+        <v>17</v>
+      </c>
+      <c r="G409" s="342" t="s">
+        <v>776</v>
+      </c>
       <c r="H409" s="179">
         <v>3</v>
       </c>
-      <c r="I409" s="189" t="s">
+      <c r="I409" s="188" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="410" spans="2:9" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D410" s="214">
+    <row r="410" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B410" s="314"/>
+      <c r="C410" s="337"/>
+      <c r="D410" s="213">
         <v>10</v>
       </c>
-      <c r="E410" s="184" t="s">
+      <c r="E410" s="309" t="s">
+        <v>671</v>
+      </c>
+      <c r="F410" s="307"/>
+      <c r="G410" s="194"/>
+      <c r="H410" s="179"/>
+      <c r="I410" s="188"/>
+    </row>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B411" s="314"/>
+      <c r="C411" s="337"/>
+      <c r="D411" s="213">
+        <v>10</v>
+      </c>
+      <c r="E411" s="309" t="s">
         <v>754</v>
       </c>
-      <c r="F410" s="211"/>
-[...7 lines deleted...]
-      <c r="D411" s="214">
+      <c r="F411" s="307"/>
+      <c r="G411" s="194"/>
+      <c r="H411" s="179"/>
+      <c r="I411" s="188"/>
+    </row>
+    <row r="412" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B412" s="314"/>
+      <c r="C412" s="337"/>
+      <c r="D412" s="213">
         <v>12</v>
       </c>
-      <c r="E411" s="184" t="s">
+      <c r="E412" s="309" t="s">
         <v>763</v>
       </c>
-      <c r="F411" s="211"/>
-[...7 lines deleted...]
-      <c r="D412" s="214">
+      <c r="F412" s="307"/>
+      <c r="G412" s="194"/>
+      <c r="H412" s="179"/>
+      <c r="I412" s="188"/>
+    </row>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B413" s="314"/>
+      <c r="C413" s="337"/>
+      <c r="D413" s="213">
         <v>24</v>
       </c>
-      <c r="E412" s="184" t="s">
+      <c r="E413" s="309" t="s">
         <v>686</v>
       </c>
-      <c r="F412" s="211"/>
-[...7 lines deleted...]
-      <c r="D413" s="214">
+      <c r="F413" s="307"/>
+      <c r="G413" s="194"/>
+      <c r="H413" s="179"/>
+      <c r="I413" s="188"/>
+    </row>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B414" s="314"/>
+      <c r="C414" s="337"/>
+      <c r="D414" s="213">
         <v>24</v>
       </c>
-      <c r="E413" s="184" t="s">
+      <c r="E414" s="309" t="s">
         <v>697</v>
       </c>
-      <c r="F413" s="211"/>
-[...7 lines deleted...]
-      <c r="D414" s="214">
+      <c r="F414" s="307"/>
+      <c r="G414" s="194"/>
+      <c r="H414" s="179"/>
+      <c r="I414" s="188"/>
+    </row>
+    <row r="415" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B415" s="314"/>
+      <c r="C415" s="337"/>
+      <c r="D415" s="213">
         <v>24</v>
       </c>
-      <c r="E414" s="184" t="s">
+      <c r="E415" s="309" t="s">
         <v>761</v>
       </c>
-      <c r="F414" s="211"/>
-[...7 lines deleted...]
-      <c r="D415" s="214">
+      <c r="F415" s="307"/>
+      <c r="G415" s="194"/>
+      <c r="H415" s="179"/>
+      <c r="I415" s="188"/>
+    </row>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B416" s="314"/>
+      <c r="C416" s="337"/>
+      <c r="D416" s="213">
         <v>24</v>
       </c>
-      <c r="E415" s="184" t="s">
+      <c r="E416" s="309" t="s">
         <v>587</v>
       </c>
-      <c r="F415" s="211"/>
-[...7 lines deleted...]
-      <c r="D416" s="214">
+      <c r="F416" s="307"/>
+      <c r="G416" s="194"/>
+      <c r="H416" s="179"/>
+      <c r="I416" s="188"/>
+    </row>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B417" s="314"/>
+      <c r="C417" s="337"/>
+      <c r="D417" s="213">
         <v>31</v>
       </c>
-      <c r="E416" s="184" t="s">
+      <c r="E417" s="309" t="s">
+        <v>773</v>
+      </c>
+      <c r="F417" s="307"/>
+      <c r="G417" s="194"/>
+      <c r="H417" s="179"/>
+      <c r="I417" s="188"/>
+    </row>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B418" s="314"/>
+      <c r="C418" s="337"/>
+      <c r="D418" s="213">
+        <v>31</v>
+      </c>
+      <c r="E418" s="309" t="s">
         <v>768</v>
       </c>
-      <c r="F416" s="211"/>
-[...7 lines deleted...]
-      <c r="D417" s="214">
+      <c r="F418" s="307"/>
+      <c r="G418" s="194"/>
+      <c r="H418" s="179"/>
+      <c r="I418" s="188"/>
+    </row>
+    <row r="419" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B419" s="314"/>
+      <c r="C419" s="337"/>
+      <c r="D419" s="213">
         <v>31</v>
       </c>
-      <c r="E417" s="184" t="s">
+      <c r="E419" s="309" t="s">
         <v>743</v>
       </c>
-      <c r="F417" s="211"/>
-[...7 lines deleted...]
-      <c r="D418" s="214">
+      <c r="F419" s="307"/>
+      <c r="G419" s="194"/>
+      <c r="H419" s="179"/>
+      <c r="I419" s="188"/>
+    </row>
+    <row r="420" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B420" s="314"/>
+      <c r="C420" s="337"/>
+      <c r="D420" s="213">
         <v>31</v>
       </c>
-      <c r="E418" s="184" t="s">
+      <c r="E420" s="309" t="s">
+        <v>779</v>
+      </c>
+      <c r="F420" s="307"/>
+      <c r="G420" s="194"/>
+      <c r="H420" s="179"/>
+      <c r="I420" s="188"/>
+    </row>
+    <row r="421" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B421" s="314"/>
+      <c r="C421" s="337"/>
+      <c r="D421" s="213">
+        <v>31</v>
+      </c>
+      <c r="E421" s="309" t="s">
         <v>756</v>
       </c>
-      <c r="F418" s="211"/>
-[...7 lines deleted...]
-      <c r="D419" s="239">
+      <c r="F421" s="307"/>
+      <c r="G421" s="194"/>
+      <c r="H421" s="179"/>
+      <c r="I421" s="188"/>
+    </row>
+    <row r="422" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B422" s="314"/>
+      <c r="C422" s="338"/>
+      <c r="D422" s="236">
         <v>31</v>
       </c>
-      <c r="E419" s="227" t="s">
+      <c r="E422" s="305" t="s">
         <v>690</v>
       </c>
-      <c r="F419" s="237"/>
-[...6 lines deleted...]
-      <c r="C420" s="331" t="s">
+      <c r="F422" s="302"/>
+      <c r="G422" s="204"/>
+      <c r="H422" s="181"/>
+      <c r="I422" s="208"/>
+    </row>
+    <row r="423" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B423" s="314"/>
+      <c r="C423" s="331" t="s">
         <v>8</v>
       </c>
-      <c r="D420" s="214">
+      <c r="D423" s="213">
         <v>1</v>
       </c>
-      <c r="E420" s="226" t="s">
+      <c r="E423" s="224" t="s">
         <v>706</v>
       </c>
-      <c r="F420" s="234">
+      <c r="F423" s="231">
+        <v>2</v>
+      </c>
+      <c r="G423" s="344" t="s">
+        <v>775</v>
+      </c>
+      <c r="H423" s="340">
+        <v>7</v>
+      </c>
+      <c r="I423" s="187" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="424" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B424" s="314"/>
+      <c r="C424" s="332"/>
+      <c r="D424" s="213">
+        <v>1</v>
+      </c>
+      <c r="E424" s="224" t="s">
+        <v>766</v>
+      </c>
+      <c r="F424" s="230">
         <v>16</v>
       </c>
-      <c r="G420" s="185" t="s">
+      <c r="G424" s="342" t="s">
         <v>704</v>
       </c>
-      <c r="H420" s="179">
+      <c r="H424" s="340">
         <v>7</v>
       </c>
-      <c r="I420" s="188" t="s">
-[...6 lines deleted...]
-      <c r="D421" s="214">
+      <c r="I424" s="188" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="425" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B425" s="314"/>
+      <c r="C425" s="332"/>
+      <c r="D425" s="213">
+        <v>7</v>
+      </c>
+      <c r="E425" s="183" t="s">
+        <v>701</v>
+      </c>
+      <c r="F425" s="230">
+        <v>17</v>
+      </c>
+      <c r="G425" s="342" t="s">
+        <v>767</v>
+      </c>
+      <c r="H425" s="340">
+        <v>7</v>
+      </c>
+      <c r="I425" s="188" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="426" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B426" s="314"/>
+      <c r="C426" s="332"/>
+      <c r="D426" s="213">
+        <v>7</v>
+      </c>
+      <c r="E426" s="183" t="s">
+        <v>699</v>
+      </c>
+      <c r="F426" s="230">
+        <v>21</v>
+      </c>
+      <c r="G426" s="342" t="s">
+        <v>772</v>
+      </c>
+      <c r="H426" s="340">
+        <v>7</v>
+      </c>
+      <c r="I426" s="188" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="427" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B427" s="314"/>
+      <c r="C427" s="332"/>
+      <c r="D427" s="213">
+        <v>7</v>
+      </c>
+      <c r="E427" s="183" t="s">
+        <v>700</v>
+      </c>
+      <c r="F427" s="230">
+        <v>29</v>
+      </c>
+      <c r="G427" s="342" t="s">
+        <v>618</v>
+      </c>
+      <c r="H427" s="340"/>
+      <c r="I427" s="188"/>
+    </row>
+    <row r="428" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B428" s="314"/>
+      <c r="C428" s="332"/>
+      <c r="D428" s="213">
+        <v>7</v>
+      </c>
+      <c r="E428" s="183" t="s">
+        <v>758</v>
+      </c>
+      <c r="F428" s="230">
+        <v>29</v>
+      </c>
+      <c r="G428" s="342" t="s">
+        <v>777</v>
+      </c>
+      <c r="H428" s="340"/>
+      <c r="I428" s="188"/>
+    </row>
+    <row r="429" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B429" s="314"/>
+      <c r="C429" s="332"/>
+      <c r="D429" s="213">
+        <v>8</v>
+      </c>
+      <c r="E429" s="192" t="s">
+        <v>780</v>
+      </c>
+      <c r="F429" s="230"/>
+      <c r="G429" s="342"/>
+      <c r="H429" s="340"/>
+      <c r="I429" s="188"/>
+    </row>
+    <row r="430" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B430" s="314"/>
+      <c r="C430" s="332"/>
+      <c r="D430" s="213">
+        <v>9</v>
+      </c>
+      <c r="E430" s="192" t="s">
+        <v>661</v>
+      </c>
+      <c r="F430" s="230"/>
+      <c r="G430" s="212"/>
+      <c r="H430" s="340"/>
+      <c r="I430" s="186"/>
+    </row>
+    <row r="431" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B431" s="314"/>
+      <c r="C431" s="332"/>
+      <c r="D431" s="213">
+        <v>14</v>
+      </c>
+      <c r="E431" s="192" t="s">
+        <v>765</v>
+      </c>
+      <c r="F431" s="230"/>
+      <c r="G431" s="212"/>
+      <c r="H431" s="340"/>
+      <c r="I431" s="186"/>
+    </row>
+    <row r="432" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B432" s="314"/>
+      <c r="C432" s="332"/>
+      <c r="D432" s="213">
+        <v>14</v>
+      </c>
+      <c r="E432" s="192" t="s">
+        <v>750</v>
+      </c>
+      <c r="F432" s="215"/>
+      <c r="G432" s="212"/>
+      <c r="H432" s="340"/>
+      <c r="I432" s="186"/>
+    </row>
+    <row r="433" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B433" s="314"/>
+      <c r="C433" s="332"/>
+      <c r="D433" s="213">
+        <v>14</v>
+      </c>
+      <c r="E433" s="192" t="s">
+        <v>589</v>
+      </c>
+      <c r="F433" s="215"/>
+      <c r="G433" s="212"/>
+      <c r="H433" s="340"/>
+      <c r="I433" s="186"/>
+    </row>
+    <row r="434" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B434" s="314"/>
+      <c r="C434" s="333"/>
+      <c r="D434" s="213">
+        <v>22</v>
+      </c>
+      <c r="E434" s="192" t="s">
+        <v>759</v>
+      </c>
+      <c r="F434" s="228"/>
+      <c r="G434" s="343"/>
+      <c r="H434" s="341"/>
+      <c r="I434" s="208"/>
+    </row>
+    <row r="435" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B435" s="314"/>
+      <c r="C435" s="331" t="s">
+        <v>674</v>
+      </c>
+      <c r="D435" s="217">
+        <v>12</v>
+      </c>
+      <c r="E435" s="206" t="s">
+        <v>717</v>
+      </c>
+      <c r="F435" s="215">
+        <v>12</v>
+      </c>
+      <c r="G435" s="259" t="s">
+        <v>778</v>
+      </c>
+      <c r="H435" s="180">
+        <v>7</v>
+      </c>
+      <c r="I435" s="187" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="436" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B436" s="314"/>
+      <c r="C436" s="332"/>
+      <c r="D436" s="213">
+        <v>19</v>
+      </c>
+      <c r="E436" s="202" t="s">
+        <v>675</v>
+      </c>
+      <c r="F436" s="215"/>
+      <c r="G436" s="212"/>
+      <c r="H436" s="179"/>
+      <c r="I436" s="208"/>
+    </row>
+    <row r="437" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B437" s="314"/>
+      <c r="C437" s="331" t="s">
+        <v>10</v>
+      </c>
+      <c r="D437" s="297">
         <v>1</v>
       </c>
-      <c r="E421" s="226" t="s">
-[...14 lines deleted...]
-      <c r="D422" s="214">
+      <c r="E437" s="201" t="s">
+        <v>705</v>
+      </c>
+      <c r="F437" s="229">
+        <v>22</v>
+      </c>
+      <c r="G437" s="259" t="s">
+        <v>693</v>
+      </c>
+      <c r="H437" s="180"/>
+      <c r="I437" s="207"/>
+    </row>
+    <row r="438" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B438" s="314"/>
+      <c r="C438" s="332"/>
+      <c r="D438" s="298">
+        <v>1</v>
+      </c>
+      <c r="E438" s="203" t="s">
+        <v>548</v>
+      </c>
+      <c r="F438" s="215">
+        <v>30</v>
+      </c>
+      <c r="G438" s="194" t="s">
+        <v>738</v>
+      </c>
+      <c r="H438" s="179"/>
+      <c r="I438" s="186"/>
+    </row>
+    <row r="439" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B439" s="314"/>
+      <c r="C439" s="332"/>
+      <c r="D439" s="298">
+        <v>2</v>
+      </c>
+      <c r="E439" s="202" t="s">
+        <v>770</v>
+      </c>
+      <c r="F439" s="215"/>
+      <c r="G439" s="194"/>
+      <c r="H439" s="179"/>
+      <c r="I439" s="186"/>
+    </row>
+    <row r="440" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B440" s="314"/>
+      <c r="C440" s="332"/>
+      <c r="D440" s="298">
+        <v>2</v>
+      </c>
+      <c r="E440" s="203" t="s">
+        <v>718</v>
+      </c>
+      <c r="F440" s="215"/>
+      <c r="G440" s="204"/>
+      <c r="H440" s="179"/>
+      <c r="I440" s="186"/>
+    </row>
+    <row r="441" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B441" s="314"/>
+      <c r="C441" s="332"/>
+      <c r="D441" s="298">
+        <v>9</v>
+      </c>
+      <c r="E441" s="202" t="s">
+        <v>592</v>
+      </c>
+      <c r="F441" s="230"/>
+      <c r="G441" s="194"/>
+      <c r="H441" s="179"/>
+      <c r="I441" s="186"/>
+    </row>
+    <row r="442" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B442" s="314"/>
+      <c r="C442" s="332"/>
+      <c r="D442" s="298">
+        <v>11</v>
+      </c>
+      <c r="E442" s="202" t="s">
+        <v>764</v>
+      </c>
+      <c r="F442" s="230"/>
+      <c r="G442" s="194"/>
+      <c r="H442" s="179"/>
+      <c r="I442" s="186"/>
+    </row>
+    <row r="443" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B443" s="314"/>
+      <c r="C443" s="332"/>
+      <c r="D443" s="298">
+        <v>16</v>
+      </c>
+      <c r="E443" s="202" t="s">
+        <v>719</v>
+      </c>
+      <c r="F443" s="230"/>
+      <c r="G443" s="204"/>
+      <c r="H443" s="179"/>
+      <c r="I443" s="186"/>
+    </row>
+    <row r="444" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B444" s="314"/>
+      <c r="C444" s="332"/>
+      <c r="D444" s="298">
+        <v>16</v>
+      </c>
+      <c r="E444" s="203" t="s">
+        <v>736</v>
+      </c>
+      <c r="F444" s="230"/>
+      <c r="G444" s="204"/>
+      <c r="H444" s="179"/>
+      <c r="I444" s="186"/>
+    </row>
+    <row r="445" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B445" s="314"/>
+      <c r="C445" s="333"/>
+      <c r="D445" s="298">
+        <v>18</v>
+      </c>
+      <c r="E445" s="202" t="s">
+        <v>729</v>
+      </c>
+      <c r="F445" s="230"/>
+      <c r="G445" s="204"/>
+      <c r="H445" s="179"/>
+      <c r="I445" s="186"/>
+    </row>
+    <row r="446" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B446" s="314"/>
+      <c r="C446" s="291"/>
+      <c r="D446" s="217">
         <v>7</v>
       </c>
-      <c r="E422" s="184" t="s">
-[...127 lines deleted...]
-      <c r="E430" s="193" t="s">
+      <c r="E446" s="201" t="s">
         <v>759</v>
       </c>
-      <c r="F430" s="231"/>
-[...121 lines deleted...]
-      <c r="D438" s="301">
+      <c r="F446" s="231"/>
+      <c r="G446" s="301"/>
+      <c r="H446" s="180"/>
+      <c r="I446" s="207"/>
+    </row>
+    <row r="447" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B447" s="314"/>
+      <c r="C447" s="334" t="s">
         <v>11</v>
       </c>
-      <c r="E438" s="203" t="s">
-[...68 lines deleted...]
-      <c r="D443" s="214">
+      <c r="D447" s="213">
         <v>31</v>
       </c>
-      <c r="E443" s="203" t="s">
+      <c r="E447" s="202" t="s">
         <v>740</v>
       </c>
-      <c r="F443" s="233"/>
-[...63 lines deleted...]
-      <c r="F447" s="233"/>
+      <c r="F447" s="230"/>
       <c r="G447" s="195"/>
       <c r="H447" s="179"/>
-      <c r="I447" s="187"/>
-[...4 lines deleted...]
-      <c r="D448" s="214">
+      <c r="I447" s="186"/>
+    </row>
+    <row r="448" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B448" s="314"/>
+      <c r="C448" s="335"/>
+      <c r="D448" s="236">
+        <v>31</v>
+      </c>
+      <c r="E448" s="191" t="s">
+        <v>669</v>
+      </c>
+      <c r="F448" s="234"/>
+      <c r="G448" s="196"/>
+      <c r="H448" s="181"/>
+      <c r="I448" s="208"/>
+    </row>
+    <row r="449" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B449" s="314"/>
+      <c r="C449" s="198" t="s">
+        <v>12</v>
+      </c>
+      <c r="D449" s="213"/>
+      <c r="E449" s="260"/>
+      <c r="F449" s="230">
+        <v>27</v>
+      </c>
+      <c r="G449" s="194" t="s">
+        <v>643</v>
+      </c>
+      <c r="H449" s="179"/>
+      <c r="I449" s="186"/>
+    </row>
+    <row r="450" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B450" s="314"/>
+      <c r="C450" s="310" t="s">
+        <v>13</v>
+      </c>
+      <c r="D450" s="217">
+        <v>8</v>
+      </c>
+      <c r="E450" s="206" t="s">
+        <v>744</v>
+      </c>
+      <c r="F450" s="231">
+        <v>15</v>
+      </c>
+      <c r="G450" s="261" t="s">
+        <v>703</v>
+      </c>
+      <c r="H450" s="180"/>
+      <c r="I450" s="207"/>
+    </row>
+    <row r="451" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B451" s="314"/>
+      <c r="C451" s="311"/>
+      <c r="D451" s="213">
         <v>22</v>
       </c>
-      <c r="E448" s="203" t="s">
+      <c r="E451" s="202" t="s">
+        <v>771</v>
+      </c>
+      <c r="F451" s="230">
+        <v>17</v>
+      </c>
+      <c r="G451" s="194" t="s">
+        <v>776</v>
+      </c>
+      <c r="H451" s="179"/>
+      <c r="I451" s="186"/>
+    </row>
+    <row r="452" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B452" s="314"/>
+      <c r="C452" s="312"/>
+      <c r="D452" s="213">
+        <v>22</v>
+      </c>
+      <c r="E452" s="202" t="s">
         <v>720</v>
       </c>
-      <c r="F448" s="231"/>
-[...6 lines deleted...]
-      <c r="C449" s="309" t="s">
+      <c r="F452" s="228"/>
+      <c r="G452" s="205"/>
+      <c r="H452" s="181"/>
+      <c r="I452" s="208"/>
+    </row>
+    <row r="453" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B453" s="314"/>
+      <c r="C453" s="310" t="s">
         <v>14</v>
       </c>
-      <c r="D449" s="219">
+      <c r="D453" s="217">
         <v>1</v>
       </c>
-      <c r="E449" s="303" t="s">
+      <c r="E453" s="300" t="s">
         <v>707</v>
       </c>
-      <c r="F449" s="305"/>
-[...7 lines deleted...]
-      <c r="D450" s="214">
+      <c r="F453" s="302"/>
+      <c r="G453" s="184"/>
+      <c r="H453" s="179"/>
+      <c r="I453" s="226"/>
+    </row>
+    <row r="454" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B454" s="314"/>
+      <c r="C454" s="311"/>
+      <c r="D454" s="213">
         <v>1</v>
       </c>
-      <c r="E450" s="307" t="s">
+      <c r="E454" s="304" t="s">
         <v>705</v>
       </c>
-      <c r="F450" s="305"/>
-[...7 lines deleted...]
-      <c r="D451" s="239">
+      <c r="F454" s="302"/>
+      <c r="G454" s="184"/>
+      <c r="H454" s="179"/>
+      <c r="I454" s="226"/>
+    </row>
+    <row r="455" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B455" s="314"/>
+      <c r="C455" s="312"/>
+      <c r="D455" s="236">
         <v>6</v>
       </c>
-      <c r="E451" s="308" t="s">
+      <c r="E455" s="305" t="s">
         <v>760</v>
       </c>
-      <c r="F451" s="306"/>
-[...6 lines deleted...]
-      <c r="C452" s="220" t="s">
+      <c r="F455" s="303"/>
+      <c r="G455" s="216"/>
+      <c r="H455" s="181"/>
+      <c r="I455" s="225"/>
+    </row>
+    <row r="456" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B456" s="314"/>
+      <c r="C456" s="218" t="s">
         <v>15</v>
       </c>
-      <c r="D452" s="239">
+      <c r="D456" s="236">
         <v>12</v>
       </c>
-      <c r="E452" s="192" t="s">
+      <c r="E456" s="191" t="s">
         <v>672</v>
       </c>
-      <c r="F452" s="237">
+      <c r="F456" s="234">
         <v>23</v>
       </c>
-      <c r="G452" s="230" t="s">
+      <c r="G456" s="227" t="s">
         <v>693</v>
       </c>
-      <c r="H452" s="181"/>
-[...26 lines deleted...]
-    <row r="472" spans="2:4" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="H456" s="181"/>
+      <c r="I456" s="225"/>
+    </row>
+    <row r="457" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B457" s="345"/>
+      <c r="C457" s="218" t="s">
+        <v>16</v>
+      </c>
+      <c r="D457" s="236">
+        <v>10</v>
+      </c>
+      <c r="E457" s="191" t="s">
+        <v>781</v>
+      </c>
+      <c r="F457" s="234">
+        <v>23</v>
+      </c>
+      <c r="G457" s="227" t="s">
+        <v>693</v>
+      </c>
+      <c r="H457" s="181"/>
+      <c r="I457" s="225"/>
+    </row>
+    <row r="458" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="D458" s="290"/>
+      <c r="E458" s="223"/>
+    </row>
+    <row r="459" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E459" s="299"/>
+    </row>
+    <row r="460" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E460" s="299"/>
+    </row>
+    <row r="461" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E461" s="58"/>
+    </row>
+    <row r="472" spans="2:4" x14ac:dyDescent="0.25">
       <c r="C472" s="112"/>
       <c r="D472" s="112"/>
     </row>
-    <row r="482" spans="2:5" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="B488" s="89"/>
+    <row r="473" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B473" s="87"/>
+    </row>
+    <row r="475" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C475" s="112"/>
+      <c r="D475" s="112"/>
+    </row>
+    <row r="476" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C476" s="112"/>
+      <c r="D476" s="112"/>
+    </row>
+    <row r="486" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E486" s="88"/>
+    </row>
+    <row r="487" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B487" s="87"/>
+    </row>
+    <row r="488" spans="2:5" x14ac:dyDescent="0.25">
       <c r="C488" s="113"/>
       <c r="D488" s="113"/>
     </row>
-    <row r="491" spans="2:5" x14ac:dyDescent="0.3">
+    <row r="491" spans="2:5" x14ac:dyDescent="0.25">
       <c r="C491" s="113"/>
       <c r="D491" s="113"/>
     </row>
-    <row r="492" spans="2:5" x14ac:dyDescent="0.3">
+    <row r="492" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B492" s="89"/>
       <c r="C492" s="113"/>
       <c r="D492" s="113"/>
     </row>
-    <row r="493" spans="2:5" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B494" s="89"/>
+    <row r="495" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C495" s="113"/>
+      <c r="D495" s="113"/>
+    </row>
+    <row r="496" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C496" s="113"/>
+      <c r="D496" s="113"/>
+    </row>
+    <row r="497" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B497" s="89"/>
+    </row>
+    <row r="498" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B498" s="89"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="E141:E142">
     <sortCondition ref="E141:E142"/>
   </sortState>
   <mergeCells count="24">
+    <mergeCell ref="B389:B457"/>
     <mergeCell ref="C335:C339"/>
-    <mergeCell ref="C433:C441"/>
-    <mergeCell ref="C443:C444"/>
+    <mergeCell ref="C437:C445"/>
+    <mergeCell ref="C447:C448"/>
     <mergeCell ref="C357:C367"/>
-    <mergeCell ref="C407:C419"/>
+    <mergeCell ref="C407:C422"/>
     <mergeCell ref="C340:C356"/>
     <mergeCell ref="C368:C375"/>
     <mergeCell ref="C389:C397"/>
-    <mergeCell ref="C446:C448"/>
+    <mergeCell ref="C450:C452"/>
     <mergeCell ref="B307:B387"/>
     <mergeCell ref="C376:C387"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B119:I119"/>
     <mergeCell ref="B264:I264"/>
     <mergeCell ref="C297:C300"/>
     <mergeCell ref="C329:C334"/>
     <mergeCell ref="C311:C320"/>
     <mergeCell ref="C321:C328"/>
     <mergeCell ref="C307:C310"/>
-    <mergeCell ref="B389:B452"/>
-[...2 lines deleted...]
-    <mergeCell ref="C420:C430"/>
+    <mergeCell ref="C435:C436"/>
+    <mergeCell ref="C453:C455"/>
+    <mergeCell ref="C423:C434"/>
     <mergeCell ref="C398:C406"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E7" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E8" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E23" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="E9" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="E10" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="E12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="E13" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="E14" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="E15" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="E85" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="E16" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="E26" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="E48" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="E17" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="E19" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="E77" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="E78" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="E21" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
@@ -11643,236 +11786,248 @@
     <hyperlink ref="E312" r:id="rId565" xr:uid="{97E7FABF-D2F3-417B-94E4-D66B8739B895}"/>
     <hyperlink ref="E313" r:id="rId566" xr:uid="{F7210D69-890D-4EEB-A5ED-CE5A0B34AA96}"/>
     <hyperlink ref="G314" r:id="rId567" xr:uid="{646788B6-77FD-4EC3-A8DB-C4FD32619577}"/>
     <hyperlink ref="G316" r:id="rId568" display="EIC Pathfinder Open (deadline)" xr:uid="{7D37EAE6-1A72-4842-93B5-C0D21D439121}"/>
     <hyperlink ref="G321" r:id="rId569" xr:uid="{8CF658CA-9CAA-4941-A742-C278BA9F4649}"/>
     <hyperlink ref="G323" r:id="rId570" xr:uid="{D43BC860-DF6E-4B58-A3B6-955FEF88CCA1}"/>
     <hyperlink ref="I323" r:id="rId571" xr:uid="{ADDC185B-EAEB-4A21-869A-A7F652DF098C}"/>
     <hyperlink ref="E326" r:id="rId572" xr:uid="{0B649C32-4703-4980-A60D-72DE84E05A8B}"/>
     <hyperlink ref="E360" r:id="rId573" xr:uid="{4C7488DD-96E0-43B4-8A8A-E902FD9747CA}"/>
     <hyperlink ref="E332" r:id="rId574" xr:uid="{8E638A45-2202-4CBE-92E9-1DC370311AE5}"/>
     <hyperlink ref="G344" r:id="rId575" xr:uid="{3AA373F6-46A2-4A32-96CC-306226C965B1}"/>
     <hyperlink ref="G318" r:id="rId576" display="ERC Advanced Grant (expected opening)" xr:uid="{F0E1D6B2-DBB9-4866-BE5A-82DE104F3C16}"/>
     <hyperlink ref="E341" r:id="rId577" xr:uid="{0391AED6-8FCA-454B-927D-0F5E55D02372}"/>
     <hyperlink ref="G359" r:id="rId578" xr:uid="{13774440-20F2-4370-A2BC-416AA332E0B9}"/>
     <hyperlink ref="E380" r:id="rId579" display="NWO Rubicon" xr:uid="{BBA2B73F-4B2A-416C-B975-F61946E406E7}"/>
     <hyperlink ref="E384" r:id="rId580" xr:uid="{285ECDAD-D317-4C16-9A6F-8220541B14E6}"/>
     <hyperlink ref="G312" r:id="rId581" xr:uid="{1CCC02DA-6C4C-45FF-B684-2B2140D08AE2}"/>
     <hyperlink ref="G371" r:id="rId582" xr:uid="{F597CDA9-8EF5-465B-94A0-B62C5F3839F6}"/>
     <hyperlink ref="G311" r:id="rId583" xr:uid="{CA100528-360A-40EF-80BF-8B2E5DB3ABAC}"/>
     <hyperlink ref="I312" r:id="rId584" xr:uid="{0A8FEB1F-9C26-43E7-B6B7-B5CA95314BD7}"/>
     <hyperlink ref="I321" r:id="rId585" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{91772E3B-B266-4C3F-A5FC-D84A153B0C78}"/>
     <hyperlink ref="I361" r:id="rId586" display="The Brain Tumour Charity (The Translational Award)" xr:uid="{3AF7E856-DC80-49F0-B070-63EF67CC9BDA}"/>
     <hyperlink ref="G325" r:id="rId587" xr:uid="{A8D90C24-F10A-4D99-93A9-3AFE75F41651}"/>
     <hyperlink ref="E344" r:id="rId588" xr:uid="{31BDC83D-7C9F-4A99-BE49-1CC3CA08E9D2}"/>
     <hyperlink ref="E367" r:id="rId589" xr:uid="{9C697B87-4C77-44E5-9AF8-28455AC4CE57}"/>
-    <hyperlink ref="E415" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
+    <hyperlink ref="E416" r:id="rId590" display="KWF Implementation of Biomarkers 2026 (pre-proposal)" xr:uid="{7BB6C009-52EF-475F-8F30-02D48C6BC271}"/>
     <hyperlink ref="E381" r:id="rId591" xr:uid="{3266B8CF-6AE4-4C20-BBAC-E16A0BBD8B23}"/>
-    <hyperlink ref="E430" r:id="rId592" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
+    <hyperlink ref="E434" r:id="rId592" xr:uid="{2D453A55-7718-4933-BD4C-67AA32B9DDA2}"/>
     <hyperlink ref="E329" r:id="rId593" xr:uid="{328E481A-65E7-4F16-B568-EAFEDBB1A9C4}"/>
     <hyperlink ref="E351" r:id="rId594" xr:uid="{83C4226E-8DC6-4104-A881-C7759F2EDEE3}"/>
-    <hyperlink ref="E437" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
+    <hyperlink ref="E441" r:id="rId595" display="NWO Open Competition Domain Science–XL round 2025–2026 (pre-proposal)" xr:uid="{3080E1CB-6526-4E11-B54B-F6CB78B0AC4D}"/>
     <hyperlink ref="G343" r:id="rId596" xr:uid="{C6B65852-A3D5-4E4C-B324-3263B0199E53}"/>
     <hyperlink ref="E324" r:id="rId597" display="Faculty of Impact" xr:uid="{AE227DA5-C8F0-4FFB-AEF0-D0B649509292}"/>
     <hyperlink ref="E325" r:id="rId598" xr:uid="{045CFE40-7957-4352-95EA-F671E00CF49C}"/>
     <hyperlink ref="E314" r:id="rId599" xr:uid="{DC2640E1-CE6E-4281-9B04-91AFD5B4936E}"/>
     <hyperlink ref="E342" r:id="rId600" display="NWO Veni (expected deadline)" xr:uid="{8CB4B970-42F6-448E-9D2D-DBEA8C018F3D}"/>
     <hyperlink ref="E396" r:id="rId601" display="NWO Veni (expected deadline)" xr:uid="{4AAC1A79-84F2-41FD-9863-335F583353B4}"/>
     <hyperlink ref="G358" r:id="rId602" display="ERC Starting Grant (expected deadline)" xr:uid="{CFF418DE-F09F-4289-9B47-EBE0C67BC730}"/>
     <hyperlink ref="G390" r:id="rId603" display="ERC Consolidator Grant (expected deadline)" xr:uid="{C9FBAE79-515B-4EE4-B06A-4CDAD2DB6B32}"/>
     <hyperlink ref="E335" r:id="rId604" xr:uid="{0D6CA846-535B-432A-AFB4-8893CCE01E0D}"/>
     <hyperlink ref="G335" r:id="rId605" xr:uid="{26DF9EF2-3141-4C64-8808-99CA627C027E}"/>
     <hyperlink ref="G315" r:id="rId606" xr:uid="{BC61C7D3-D48D-46A5-A1AD-81BEEB128ADF}"/>
     <hyperlink ref="I322" r:id="rId607" xr:uid="{5077F715-9303-443D-9376-DE73DE29131D}"/>
     <hyperlink ref="G329" r:id="rId608" display="Open Call for Transnational Service Provision" xr:uid="{53D3FCD8-4309-4D15-953D-CCADEF9A8D97}"/>
     <hyperlink ref="G336" r:id="rId609" xr:uid="{8B7B83BD-48FE-4553-A0C0-CC7F07BBC421}"/>
     <hyperlink ref="G320" r:id="rId610" xr:uid="{844072E6-5B0C-4037-9BC2-55146C5CABD8}"/>
     <hyperlink ref="E337" r:id="rId611" xr:uid="{9CE66579-7373-4788-9F27-0E032835530B}"/>
     <hyperlink ref="E348" r:id="rId612" xr:uid="{4F986696-93A5-4290-A5EA-44F1D9D55A08}"/>
     <hyperlink ref="I332" r:id="rId613" display="LCRF Team Science Award" xr:uid="{F30562FE-7947-40F9-BCEB-56ED291FAD4E}"/>
     <hyperlink ref="I368" r:id="rId614" display="LCRF Team Science Award" xr:uid="{2DABA678-5010-4052-A34A-9F37AB247B99}"/>
     <hyperlink ref="I333" r:id="rId615" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{A2265066-F850-434F-B795-D31FB5696827}"/>
     <hyperlink ref="I357" r:id="rId616" display="LCRF – Boehringer Ingelheim Early Investigator Award" xr:uid="{63D94197-3DD8-4606-91C2-9731933FADA9}"/>
     <hyperlink ref="I334" r:id="rId617" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{DE92ABF7-AE8B-4C94-84BB-12AF2E89A341}"/>
     <hyperlink ref="I369" r:id="rId618" display="LCRF – Boehringer Ingelheim Team Science Award" xr:uid="{A7B212EC-2F3A-4383-910B-16FC02B32B18}"/>
     <hyperlink ref="E346" r:id="rId619" xr:uid="{BB3A30DD-6151-4BA6-825E-D61E2E4E2B41}"/>
     <hyperlink ref="G357" r:id="rId620" xr:uid="{ACEE172E-C8E9-4201-BB47-55E2C69A493C}"/>
-    <hyperlink ref="G422" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
+    <hyperlink ref="G427" r:id="rId621" display="IHI Call 11 (pre-proposal)" xr:uid="{48E82811-29F6-446D-8820-38354E0A347D}"/>
     <hyperlink ref="I325" r:id="rId622" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{C80F1CBC-D7B6-45FD-8175-8700835DF6E5}"/>
     <hyperlink ref="I329" r:id="rId623" display="MRA: Characterization of Rare Melanoma Preclinical Models (EOI)" xr:uid="{9C1E48D3-9BF4-4122-9038-978A3800EDA5}"/>
     <hyperlink ref="I326" r:id="rId624" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{C5171A96-86C3-43A2-8D23-46948D107C1D}"/>
     <hyperlink ref="I330" r:id="rId625" display="MRA: Advancing Drug Discovery to Identify New Therapies for Acral and Uveal Melanoma (EOI)" xr:uid="{7C8A71A5-DCB2-4A2A-9695-250A26DC2618}"/>
     <hyperlink ref="G356" r:id="rId626" xr:uid="{2D07294A-2789-4E11-8056-32A08A3156BE}"/>
     <hyperlink ref="I331" r:id="rId627" xr:uid="{344F7F85-B2AD-4E02-B837-63942A03ED58}"/>
     <hyperlink ref="E370" r:id="rId628" xr:uid="{BD76C125-7413-4348-814C-1A49057C33BD}"/>
     <hyperlink ref="E371" r:id="rId629" xr:uid="{2A00D487-7479-4A62-BCDB-DB86FE105272}"/>
     <hyperlink ref="E331" r:id="rId630" display="ZonMW: voorbereidende implementatieactiviteiten ronde 1 " xr:uid="{84627BCD-4ADD-4654-8EE7-9F7B96B9A25E}"/>
     <hyperlink ref="E345" r:id="rId631" xr:uid="{65D3395E-2823-4847-99F8-7FD80E72C113}"/>
     <hyperlink ref="E347" r:id="rId632" display="ZonMW Open Competitie" xr:uid="{BE9080F0-3E32-4435-A86F-1A3A6E17B5A0}"/>
     <hyperlink ref="E353" r:id="rId633" xr:uid="{455DDECF-266D-4407-8386-7CFCE2E078FF}"/>
     <hyperlink ref="E362" r:id="rId634" xr:uid="{A03FBA3B-1E59-4195-AA6A-9ED8DA96146D}"/>
-    <hyperlink ref="E439" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
+    <hyperlink ref="E443" r:id="rId635" display="ZonMW Grote Trials Ronde 7 (projectidee)" xr:uid="{8C13791A-9364-45C8-9DBB-6F631EC1DB10}"/>
     <hyperlink ref="E363" r:id="rId636" xr:uid="{745663B9-977C-47D6-9439-A7E2877BEA66}"/>
     <hyperlink ref="E330" r:id="rId637" xr:uid="{10AF2882-E6AF-46FF-80BC-BF707EB36263}"/>
     <hyperlink ref="E356" r:id="rId638" display="Health~Holland International Kickstarter" xr:uid="{9921D40D-1FD0-4AD7-BE5A-88BCFB348251}"/>
-    <hyperlink ref="G445" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
+    <hyperlink ref="G449" r:id="rId639" xr:uid="{0C5C8350-A905-438A-9876-5A664E4EFCC9}"/>
     <hyperlink ref="G370" r:id="rId640" xr:uid="{DB0A2B75-9A56-4229-B096-038F55AC124E}"/>
     <hyperlink ref="E355" r:id="rId641" location=":~:text=BOOST%20funding%20is%20available%20exclusively,or%20models%20within%20a%20lab." xr:uid="{22551DA7-E432-44DA-876C-DA57A982CF1B}"/>
     <hyperlink ref="E339" r:id="rId642" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg" xr:uid="{F78FF6EA-860F-4089-A750-7615B35B6DF4}"/>
     <hyperlink ref="I360" r:id="rId643" xr:uid="{80091A70-FB39-4300-A7BE-69C62C37196D}"/>
     <hyperlink ref="I394" r:id="rId644" display="Leukemia &amp; Lymphoma Society Translational Research Program (LOI)" xr:uid="{EAE0A2D4-6877-430A-97AD-53CD7B334159}"/>
     <hyperlink ref="I358" r:id="rId645" xr:uid="{34BC0A72-E11F-4818-9D4C-4C511F4AEDF5}"/>
     <hyperlink ref="I371" r:id="rId646" xr:uid="{802874A7-D7D0-49ED-9284-4868C8BDF028}"/>
     <hyperlink ref="I335" r:id="rId647" xr:uid="{D2036271-E2A1-4676-A1AD-99F7EC283011}"/>
     <hyperlink ref="I372" r:id="rId648" display="Leukemia &amp; Lymphoma Society Discovery Grant Program (LOI)" xr:uid="{ADA1C4A1-0875-4C67-B2A5-9CC23324357B}"/>
     <hyperlink ref="E352" r:id="rId649" display="KWF internal deadline pre-proposal 2026-1 EXPL and 2026-2 DEV calls" xr:uid="{C2939F66-729D-41C5-8ECE-FA1BABE28225}"/>
     <hyperlink ref="G372" r:id="rId650" xr:uid="{EF4CA7BF-BA31-4338-8ACD-9DAF71774D4C}"/>
     <hyperlink ref="G368" r:id="rId651" xr:uid="{5AF3396F-5C1F-4797-8BEE-EED9BB808488}"/>
     <hyperlink ref="G369" r:id="rId652" xr:uid="{E638B598-9F27-46E2-98D7-FB21A0524D69}"/>
     <hyperlink ref="I359" r:id="rId653" xr:uid="{93F1C799-9402-433A-9D60-15B5B1FE90CF}"/>
     <hyperlink ref="I392" r:id="rId654" display="IASLC Career Advancement Grant (LOI)" xr:uid="{E1F61B4F-DD53-4ED7-A676-1BF38BE70D63}"/>
     <hyperlink ref="I342" r:id="rId655" xr:uid="{5FA484D2-3C9B-47BC-AFD9-6E854F0C7614}"/>
     <hyperlink ref="I389" r:id="rId656" display="Collaborative Pediatric Cancer Research Awards Program (LOI)" xr:uid="{3BF530A5-4429-4099-AC65-CD627A122302}"/>
     <hyperlink ref="G401" r:id="rId657" display="Worldwide Cancer Research 2026 Grant Round (opening)" xr:uid="{34FB3097-8890-4DE5-96EE-BB9DEF424636}"/>
-    <hyperlink ref="E426" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
+    <hyperlink ref="E430" r:id="rId658" display="NWO VIDI (full proposal)" xr:uid="{23FADB7F-B08D-41A1-9885-2C40D1E24BD8}"/>
     <hyperlink ref="E349" r:id="rId659" xr:uid="{A679B1A4-B008-4E5F-9DC3-1C927C850E67}"/>
-    <hyperlink ref="E407" r:id="rId660" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{8084D5E8-89A9-4819-9E51-9C65AAB58FA2}"/>
-[...111 lines deleted...]
-    <hyperlink ref="E429" r:id="rId772" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{E208FDB5-BB86-4FCF-BBC7-EC859526A0E3}"/>
+    <hyperlink ref="E358" r:id="rId660" xr:uid="{55ABCF78-44A6-44B8-9541-5B3334F18544}"/>
+    <hyperlink ref="E365" r:id="rId661" xr:uid="{0AA5A75D-FFD8-4353-BFB2-A5E0FE13E9E8}"/>
+    <hyperlink ref="E364" r:id="rId662" xr:uid="{A0C9B80D-38DD-47FD-8685-3F6E507A19E6}"/>
+    <hyperlink ref="E375" r:id="rId663" display="Health~Holland Organ-on-Chip call (pre-proposal)" xr:uid="{5CFC0857-BC0F-43BB-A3E4-D95CF584A170}"/>
+    <hyperlink ref="E392" r:id="rId664" xr:uid="{FF4DF44E-B710-40A6-A73A-9D248EC2303B}"/>
+    <hyperlink ref="E448" r:id="rId665" xr:uid="{1601EF54-5C54-4118-97D1-AA032C33BBF6}"/>
+    <hyperlink ref="E350" r:id="rId666" xr:uid="{30A9E72C-1553-4B7E-A348-D5F6D391BA74}"/>
+    <hyperlink ref="E410" r:id="rId667" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{19B22C19-98B9-4A4C-9097-B8B47261BF09}"/>
+    <hyperlink ref="E456" r:id="rId668" display="NWO KIC Demand-driven Research by Consortia – XL" xr:uid="{D699C100-03A2-4580-863D-2EC26881B51E}"/>
+    <hyperlink ref="E374" r:id="rId669" xr:uid="{941A3CC3-2E88-4C6B-8455-87811505B502}"/>
+    <hyperlink ref="E436" r:id="rId670" display="NWO Perspectief round 2025-2026 (pre-proposal)" xr:uid="{7D4BD86D-60A3-4A9E-ACCD-E01C6F666FAE}"/>
+    <hyperlink ref="I341" r:id="rId671" xr:uid="{4C2EA722-F968-43E5-AB2F-F56ED70FA20F}"/>
+    <hyperlink ref="E357" r:id="rId672" xr:uid="{B93A953A-B802-499E-86B2-72755D4CE99D}"/>
+    <hyperlink ref="E372" r:id="rId673" xr:uid="{B930B32F-6486-475F-A084-CDA27A47968D}"/>
+    <hyperlink ref="E368" r:id="rId674" xr:uid="{6B06C0AA-9A64-4C73-8D8A-5ECAD9167BCE}"/>
+    <hyperlink ref="E369" r:id="rId675" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{6EEA4B0E-554B-439B-BFC9-AA8A803C2A96}"/>
+    <hyperlink ref="E401" r:id="rId676" display="Dutch Research Council (NWO) – Dutch Research Agenda: Research along Routes by Consortia 2025 (NWA-ORC 2025) (deadline full proposal)" xr:uid="{7497E0A2-8926-4360-A775-B154C0326108}"/>
+    <hyperlink ref="E359" r:id="rId677" xr:uid="{E14A937A-A9AC-472B-B50C-0D015BE418B0}"/>
+    <hyperlink ref="E361" r:id="rId678" location="Deadline" xr:uid="{B77BFC2B-2E5F-44B7-993E-F639F3E1CB8C}"/>
+    <hyperlink ref="E373" r:id="rId679" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{92FD3D55-7E9B-4B5E-B3BB-AB6BD238E7F9}"/>
+    <hyperlink ref="E435" r:id="rId680" display="ZonMW Goed Gebruik Geneesmiddelen Implementatie Ronde 3" xr:uid="{25F13CA8-A52E-4BD7-BF2C-50A33D4AAF4B}"/>
+    <hyperlink ref="G373" r:id="rId681" display="Rising Tide Clinical Cancer Research" xr:uid="{294170DB-5145-4263-A8D7-EFF551BF6DF4}"/>
+    <hyperlink ref="G375" r:id="rId682" xr:uid="{F0996DAA-0DFA-48CD-AF83-D81E50A58C66}"/>
+    <hyperlink ref="I376" r:id="rId683" xr:uid="{3E5E29BF-D133-458A-A5B9-3A2BF25CFDF1}"/>
+    <hyperlink ref="I407" r:id="rId684" display="Cancer Research Institute Clinic &amp; Laboratory Integration Program (LOI)" xr:uid="{769DCFFB-D7A1-4531-A3C8-72A4EDFE9844}"/>
+    <hyperlink ref="E413" r:id="rId685" xr:uid="{DAC6DA0C-9C24-4E44-88CC-084279010DE1}"/>
+    <hyperlink ref="I362" r:id="rId686" xr:uid="{09D52ED5-EA88-4C5A-AEED-C1B874928B9C}"/>
+    <hyperlink ref="I398" r:id="rId687" display="RTFCCR-Melanoma Research Alliance Special Opportunity Team Science Award (LOI)" xr:uid="{DF09878D-7F7B-4195-9D25-9056B7DB51BB}"/>
+    <hyperlink ref="E422" r:id="rId688" xr:uid="{A2A04F41-B436-4A8A-9557-8041F26EE890}"/>
+    <hyperlink ref="I370" r:id="rId689" xr:uid="{46BD1AEF-2F8A-4731-AB3E-BD9AEE486095}"/>
+    <hyperlink ref="G407" r:id="rId690" display="Rising Tide Clinical Cancer Research" xr:uid="{7EA8618E-ED2D-4943-9553-01C5C9CF503D}"/>
+    <hyperlink ref="G437" r:id="rId691" display="Rising Tide Clinical Cancer Research" xr:uid="{F9E2128A-53E5-46BD-9C51-6DEE58C20E5F}"/>
+    <hyperlink ref="G456" r:id="rId692" display="Rising Tide Clinical Cancer Research" xr:uid="{2E754EEB-744E-45CC-BAB0-BBD81F7A1FFF}"/>
+    <hyperlink ref="E402" r:id="rId693" xr:uid="{FD4D8657-CB38-4217-90C6-992554479C86}"/>
+    <hyperlink ref="E378" r:id="rId694" display="3 NWO KIC Smart Tech for Everyone, Everywhere (deadline LOI)" xr:uid="{6368EC66-B0D0-48FA-8E85-5399F68A7864}"/>
+    <hyperlink ref="E379" r:id="rId695" xr:uid="{BEF30092-EAB0-4C5E-A757-770D2DB34B3A}"/>
+    <hyperlink ref="E414" r:id="rId696" display="NWO Research Infrastructure (RI): national consortia (LOI)" xr:uid="{A4D235A6-49AD-4C16-95F9-D070472B5F2C}"/>
+    <hyperlink ref="E389" r:id="rId697" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{92CDAF32-820B-4095-A5D3-336862C0197E}"/>
+    <hyperlink ref="E452" r:id="rId698" display="ZonMW Drug Rediscovery Ronde 8 (project idea)" xr:uid="{9B191C31-85CC-4B99-B50E-F962B7FD4B22}"/>
+    <hyperlink ref="E385" r:id="rId699" location="orientate-when" display="ZonMW: Conducting a systematic literature review of animal studies 2025" xr:uid="{729A5560-C605-4ABE-9C2A-52D1E39AAA34}"/>
+    <hyperlink ref="E386" r:id="rId700" display="ZonMW: Publishing neutral/negative results from animal experiments 2025" xr:uid="{4F9C36B4-B3BF-4E04-9E46-5E5908994C6F}"/>
+    <hyperlink ref="E440" r:id="rId701" location="orientate-when" display="ZonMW Research initiated ronde 1: Bewegen naar passende zorg (projectidee)" xr:uid="{D863926C-9ECD-4C99-A680-1BC2D1A2D771}"/>
+    <hyperlink ref="E382" r:id="rId702" location="orientate-when" display="ZonMW: Voorbereidende implementatieactiviteiten Ronde 2 – niet-medisch-specialistische zorg" xr:uid="{88A08EA7-1355-4329-B26B-1D36117F315B}"/>
+    <hyperlink ref="E383" r:id="rId703" location="orientate-when" xr:uid="{7F54FC89-2989-494E-9605-21C20AEE8B52}"/>
+    <hyperlink ref="E425" r:id="rId704" display="KWF Exploration Call 2026-1 (pre-proposal)" xr:uid="{68C106E1-7288-4E9F-A526-F26796D8CC8C}"/>
+    <hyperlink ref="E426" r:id="rId705" display="KWF Development Call 2026-2 (pre-proposal)" xr:uid="{B1B7704F-A782-492A-B575-AF00AFB55424}"/>
+    <hyperlink ref="E427" r:id="rId706" display="KWF Young Investigator Grant 2026 (pre-proposal)" xr:uid="{BCB11499-53B1-4EAB-8396-CEC101D4FA58}"/>
+    <hyperlink ref="E394" r:id="rId707" xr:uid="{360EEBD4-C3E9-4B5B-880F-858D9FAC9375}"/>
+    <hyperlink ref="G424" r:id="rId708" display="EU Cluster Health Programme" xr:uid="{7FC3A205-8104-4D32-B70D-6DBC0528E4FD}"/>
+    <hyperlink ref="G450" r:id="rId709" xr:uid="{67BFC41C-1EF2-4AA5-8C38-B3C56ED197EC}"/>
+    <hyperlink ref="E398" r:id="rId710" xr:uid="{A13A9C2F-A484-431E-BC6E-148F527CC3F9}"/>
+    <hyperlink ref="E437" r:id="rId711" xr:uid="{E3B61383-08A1-4576-B8C9-18B65D43E444}"/>
+    <hyperlink ref="E455" r:id="rId712" xr:uid="{7073BBBC-FE29-45E4-8C2F-06A864BAB7A8}"/>
+    <hyperlink ref="E423" r:id="rId713" xr:uid="{5BC8CEB3-A14C-41EC-A4EE-8CC03DCAAE89}"/>
+    <hyperlink ref="E453" r:id="rId714" display="Kika research programs (pre-proposal)" xr:uid="{2F108B54-DEB3-4FFC-93F4-BDFE7F707567}"/>
+    <hyperlink ref="G389" r:id="rId715" xr:uid="{BDCF60B1-95BB-4CCD-9F46-4C293D89DE9E}"/>
+    <hyperlink ref="E390" r:id="rId716" xr:uid="{FBB097FE-00B0-4A47-A7EF-7D275D13273F}"/>
+    <hyperlink ref="I382" r:id="rId717" xr:uid="{F412AFC8-7F98-497E-BA07-B2AF245B7F0F}"/>
+    <hyperlink ref="I423" r:id="rId718" display="AACR Think Forward Foundation Career Development Award (LOI)" xr:uid="{38368540-52E2-463A-B3CB-9BCFFFA27304}"/>
+    <hyperlink ref="I383" r:id="rId719" xr:uid="{75720C7A-380B-4131-85A2-745882000AD7}"/>
+    <hyperlink ref="I424" r:id="rId720" display="AACR Breast Cancer Research Foundation-AACR NextGen Grant for Transformative Cancer Research (LOI)" xr:uid="{C6FE0B10-6C7C-49E3-993A-37864D9E371C}"/>
+    <hyperlink ref="I379" r:id="rId721" xr:uid="{B32E607F-3F2A-4ACE-8EC7-052E572C3073}"/>
+    <hyperlink ref="I425" r:id="rId722" display="AACR Breast Cancer Research Foundation and Lobular Breast Cancer Alliance (LOI)" xr:uid="{DB48DC04-5886-4A7F-AEE7-5916A01E8F69}"/>
+    <hyperlink ref="I380" r:id="rId723" xr:uid="{CC58C967-D746-41BC-BB8B-D031CCAD3177}"/>
+    <hyperlink ref="I426" r:id="rId724" display="Breast Cancer Research Foundation-AACR Career Development Awards (LOI)" xr:uid="{D1219017-85DD-4C2D-86F5-753567589788}"/>
+    <hyperlink ref="E445" r:id="rId725" display="KWF INTER-LOCAL (pre-proposal)" xr:uid="{68B466FB-35CA-4AAC-AAFC-9A7E6CABCF40}"/>
+    <hyperlink ref="E406" r:id="rId726" xr:uid="{6781FC0A-FEAD-47B0-A98F-49AEDD62BF2D}"/>
+    <hyperlink ref="I381" r:id="rId727" xr:uid="{53E5ECCA-C803-434C-AC8C-00E524F63455}"/>
+    <hyperlink ref="I377" r:id="rId728" xr:uid="{42899DF8-2A5C-436F-A24B-0CCA4B4E7766}"/>
+    <hyperlink ref="E395" r:id="rId729" xr:uid="{3AAC918A-5F2A-4C90-9A00-798900A582E8}"/>
+    <hyperlink ref="E387" r:id="rId730" xr:uid="{464E0EDC-0F42-4BD1-BBB2-FAE6541E1F32}"/>
+    <hyperlink ref="E403" r:id="rId731" display="ZonMw Klinische Fellows 2025" xr:uid="{2775E8B0-D6F8-4CF3-BFEC-0845C0C14F48}"/>
+    <hyperlink ref="E444" r:id="rId732" display="ZonMw Klinische Fellows 2025" xr:uid="{746E7749-6130-4CE3-A0DA-2183ECDE6C28}"/>
+    <hyperlink ref="G398" r:id="rId733" xr:uid="{C87B6B17-6FCC-47F4-887E-C5F04BA24256}"/>
+    <hyperlink ref="G438" r:id="rId734" display="Transforming Health &amp; Care Systems (THCS) Joint Transnational Call (pre-proposal)" xr:uid="{F359C36A-4D2E-4DF7-8B35-69FE20811FEA}"/>
+    <hyperlink ref="E399" r:id="rId735" xr:uid="{2EC60B59-680B-4B29-9303-D651D2873B63}"/>
+    <hyperlink ref="E447" r:id="rId736" display="Landsteiner Foundation for Blood Transfusion Research (pre-proposal)" xr:uid="{2AFE3B98-42E0-4311-B4C3-81E545FE5571}"/>
+    <hyperlink ref="E391" r:id="rId737" xr:uid="{4785FC05-FBCA-4657-BEE6-33F78951F76F}"/>
+    <hyperlink ref="E409" r:id="rId738" xr:uid="{15EC4538-1043-49EE-B77E-1A0DFEFF254C}"/>
+    <hyperlink ref="E419" r:id="rId739" xr:uid="{BD26A728-FC44-413C-8439-4A56BFC1F7DC}"/>
+    <hyperlink ref="E450" r:id="rId740" display="ZonMw Businesscase preventie (project idea)" xr:uid="{AE609742-1BE7-4349-AC08-BEBF607680C4}"/>
+    <hyperlink ref="I390" r:id="rId741" xr:uid="{79EA8E30-C0E1-4760-9487-1FE042EC8805}"/>
+    <hyperlink ref="I391" r:id="rId742" xr:uid="{A0B157CC-31F6-42BA-AC8E-6301D26939C9}"/>
+    <hyperlink ref="I393" r:id="rId743" xr:uid="{D261A5AC-5C80-40B2-8C08-EBFAB7234A4D}"/>
+    <hyperlink ref="I435" r:id="rId744" display="AACR Non-Small Cell Lung Cancer Research Fellowship (LOI)" xr:uid="{AB076EDF-7770-4165-8ED5-AEC11035DCAF}"/>
+    <hyperlink ref="E393" r:id="rId745" xr:uid="{C2A86CBF-6036-4C26-B61C-3E9A6A28E636}"/>
+    <hyperlink ref="E377" r:id="rId746" xr:uid="{B7C73196-7C92-4BB2-B82C-58B59EBC0A30}"/>
+    <hyperlink ref="E438" r:id="rId747" xr:uid="{097BD8CA-49AB-44B5-8970-B031D505DF3E}"/>
+    <hyperlink ref="E432" r:id="rId748" xr:uid="{835E72F1-6238-44AD-A837-02A269E93D02}"/>
+    <hyperlink ref="G399" r:id="rId749" xr:uid="{F46CD544-90EE-4031-B281-3761B70186C2}"/>
+    <hyperlink ref="I378" r:id="rId750" xr:uid="{02E563E3-FFF2-4825-997F-2910F5383C96}"/>
+    <hyperlink ref="E411" r:id="rId751" xr:uid="{8BE46C33-1432-4EA5-998D-3FBB6DB2200A}"/>
+    <hyperlink ref="E421" r:id="rId752" xr:uid="{CD799F78-1890-4881-9438-8B888ED99DAD}"/>
+    <hyperlink ref="E397" r:id="rId753" xr:uid="{66D48F4F-DEED-49A4-A397-95485D27730F}"/>
+    <hyperlink ref="E428" r:id="rId754" xr:uid="{71976823-44D1-48F9-849A-D79FAAAF257A}"/>
+    <hyperlink ref="E446" r:id="rId755" display="KWF PIPELINE call" xr:uid="{624D27ED-D110-433E-8690-13E7CCE36BAC}"/>
+    <hyperlink ref="E454" r:id="rId756" xr:uid="{A230D7A5-A057-44D8-B9E0-D09336DCCD87}"/>
+    <hyperlink ref="E415" r:id="rId757" xr:uid="{CBC70B54-C6BA-440E-9041-E0885E1F5FC7}"/>
+    <hyperlink ref="E405" r:id="rId758" xr:uid="{3C908B60-8413-44C2-95FD-50AD63844049}"/>
+    <hyperlink ref="E442" r:id="rId759" xr:uid="{A4A86965-4DCD-4790-BD18-EB872EDBE2A5}"/>
+    <hyperlink ref="E412" r:id="rId760" xr:uid="{252C241F-B342-4E1C-A8EF-B0B7FD86DD20}"/>
+    <hyperlink ref="E431" r:id="rId761" xr:uid="{373FD5F4-B6A5-44B0-849F-D6DCEC75D2A1}"/>
+    <hyperlink ref="E424" r:id="rId762" xr:uid="{5921A351-8770-404F-AE69-93360503804C}"/>
+    <hyperlink ref="G425" r:id="rId763" xr:uid="{6051B05F-4EC5-4094-93D1-566E576C109A}"/>
+    <hyperlink ref="E418" r:id="rId764" xr:uid="{E5263F3E-9915-4F3C-B4ED-C617F98EB069}"/>
+    <hyperlink ref="E400" r:id="rId765" xr:uid="{E5252CCB-2E64-4013-BD46-108491E04FA5}"/>
+    <hyperlink ref="E439" r:id="rId766" display="KWF Call 2026-PoC-1" xr:uid="{E34719F3-9432-48D0-A6E2-7BD5B2EA2D72}"/>
+    <hyperlink ref="E451" r:id="rId767" display="KWF Call 2026-PoC-1" xr:uid="{78801F9C-D3E1-4C39-AAE1-741B34B6A94A}"/>
+    <hyperlink ref="E433" r:id="rId768" display="KWF Validation of Biomarkers (pre-proposal)" xr:uid="{E208FDB5-BB86-4FCF-BBC7-EC859526A0E3}"/>
+    <hyperlink ref="G426" r:id="rId769" xr:uid="{3FBE1419-B817-4488-BEB5-78FA226C630F}"/>
+    <hyperlink ref="E407" r:id="rId770" display="KWF Exploration Call 2026-3 (pre-proposal)" xr:uid="{F702653F-191D-46A1-BE1F-00F7B8464254}"/>
+    <hyperlink ref="E417" r:id="rId771" xr:uid="{031E7380-374F-4B41-8065-B6846883D42B}"/>
+    <hyperlink ref="E408" r:id="rId772" display="ZonMW Open Ronde 15 Goed Gebruik Geneesmiddelen (projectidee)" xr:uid="{DB92CD8E-10F8-4A5F-9927-FA295C8D27AC}"/>
+    <hyperlink ref="G408" r:id="rId773" xr:uid="{F3392B9E-F2E8-4D61-83D6-1F09D1EA21DC}"/>
+    <hyperlink ref="I409" r:id="rId774" display="AACR Anna D. Barker Basic Cancer Research Fellowship (LOI)" xr:uid="{0A8C4946-222E-45EB-B671-F52ABA7DEB0D}"/>
+    <hyperlink ref="I408" r:id="rId775" display="NWO Vici (pre-proposal - expected deadline)" xr:uid="{DEB24387-AC3A-4867-9F8D-55F79920888A}"/>
+    <hyperlink ref="G423" r:id="rId776" xr:uid="{C86A1509-8DC2-4A05-A801-A0E6D5EB37CC}"/>
+    <hyperlink ref="G451" r:id="rId777" xr:uid="{A641C39A-977D-49A7-8D71-4B06F85EC06E}"/>
+    <hyperlink ref="G409" r:id="rId778" xr:uid="{13C44949-ECA6-4201-8A70-0879D751F344}"/>
+    <hyperlink ref="G428" r:id="rId779" xr:uid="{4B4DA3AA-B9F0-45F0-AF2E-0A2B3F73897B}"/>
+    <hyperlink ref="G435" r:id="rId780" xr:uid="{1D46827D-3077-4332-BE46-C1DE403E320F}"/>
+    <hyperlink ref="E420" r:id="rId781" xr:uid="{25558F41-6938-4788-82BE-20513B4F497C}"/>
+    <hyperlink ref="E429" r:id="rId782" xr:uid="{ACFAB4E9-9576-417E-8F15-9B57BE215131}"/>
+    <hyperlink ref="E457" r:id="rId783" xr:uid="{A74D47AF-914C-45DF-952E-F44FE7ACE536}"/>
+    <hyperlink ref="G457" r:id="rId784" display="Rising Tide Clinical Cancer Research" xr:uid="{F0BD4AF3-1C2B-4387-9A00-B0B9A1F02522}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId773"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId785"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Overview calendar all grants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>