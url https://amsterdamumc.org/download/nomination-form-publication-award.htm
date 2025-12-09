--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -2,1496 +2,1570 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2914120E" w14:textId="77777777" w:rsidR="00BD2EBB" w:rsidRDefault="00BD2EBB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="120" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="352"/>
         <w:gridCol w:w="9148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A72EA4" w:rsidRPr="0084165B" w14:paraId="3EF3577C" w14:textId="77777777" w:rsidTr="002C678A">
+      <w:tr w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w14:paraId="3EF3577C" w14:textId="77777777" w:rsidTr="002C678A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02055B96" w14:textId="77777777" w:rsidR="00A72EA4" w:rsidRPr="001457D5" w:rsidRDefault="00A72EA4" w:rsidP="002C678A">
+          <w:p w14:paraId="02055B96" w14:textId="77777777" w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w:rsidRDefault="00A72EA4" w:rsidP="002C678A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F3309E">
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F3309E">
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F3309E">
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA58ED">
+            <w:r w:rsidR="00CA58ED" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00CA58ED">
+            <w:r w:rsidR="00CA58ED" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CA58ED">
+            <w:r w:rsidR="00CA58ED" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DE7B66">
+            <w:r w:rsidR="00DE7B66" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE7B66">
+            <w:r w:rsidR="00DE7B66" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE7B66">
+            <w:r w:rsidR="00DE7B66" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006801B9">
+            <w:r w:rsidR="006801B9" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006801B9">
+            <w:r w:rsidR="006801B9" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="006801B9">
+            <w:r w:rsidR="006801B9" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F17215">
+            <w:r w:rsidR="00F17215" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F17215">
+            <w:r w:rsidR="00F17215" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F17215">
+            <w:r w:rsidR="00F17215" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E20DBF">
+            <w:r w:rsidR="00E20DBF" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E20DBF">
+            <w:r w:rsidR="00E20DBF" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E20DBF">
+            <w:r w:rsidR="00E20DBF" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DC4F9F">
+            <w:r w:rsidR="00DC4F9F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DC4F9F">
+            <w:r w:rsidR="00DC4F9F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DC4F9F">
+            <w:r w:rsidR="00DC4F9F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000D142B">
+            <w:r w:rsidR="000D142B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="000D142B">
+            <w:r w:rsidR="000D142B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="000D142B">
+            <w:r w:rsidR="000D142B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0012650F">
+            <w:r w:rsidR="0012650F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="0012650F">
+            <w:r w:rsidR="0012650F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="0012650F">
+            <w:r w:rsidR="0012650F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00BA0FBE">
+            <w:r w:rsidR="00BA0FBE" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00BA0FBE">
+            <w:r w:rsidR="00BA0FBE" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BA0FBE">
+            <w:r w:rsidR="00BA0FBE" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="0084165B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="0084165B" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0084165B" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00676858" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00676858" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00676858" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText>INCLUDEPICTURE  "cid:image003.png@01D424D2.10056C70" \* MERGEFORMATINET</w:instrText>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:pict w14:anchorId="430B2144">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="cid:image001.png@01D40E30.9B2FFEE0" style="width:198.7pt;height:34pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="cid:image001.png@01D40E30.9B2FFEE0" style="width:198.45pt;height:33.8pt">
                   <v:imagedata r:id="rId7" r:href="rId8"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00BA0FBE">
+            <w:r w:rsidR="00676858" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="0012650F">
+            <w:r w:rsidR="0084165B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="000D142B">
+            <w:r w:rsidR="00BA0FBE" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DC4F9F">
+            <w:r w:rsidR="0012650F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00E20DBF">
+            <w:r w:rsidR="000D142B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F17215">
+            <w:r w:rsidR="00DC4F9F" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006801B9">
+            <w:r w:rsidR="00E20DBF" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DE7B66">
+            <w:r w:rsidR="00F17215" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00CA58ED">
+            <w:r w:rsidR="006801B9" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="00DE7B66" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F3309E">
+            <w:r w:rsidR="00CA58ED" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="001457D5">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="22973B52" w14:textId="77777777" w:rsidR="00B00E99" w:rsidRPr="00B00E99" w:rsidRDefault="00B00E99" w:rsidP="0015233D">
+          <w:p w14:paraId="22973B52" w14:textId="77777777" w:rsidR="00B00E99" w:rsidRPr="00A60D1C" w:rsidRDefault="00B00E99" w:rsidP="0015233D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B00E99">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cancer Center Amsterdam</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ECB8A9E" w14:textId="77777777" w:rsidR="0015233D" w:rsidRDefault="0015233D" w:rsidP="0015233D">
+          <w:p w14:paraId="1ECB8A9E" w14:textId="77777777" w:rsidR="0015233D" w:rsidRPr="00A60D1C" w:rsidRDefault="0015233D" w:rsidP="0015233D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01918101" w14:textId="50ADA143" w:rsidR="00A72EA4" w:rsidRPr="00A72EA4" w:rsidRDefault="00A72EA4" w:rsidP="0015233D">
+          <w:p w14:paraId="01918101" w14:textId="071B388E" w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w:rsidRDefault="00A72EA4" w:rsidP="0015233D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A72EA4">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Application</w:t>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> form </w:t>
             </w:r>
-            <w:r w:rsidR="00F632A2">
+            <w:r w:rsidR="00F632A2" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Publication</w:t>
             </w:r>
-            <w:r w:rsidR="0000182D">
+            <w:r w:rsidR="0000182D" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Award 202</w:t>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="00676858" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460EC048" w14:textId="5FE61A8D" w:rsidR="00A72EA4" w:rsidRPr="001457D5" w:rsidRDefault="0000182D" w:rsidP="00CA58ED">
+          <w:p w14:paraId="460EC048" w14:textId="7CAE0D48" w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w:rsidRDefault="0000182D" w:rsidP="00CA58ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1272"/>
                 <w:tab w:val="left" w:pos="-744"/>
                 <w:tab w:val="left" w:pos="-24"/>
                 <w:tab w:val="left" w:pos="260"/>
                 <w:tab w:val="left" w:pos="487"/>
                 <w:tab w:val="left" w:pos="997"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2136"/>
                 <w:tab w:val="left" w:pos="2856"/>
                 <w:tab w:val="left" w:pos="3576"/>
                 <w:tab w:val="left" w:pos="4296"/>
                 <w:tab w:val="left" w:pos="5016"/>
                 <w:tab w:val="left" w:pos="5736"/>
                 <w:tab w:val="left" w:pos="6456"/>
                 <w:tab w:val="left" w:pos="7176"/>
                 <w:tab w:val="left" w:pos="7896"/>
                 <w:tab w:val="left" w:pos="8616"/>
                 <w:tab w:val="left" w:pos="9336"/>
                 <w:tab w:val="left" w:pos="10056"/>
                 <w:tab w:val="left" w:pos="10776"/>
                 <w:tab w:val="left" w:pos="11496"/>
                 <w:tab w:val="left" w:pos="12216"/>
                 <w:tab w:val="left" w:pos="12936"/>
                 <w:tab w:val="left" w:pos="13656"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Submission deadline</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> April</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F3309E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>February 27, 2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72EA4" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>cca</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72EA4" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>, 20</w:t>
-[...55 lines deleted...]
-              </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidR="00F3309E">
+            <w:r w:rsidR="00F3309E" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="002060"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>amsterdamumc.nl</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72EA4" w:rsidRPr="0084165B" w14:paraId="7F53FB47" w14:textId="77777777" w:rsidTr="002C678A">
+      <w:tr w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w14:paraId="7F53FB47" w14:textId="77777777" w:rsidTr="002C678A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1870005F" w14:textId="5F2E9153" w:rsidR="00A72EA4" w:rsidRPr="000D142B" w:rsidRDefault="008C3812" w:rsidP="002C678A">
+          <w:p w14:paraId="1870005F" w14:textId="5F2E9153" w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w:rsidRDefault="008C3812" w:rsidP="002C678A">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D142B">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BCB0B90" w14:textId="17DC325F" w:rsidR="00A72EA4" w:rsidRPr="007B46EA" w:rsidRDefault="008C3812" w:rsidP="007B46EA">
+          <w:p w14:paraId="1BCB0B90" w14:textId="17DC325F" w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w:rsidRDefault="008C3812" w:rsidP="007B46EA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>General information</w:t>
             </w:r>
-            <w:r w:rsidR="00A72EA4" w:rsidRPr="007B46EA">
+            <w:r w:rsidR="00A72EA4" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A72EA4" w:rsidRPr="007B46EA">
+            <w:r w:rsidR="00A72EA4" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2053042B" w14:textId="74F5658D" w:rsidR="008C3812" w:rsidRPr="000D142B" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
+          <w:p w14:paraId="2053042B" w14:textId="74F5658D" w:rsidR="008C3812" w:rsidRPr="00A60D1C" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D142B">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name and department of the person submitting the nomination:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AA62A3B" w14:textId="5433EA53" w:rsidR="008C3812" w:rsidRPr="000D142B" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
+          <w:p w14:paraId="4AA62A3B" w14:textId="5433EA53" w:rsidR="008C3812" w:rsidRPr="00A60D1C" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D142B">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name and department of the nominee:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57875EFD" w14:textId="04CDE6B7" w:rsidR="00B00E99" w:rsidRPr="000D142B" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
+          <w:p w14:paraId="57875EFD" w14:textId="6998EDED" w:rsidR="00B00E99" w:rsidRPr="00A60D1C" w:rsidRDefault="008C3812" w:rsidP="004A7CE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D142B">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="000D142B">
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the nominee able to be present live at the CCA conference in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Noordwijkerhout</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>May</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60D1C" w:rsidRPr="00A60D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidR="0084165B">
+            <w:r w:rsidR="0084165B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D142B">
+            <w:r w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidR="000D142B">
+            <w:r w:rsidR="000D142B" w:rsidRPr="00A60D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D142B" w:rsidRPr="0084165B" w14:paraId="2F1264AF" w14:textId="77777777" w:rsidTr="002C678A">
+      <w:tr w:rsidR="000D142B" w:rsidRPr="00A60D1C" w14:paraId="2F1264AF" w14:textId="77777777" w:rsidTr="002C678A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04896A0C" w14:textId="6FAD5581" w:rsidR="000D142B" w:rsidRPr="000D142B" w:rsidRDefault="000D142B" w:rsidP="002C678A">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -1693,51 +1767,51 @@
             <w:r w:rsidR="003B7567">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or attach the publication as a separate file)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72EA4" w:rsidRPr="0084165B" w14:paraId="3AA88024" w14:textId="77777777" w:rsidTr="002C678A">
+      <w:tr w:rsidR="00A72EA4" w:rsidRPr="00A60D1C" w14:paraId="3AA88024" w14:textId="77777777" w:rsidTr="002C678A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53DBDE29" w14:textId="585FF0F0" w:rsidR="00A72EA4" w:rsidRPr="000D142B" w:rsidRDefault="000D142B" w:rsidP="002C678A">
             <w:pPr>
               <w:pStyle w:val="Kop2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D142B">
@@ -2004,187 +2078,187 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="719382BB" w14:textId="77777777" w:rsidR="004F1069" w:rsidRPr="004F1069" w:rsidRDefault="004F1069" w:rsidP="004F1069">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004F1069" w:rsidRPr="004F1069" w:rsidSect="00E90E70">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EB73353" w14:textId="77777777" w:rsidR="004B0C7A" w:rsidRDefault="004B0C7A" w:rsidP="004B0C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D01B11D" w14:textId="77777777" w:rsidR="004B0C7A" w:rsidRDefault="004B0C7A" w:rsidP="004B0C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LucidaSansEF">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1D0805BF" w14:textId="77777777" w:rsidR="004B0C7A" w:rsidRDefault="004B0C7A" w:rsidP="004B0C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0FCF2AA3" w14:textId="77777777" w:rsidR="004B0C7A" w:rsidRDefault="004B0C7A" w:rsidP="004B0C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22123FB2" w14:textId="77777777" w:rsidR="00495BE5" w:rsidRDefault="00495BE5" w:rsidP="00495BE5">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="034D51D2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47E0EF18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3545,232 +3619,239 @@
   <w:num w:numId="6" w16cid:durableId="469439131">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="180315140">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2027554026">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="683173264">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="301664514">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1802770252">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="563417578">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E17EA"/>
     <w:rsid w:val="0000182D"/>
     <w:rsid w:val="00007101"/>
     <w:rsid w:val="00017940"/>
     <w:rsid w:val="00046716"/>
     <w:rsid w:val="0008792E"/>
     <w:rsid w:val="000D142B"/>
     <w:rsid w:val="00113A29"/>
     <w:rsid w:val="0012650F"/>
     <w:rsid w:val="001325E9"/>
     <w:rsid w:val="0015233D"/>
     <w:rsid w:val="00165C46"/>
     <w:rsid w:val="001D0AF8"/>
     <w:rsid w:val="002058A2"/>
+    <w:rsid w:val="002442A5"/>
     <w:rsid w:val="00266076"/>
     <w:rsid w:val="00293EB3"/>
     <w:rsid w:val="002D6B4B"/>
     <w:rsid w:val="00342842"/>
     <w:rsid w:val="003B3A60"/>
     <w:rsid w:val="003B7567"/>
     <w:rsid w:val="00400C02"/>
     <w:rsid w:val="0042124C"/>
     <w:rsid w:val="0043170B"/>
     <w:rsid w:val="00434493"/>
     <w:rsid w:val="004420FC"/>
     <w:rsid w:val="004652A5"/>
     <w:rsid w:val="00482478"/>
     <w:rsid w:val="00495BE5"/>
     <w:rsid w:val="004A3064"/>
     <w:rsid w:val="004A7CE1"/>
     <w:rsid w:val="004B0166"/>
     <w:rsid w:val="004B0C7A"/>
     <w:rsid w:val="004D1B17"/>
     <w:rsid w:val="004E2225"/>
     <w:rsid w:val="004F1069"/>
     <w:rsid w:val="004F4418"/>
     <w:rsid w:val="004F4567"/>
     <w:rsid w:val="00543E78"/>
     <w:rsid w:val="005A5301"/>
     <w:rsid w:val="005D415E"/>
     <w:rsid w:val="00634D2F"/>
     <w:rsid w:val="00661BBC"/>
+    <w:rsid w:val="00676858"/>
     <w:rsid w:val="006801B9"/>
     <w:rsid w:val="006F3399"/>
     <w:rsid w:val="006F546C"/>
     <w:rsid w:val="007340CD"/>
     <w:rsid w:val="00742CF8"/>
     <w:rsid w:val="00744F7A"/>
     <w:rsid w:val="00755949"/>
     <w:rsid w:val="00761B70"/>
     <w:rsid w:val="00777D99"/>
     <w:rsid w:val="007B46EA"/>
     <w:rsid w:val="007F5D20"/>
     <w:rsid w:val="00802736"/>
     <w:rsid w:val="0080584B"/>
     <w:rsid w:val="008144FC"/>
     <w:rsid w:val="0084165B"/>
     <w:rsid w:val="00852361"/>
     <w:rsid w:val="008C3812"/>
     <w:rsid w:val="008E17EA"/>
     <w:rsid w:val="008E6E7F"/>
     <w:rsid w:val="008F241E"/>
     <w:rsid w:val="008F4FCD"/>
     <w:rsid w:val="0091236B"/>
     <w:rsid w:val="00912E5B"/>
     <w:rsid w:val="009524FB"/>
     <w:rsid w:val="00987454"/>
     <w:rsid w:val="009C0200"/>
     <w:rsid w:val="009F2871"/>
     <w:rsid w:val="00A2282D"/>
     <w:rsid w:val="00A267F7"/>
+    <w:rsid w:val="00A52438"/>
+    <w:rsid w:val="00A60D1C"/>
     <w:rsid w:val="00A72EA4"/>
     <w:rsid w:val="00A73DC7"/>
     <w:rsid w:val="00A95A78"/>
     <w:rsid w:val="00AA0886"/>
     <w:rsid w:val="00AC14BD"/>
     <w:rsid w:val="00AF0458"/>
     <w:rsid w:val="00B00E99"/>
     <w:rsid w:val="00B13EBA"/>
+    <w:rsid w:val="00B27E42"/>
     <w:rsid w:val="00B412BF"/>
     <w:rsid w:val="00B6092B"/>
     <w:rsid w:val="00B97DE8"/>
     <w:rsid w:val="00BA0FBE"/>
     <w:rsid w:val="00BD208F"/>
     <w:rsid w:val="00BD2EBB"/>
     <w:rsid w:val="00C369E7"/>
     <w:rsid w:val="00C5450D"/>
     <w:rsid w:val="00C56675"/>
     <w:rsid w:val="00C67320"/>
     <w:rsid w:val="00C67604"/>
     <w:rsid w:val="00C74BBD"/>
     <w:rsid w:val="00C85ABA"/>
     <w:rsid w:val="00CA58ED"/>
     <w:rsid w:val="00CB409F"/>
     <w:rsid w:val="00CD5B25"/>
     <w:rsid w:val="00D21DDA"/>
     <w:rsid w:val="00D745CE"/>
     <w:rsid w:val="00D85A05"/>
     <w:rsid w:val="00D93CB5"/>
     <w:rsid w:val="00DB0FEF"/>
+    <w:rsid w:val="00DB1A84"/>
     <w:rsid w:val="00DC4F9F"/>
     <w:rsid w:val="00DD20BE"/>
     <w:rsid w:val="00DE476F"/>
     <w:rsid w:val="00DE7B66"/>
     <w:rsid w:val="00E00A31"/>
     <w:rsid w:val="00E03F5D"/>
     <w:rsid w:val="00E10B70"/>
     <w:rsid w:val="00E20DBF"/>
     <w:rsid w:val="00E360BC"/>
     <w:rsid w:val="00E64142"/>
     <w:rsid w:val="00E81204"/>
     <w:rsid w:val="00E81E6D"/>
     <w:rsid w:val="00E873C4"/>
     <w:rsid w:val="00E90E70"/>
     <w:rsid w:val="00EA6657"/>
     <w:rsid w:val="00EE0BF0"/>
     <w:rsid w:val="00EF3FBF"/>
     <w:rsid w:val="00F17215"/>
     <w:rsid w:val="00F3309E"/>
     <w:rsid w:val="00F632A2"/>
     <w:rsid w:val="00F66D50"/>
     <w:rsid w:val="00F860CA"/>
     <w:rsid w:val="00FD5E10"/>
     <w:rsid w:val="00FE070B"/>
     <w:rsid w:val="00FF14E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1355E9C7"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4359,51 +4440,51 @@
     <w:qFormat/>
     <w:rsid w:val="00A72EA4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="GevolgdeHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00400C02"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="330256401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1166827917">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4833,65 +4914,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>317</Words>
-  <Characters>1746</Characters>
+  <Words>340</Words>
+  <Characters>1876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2059</CharactersWithSpaces>
+  <CharactersWithSpaces>2212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>