--- v0 (2025-11-02)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="370E07E9" w14:textId="5E80C27E" w:rsidR="00FF1BDA" w:rsidRPr="008B5ECD" w:rsidRDefault="00B90150">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5ECD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B58A436" wp14:editId="1EA14827">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1595120</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-424180</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2524125" cy="418465"/>
             <wp:effectExtent l="0" t="0" r="9525" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Graphic 6"/>
@@ -148,51 +148,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Normaalweb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00727E04">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Amsterdam Cardiovascular Sciences</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="61C2538A" w14:textId="3A498F88" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
+                          <w:p w14:paraId="61C2538A" w14:textId="0EEA9D8D" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
                             <w:pPr>
                               <w:pStyle w:val="Normaalweb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00727E04">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Application form </w:t>
                             </w:r>
                             <w:r w:rsidR="004C21E6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
@@ -211,51 +211,62 @@
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Grant</w:t>
                             </w:r>
                             <w:r w:rsidR="004C21E6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>s</w:t>
                             </w:r>
                             <w:r w:rsidR="00063802">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t xml:space="preserve"> 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00004F82">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:kern w:val="24"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="36"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2F561F21" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstvak 17" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:28.15pt;width:594.75pt;height:28.05pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4vylPgAEAAOkCAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvAfoPxC813JsyA0Ey0Zbw7kU&#10;bYAkH0BTpCVA5DK7tCX/fZe0YxfpreiFIvcxOzuj5Xp0vTgapA58Le8nUymM19B0fl/L15ft5wcp&#10;KCrfqB68qeXJkFyvPt0th1CZGbTQNwYFg3iqhlDLNsZQFQXp1jhFEwjGc9ICOhX5ifuiQTUwuuuL&#10;2XS6KAbAJiBoQ8TRzTkpVxnfWqPjL2vJRNHXkrnFfGI+d+ksVktV7VGFttMXGuofWDjVeR56hdqo&#10;qMQBu7+gXKcRCGycaHAFWNtpk3fgbe6nH7Z5blUweRcWh8JVJvp/sPrn8Tk8oYjjNxjZwCTIEKgi&#10;DqZ9RosufZmp4DxLeLrKZsYoNAe/lOV8Piul0Jybl4vZvEwwxa07IMVHA06kSy2RbclqqeMPiufS&#10;95I0zMO26/sUv1FJtzjuxgu/HTQnpj2wc7Wkt4NCIwXG/jtkoxMKha+HyEh5QGo/91xQWc9M8eJ9&#10;MuzPd666/aGr3wAAAP//AwBQSwMEFAAGAAgAAAAhALu8eiPcAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyok0KqksapKn4kDlwo4e7G2zgiXkfxtknfHudEb7Oa1cw3xXZy&#10;nTjjEFpPCtJFAgKp9qalRkH1/f6wBhFYk9GdJ1RwwQDb8vam0LnxI33hec+NiCEUcq3AMve5lKG2&#10;6HRY+B4pekc/OM3xHBppBj3GcNfJZZKspNMtxQare3yxWP/uT04Bs9mll+rNhY+f6fN1tEmd6Uqp&#10;+7tptwHBOPH/M8z4ER3KyHTwJzJBdAriEFaQrR5BzG66fs5AHGa1fAJZFvJ6QPkHAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA+L8pT4ABAADpAgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu7x6I9wAAAAIAQAADwAAAAAAAAAAAAAAAADaAwAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOMEAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
@@ -263,51 +274,51 @@
                       <w:pPr>
                         <w:pStyle w:val="Normaalweb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00727E04">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Amsterdam Cardiovascular Sciences</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="61C2538A" w14:textId="3A498F88" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
+                    <w:p w14:paraId="61C2538A" w14:textId="0EEA9D8D" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
                       <w:pPr>
                         <w:pStyle w:val="Normaalweb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00727E04">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Application form </w:t>
                       </w:r>
                       <w:r w:rsidR="004C21E6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
@@ -326,51 +337,62 @@
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Grant</w:t>
                       </w:r>
                       <w:r w:rsidR="004C21E6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>s</w:t>
                       </w:r>
                       <w:r w:rsidR="00063802">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t xml:space="preserve"> 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00004F82">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:kern w:val="24"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="36"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008C2207" w:rsidRPr="008B5ECD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D111C35" wp14:editId="194F4E7C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1928495</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -661,51 +683,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44551B96" w14:textId="77777777" w:rsidR="00B90150" w:rsidRPr="008B5ECD" w:rsidRDefault="00B90150">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57AF33F6" w14:textId="77777777" w:rsidR="00B90150" w:rsidRPr="008B5ECD" w:rsidRDefault="00B90150">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="27D6D556" w:rsidR="00FF1BDA" w:rsidRPr="008B5ECD" w:rsidRDefault="00FF1BDA" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7988136A" w14:textId="3BBEDDAC" w:rsidR="008A7FB5" w:rsidRPr="008B5ECD" w:rsidRDefault="00F0214B" w:rsidP="60E58756">
+    <w:p w14:paraId="683BECEC" w14:textId="1B1A8A79" w:rsidR="00004F82" w:rsidRPr="008B5ECD" w:rsidRDefault="00F0214B" w:rsidP="60E58756">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="60E58756">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
@@ -745,131 +767,78 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="60E58756">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00657D56" w:rsidRPr="60E58756">
+      <w:r w:rsidR="0012266B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">before </w:t>
+        <w:t>before Tuesday March 24, 17</w:t>
       </w:r>
-      <w:r w:rsidR="008A7FB5" w:rsidRPr="60E58756">
+      <w:r w:rsidR="00BE46C3">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> at 11:00 AM</w:t>
+        <w:t xml:space="preserve">.00. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683A8EAD" w14:textId="62F6C916" w:rsidR="782125E1" w:rsidRPr="006B38D8" w:rsidRDefault="006B38D8" w:rsidP="60E58756">
+    <w:p w14:paraId="38F08797" w14:textId="187C6741" w:rsidR="00004F82" w:rsidRDefault="006B38D8" w:rsidP="00004F82">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B38D8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="782125E1" w:rsidRPr="006B38D8">
         <w:rPr>
@@ -1246,130 +1215,132 @@
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="002067E0" w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ERSONAL INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00891217" w14:paraId="036A1CA7" w14:textId="77777777" w:rsidTr="00502846">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="00004F82" w14:paraId="036A1CA7" w14:textId="77777777" w:rsidTr="00502846">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13D5B38D" w14:textId="3AF55184" w:rsidR="00C00C1D" w:rsidRPr="00900A01" w:rsidRDefault="00C00C1D" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1540581263"/>
                 <w:placeholder>
                   <w:docPart w:val="2B2EA7720DED44D18AAAE804B448EEE9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1DE48919" w14:textId="20A1F2BD" w:rsidR="00190B72" w:rsidRPr="00900A01" w:rsidRDefault="00C00C1D" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Email </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>address</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-910152684"/>
                 <w:placeholder>
                   <w:docPart w:val="6B66984514DB4D93B8585235EE86D4DD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="603EFAAE" w14:textId="5E7B038B" w:rsidR="00C00C1D" w:rsidRPr="00900A01" w:rsidRDefault="00DE2FD1" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Current</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -1408,50 +1379,51 @@
             </w:r>
             <w:r w:rsidR="00C00C1D" w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>epartment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00900A01">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1939104029"/>
                 <w:placeholder>
                   <w:docPart w:val="867031AED2D94AD39A7CCAA00FB1293E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="5ED4BE85" w14:textId="1A24A374" w:rsidR="00397B65" w:rsidRPr="00900A01" w:rsidRDefault="00397B65" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Date PhD </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
@@ -1465,122 +1437,137 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1471873030"/>
                 <w:placeholder>
                   <w:docPart w:val="4204BF8D0E6647C3A3A63D885B8B5733"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="0A43359B" w14:textId="77777777" w:rsidR="009B6377" w:rsidRPr="00900A01" w:rsidRDefault="009B6377" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="635665C9" w14:textId="6ED682B1" w:rsidR="007617F7" w:rsidRPr="008B5ECD" w:rsidRDefault="009B6377" w:rsidP="00C00C1D">
+          <w:p w14:paraId="635665C9" w14:textId="6ED682B1" w:rsidR="007617F7" w:rsidRPr="00004F82" w:rsidRDefault="009B6377" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B5ECD">
+            <w:r w:rsidRPr="00004F82">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
-            <w:r w:rsidR="00190B72" w:rsidRPr="008B5ECD">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00190B72" w:rsidRPr="00004F82">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5ECD">
+            <w:r w:rsidRPr="00004F82">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="00190B72" w:rsidRPr="008B5ECD">
+            <w:r w:rsidR="00190B72" w:rsidRPr="00004F82">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ternal</w:t>
             </w:r>
-            <w:r w:rsidR="00397B65" w:rsidRPr="008B5ECD">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00397B65" w:rsidRPr="00004F82">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Postdoc applicants </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Postdoc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00397B65" w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>applicants</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00397B65" w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0215602C" w14:textId="565324D1" w:rsidR="009B6377" w:rsidRPr="00900A01" w:rsidRDefault="00397B65" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Start &amp; end dates of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>current</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
@@ -1594,50 +1581,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>affiliation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00891217" w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1052685085"/>
                 <w:placeholder>
                   <w:docPart w:val="78B7E3DF5FB949EBB4C18D54923B0E81"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="42C72320" w14:textId="6C9B5C03" w:rsidR="007617F7" w:rsidRPr="008B5ECD" w:rsidRDefault="00397B65" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -1648,65 +1636,70 @@
             <w:r w:rsidR="003F600A" w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>MD/PhD applicants</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="234D7084" w14:textId="5920972B" w:rsidR="00C00C1D" w:rsidRPr="008B5ECD" w:rsidRDefault="00C00C1D" w:rsidP="00C00C1D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Start date and proposed end date of your medical specialist training:</w:t>
             </w:r>
-            <w:r w:rsidR="00900A01">
+            <w:r w:rsidR="00900A01" w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1858386124"/>
                 <w:placeholder>
                   <w:docPart w:val="2A7B2B67740D4B60B2AB4F5D021AF408"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
+                <w:r w:rsidR="00900A01" w:rsidRPr="00004F82">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3456DD07" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="008B5ECD" w:rsidRDefault="00B82049" w:rsidP="009B6377">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B82049" w:rsidRPr="008B5ECD" w14:paraId="7C89B226" w14:textId="77777777" w:rsidTr="00492518">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
@@ -2179,175 +2172,160 @@
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="643A33DC" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="008B5ECD" w:rsidRDefault="00B82049" w:rsidP="0008388D">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00891217" w14:paraId="21F55A1F" w14:textId="77777777" w:rsidTr="00492518">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="00004F82" w14:paraId="21F55A1F" w14:textId="77777777" w:rsidTr="00492518">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
           </w:tcPr>
           <w:p w14:paraId="0294CFD2" w14:textId="205A56C6" w:rsidR="00B82049" w:rsidRPr="008B5ECD" w:rsidRDefault="004A1C30" w:rsidP="00502846">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PROPOSED START DATE, RESEARCH PERIOD AND INSTITUTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00891217" w14:paraId="0273ECB3" w14:textId="77777777" w:rsidTr="00684576">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="00004F82" w14:paraId="0273ECB3" w14:textId="77777777" w:rsidTr="00684576">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72559C8A" w14:textId="4854B434" w:rsidR="00F1149A" w:rsidRPr="00900A01" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t>Proposed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> start date </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> start date and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t>period</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00900A01">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="803742973"/>
                 <w:placeholder>
                   <w:docPart w:val="AF12961A9BB34F0D9D3D5F34E8758CFF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="4D966184" w14:textId="77777777" w:rsidR="00F1149A" w:rsidRPr="00900A01" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25149F67" w14:textId="106AD0F5" w:rsidR="00F1149A" w:rsidRPr="00595367" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -2426,50 +2404,51 @@
               <w:t>group</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Amsterdam UMC:</w:t>
             </w:r>
             <w:r w:rsidR="00900A01" w:rsidRPr="00900A01">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-961262877"/>
                 <w:placeholder>
                   <w:docPart w:val="FB8BABAF35834B88961555F6C26CF77B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="50F27624" w14:textId="77777777" w:rsidR="00F1149A" w:rsidRPr="00900A01" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CFD46D3" w14:textId="27826892" w:rsidR="00F1149A" w:rsidRPr="00595367" w:rsidRDefault="00F1149A" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
@@ -2504,54 +2483,56 @@
             </w:pPr>
             <w:r w:rsidRPr="00595367">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t>Research institute &amp; research group abroad:</w:t>
             </w:r>
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1078894602"/>
                 <w:placeholder>
                   <w:docPart w:val="B11E821753C84CBB9DBD649562DD2010"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
+                <w:r w:rsidR="00900A01" w:rsidRPr="00004F82">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595367" w:rsidRPr="008B5ECD" w14:paraId="44217C03" w14:textId="77777777" w:rsidTr="00595367">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
           </w:tcPr>
           <w:p w14:paraId="42EE1ED4" w14:textId="0B519A1B" w:rsidR="00595367" w:rsidRPr="00595367" w:rsidRDefault="006039EB" w:rsidP="00595367">
             <w:pPr>
@@ -2604,69 +2585,70 @@
           </w:tcPr>
           <w:p w14:paraId="51CC9F5E" w14:textId="77777777" w:rsidR="00595367" w:rsidRDefault="00244BAE" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide a summary </w:t>
             </w:r>
             <w:r w:rsidR="00387094">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
               <w:t>(max 200 words) of your project that could be used for communication ends</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="252BBCBA" w14:textId="3E8A0134" w:rsidR="00900A01" w:rsidRPr="00900A01" w:rsidRDefault="00900A01" w:rsidP="00F1149A">
+          <w:p w14:paraId="252BBCBA" w14:textId="3E8A0134" w:rsidR="00900A01" w:rsidRPr="00900A01" w:rsidRDefault="00BE46C3" w:rsidP="00F1149A">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-785572464"/>
                 <w:placeholder>
                   <w:docPart w:val="6BE5AF09065A443A9AC93CD0EF27F102"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00507CC9">
+                <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00684576" w:rsidRPr="008B5ECD" w14:paraId="2078C5BD" w14:textId="77777777" w:rsidTr="00684576">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
           </w:tcPr>
@@ -2791,199 +2773,268 @@
               </w:rPr>
               <w:t>Main objective</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B9D1F0B" w14:textId="77777777" w:rsidR="009047C6" w:rsidRPr="00132A70" w:rsidRDefault="00FD439E" w:rsidP="006039EB">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132A70">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Brief research plan (highlight excellence/innovative aspects)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45587EA7" w14:textId="77777777" w:rsidR="00132A70" w:rsidRPr="00132A70" w:rsidRDefault="006039EB" w:rsidP="006039EB">
-[...44 lines deleted...]
-          </w:p>
           <w:p w14:paraId="33CCF931" w14:textId="777457C8" w:rsidR="00244BAE" w:rsidRPr="00132A70" w:rsidRDefault="00244BAE" w:rsidP="006039EB">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132A70">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contribution to Amsterdam UMC and ACS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62D7018C" w14:textId="77777777" w:rsidR="00132A70" w:rsidRPr="00132A70" w:rsidRDefault="00132A70" w:rsidP="00132A70">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72C4852A" w14:textId="76E6A2E3" w:rsidR="00684576" w:rsidRPr="00900A01" w:rsidRDefault="00900A01" w:rsidP="009E71BF">
+          <w:p w14:paraId="72C4852A" w14:textId="76E6A2E3" w:rsidR="00684576" w:rsidRPr="00900A01" w:rsidRDefault="00BE46C3" w:rsidP="009E71BF">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1753338856"/>
                 <w:placeholder>
                   <w:docPart w:val="FB596B7295F3417AAE7B3CF88077E754"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00507CC9">
+                <w:r w:rsidR="00900A01" w:rsidRPr="00507CC9">
                   <w:rPr>
                     <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E71BF" w:rsidRPr="00891217" w14:paraId="45D117BB" w14:textId="77777777" w:rsidTr="002A3F9F">
+      <w:tr w:rsidR="00004F82" w:rsidRPr="00004F82" w14:paraId="2B078FC9" w14:textId="77777777" w:rsidTr="002A3F9F">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EFCFE7" w14:textId="4CDC1836" w:rsidR="00004F82" w:rsidRPr="008B5ECD" w:rsidRDefault="00004F82" w:rsidP="009E71BF">
+            <w:pPr>
+              <w:spacing w:after="58"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>FUTURE GRANT APPLICATION (MAX 1 PAGE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00004F82" w:rsidRPr="00004F82" w14:paraId="74A34C26" w14:textId="77777777" w:rsidTr="00004F82">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DEF6931" w14:textId="75BC7128" w:rsidR="00004F82" w:rsidRPr="00004F82" w:rsidRDefault="00004F82" w:rsidP="00004F82">
+            <w:pPr>
+              <w:spacing w:after="58"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Describe which grant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (VENI/VIDI/ Dekker/Kolff/etc.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you intend to submit in the future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and when</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00004F82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, how this future application(s) will benefit from the proposed research when granted and how this will add to ACS &amp; a specific ACS research program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E71BF" w:rsidRPr="00004F82" w14:paraId="45D117BB" w14:textId="77777777" w:rsidTr="002A3F9F">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
           </w:tcPr>
           <w:p w14:paraId="7460EF81" w14:textId="591406C3" w:rsidR="009E71BF" w:rsidRPr="008B5ECD" w:rsidRDefault="002A3F9F" w:rsidP="009E71BF">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5ECD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>CURRICULUM VITAE OF THE APPLICANT (MAX 1 PAGE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F9F" w:rsidRPr="00891217" w14:paraId="6CD20598" w14:textId="77777777" w:rsidTr="002A3F9F">
+      <w:tr w:rsidR="002A3F9F" w:rsidRPr="00004F82" w14:paraId="6CD20598" w14:textId="77777777" w:rsidTr="002A3F9F">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="344EA45F" w14:textId="77777777" w:rsidR="008B5ECD" w:rsidRPr="008B5ECD" w:rsidRDefault="008B5ECD" w:rsidP="008B5ECD">
             <w:pPr>
               <w:pStyle w:val="Geenafstand"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
@@ -3180,89 +3231,89 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F940F43" w14:textId="77777777" w:rsidR="00425B18" w:rsidRPr="008B5ECD" w:rsidRDefault="00425B18" w:rsidP="00132422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00425B18" w:rsidRPr="008B5ECD" w:rsidSect="00B70A79">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0BC50D32" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DFCF122" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="769A8379" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -3286,83 +3337,83 @@
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6995A901" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5908A292" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="42F776DA" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="031B5648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92D6ACF2"/>
     <w:lvl w:ilvl="0" w:tplc="D0084FFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3944,118 +3995,122 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="630750400">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="339241952">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="827865909">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1684933235">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1161313336">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1666590059">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF1BDA"/>
     <w:rsid w:val="0000224D"/>
     <w:rsid w:val="00002B9B"/>
+    <w:rsid w:val="00004F82"/>
     <w:rsid w:val="00020504"/>
+    <w:rsid w:val="000232C3"/>
     <w:rsid w:val="0002787C"/>
     <w:rsid w:val="000559C5"/>
     <w:rsid w:val="00063802"/>
     <w:rsid w:val="00065CB5"/>
     <w:rsid w:val="00067A80"/>
     <w:rsid w:val="0007603B"/>
     <w:rsid w:val="000766FA"/>
     <w:rsid w:val="00080E28"/>
     <w:rsid w:val="0008388D"/>
     <w:rsid w:val="00083DD3"/>
     <w:rsid w:val="000B019E"/>
     <w:rsid w:val="000B6F42"/>
     <w:rsid w:val="000C06BB"/>
     <w:rsid w:val="000C12FA"/>
+    <w:rsid w:val="0012266B"/>
     <w:rsid w:val="00132422"/>
     <w:rsid w:val="00132A70"/>
     <w:rsid w:val="00151552"/>
     <w:rsid w:val="00172563"/>
     <w:rsid w:val="00190B72"/>
     <w:rsid w:val="001B0919"/>
     <w:rsid w:val="001C1A80"/>
     <w:rsid w:val="001E07CB"/>
     <w:rsid w:val="001F2C43"/>
     <w:rsid w:val="002067E0"/>
     <w:rsid w:val="002305C1"/>
     <w:rsid w:val="00244BAE"/>
     <w:rsid w:val="002627AC"/>
     <w:rsid w:val="002671C0"/>
     <w:rsid w:val="00282A83"/>
     <w:rsid w:val="002971D1"/>
     <w:rsid w:val="002A3F9F"/>
     <w:rsid w:val="002C108A"/>
     <w:rsid w:val="002C4110"/>
     <w:rsid w:val="002C7DEF"/>
     <w:rsid w:val="002D7478"/>
     <w:rsid w:val="002F3CC3"/>
+    <w:rsid w:val="002F5859"/>
     <w:rsid w:val="00303008"/>
     <w:rsid w:val="0033013B"/>
     <w:rsid w:val="00343C9F"/>
     <w:rsid w:val="003470E7"/>
     <w:rsid w:val="00387094"/>
     <w:rsid w:val="0039345B"/>
     <w:rsid w:val="00397B65"/>
     <w:rsid w:val="003B72E1"/>
     <w:rsid w:val="003E7B8D"/>
     <w:rsid w:val="003F600A"/>
     <w:rsid w:val="00404270"/>
     <w:rsid w:val="004104FD"/>
     <w:rsid w:val="00412409"/>
     <w:rsid w:val="0042559C"/>
     <w:rsid w:val="00425B18"/>
     <w:rsid w:val="00425C3F"/>
     <w:rsid w:val="00425F8D"/>
     <w:rsid w:val="00445A68"/>
     <w:rsid w:val="00451351"/>
     <w:rsid w:val="0047552A"/>
     <w:rsid w:val="00483178"/>
     <w:rsid w:val="00492518"/>
     <w:rsid w:val="004A1C30"/>
     <w:rsid w:val="004B4D5C"/>
     <w:rsid w:val="004C21E6"/>
@@ -4108,86 +4163,88 @@
     <w:rsid w:val="009047C6"/>
     <w:rsid w:val="00937169"/>
     <w:rsid w:val="0097514D"/>
     <w:rsid w:val="009A08C9"/>
     <w:rsid w:val="009B3B91"/>
     <w:rsid w:val="009B4702"/>
     <w:rsid w:val="009B6377"/>
     <w:rsid w:val="009E71BF"/>
     <w:rsid w:val="00A55354"/>
     <w:rsid w:val="00A614AF"/>
     <w:rsid w:val="00A63072"/>
     <w:rsid w:val="00A72353"/>
     <w:rsid w:val="00AA5F66"/>
     <w:rsid w:val="00AC25E6"/>
     <w:rsid w:val="00AE0E17"/>
     <w:rsid w:val="00B306CC"/>
     <w:rsid w:val="00B40766"/>
     <w:rsid w:val="00B42D78"/>
     <w:rsid w:val="00B70A79"/>
     <w:rsid w:val="00B82049"/>
     <w:rsid w:val="00B90150"/>
     <w:rsid w:val="00B909E0"/>
     <w:rsid w:val="00BA3779"/>
     <w:rsid w:val="00BC65C3"/>
     <w:rsid w:val="00BD5F13"/>
+    <w:rsid w:val="00BE46C3"/>
     <w:rsid w:val="00C00C1D"/>
     <w:rsid w:val="00C335A1"/>
     <w:rsid w:val="00C37051"/>
     <w:rsid w:val="00C66D62"/>
     <w:rsid w:val="00C772D5"/>
     <w:rsid w:val="00C93794"/>
     <w:rsid w:val="00CF0E40"/>
     <w:rsid w:val="00D00BE6"/>
     <w:rsid w:val="00D11B77"/>
     <w:rsid w:val="00D14E9B"/>
     <w:rsid w:val="00D248E2"/>
     <w:rsid w:val="00D40E5E"/>
     <w:rsid w:val="00D437B1"/>
     <w:rsid w:val="00D63FDF"/>
     <w:rsid w:val="00D93783"/>
     <w:rsid w:val="00DA7897"/>
     <w:rsid w:val="00DB40E0"/>
     <w:rsid w:val="00DD38AD"/>
     <w:rsid w:val="00DE2FD1"/>
     <w:rsid w:val="00E67814"/>
     <w:rsid w:val="00E70152"/>
     <w:rsid w:val="00E92112"/>
     <w:rsid w:val="00EA716C"/>
     <w:rsid w:val="00EB0939"/>
     <w:rsid w:val="00EB40B2"/>
     <w:rsid w:val="00EC4058"/>
     <w:rsid w:val="00EF3886"/>
     <w:rsid w:val="00F0214B"/>
     <w:rsid w:val="00F1149A"/>
     <w:rsid w:val="00F34A49"/>
     <w:rsid w:val="00F360F0"/>
     <w:rsid w:val="00F56DB1"/>
     <w:rsid w:val="00F73C79"/>
     <w:rsid w:val="00F96F57"/>
     <w:rsid w:val="00FC0C2A"/>
     <w:rsid w:val="00FD439E"/>
+    <w:rsid w:val="00FD51C6"/>
     <w:rsid w:val="00FF1BDA"/>
     <w:rsid w:val="014A8086"/>
     <w:rsid w:val="01525441"/>
     <w:rsid w:val="019643CC"/>
     <w:rsid w:val="01B9F5C4"/>
     <w:rsid w:val="0264B331"/>
     <w:rsid w:val="0340CA17"/>
     <w:rsid w:val="053B3650"/>
     <w:rsid w:val="0A7CBC7A"/>
     <w:rsid w:val="0B346848"/>
     <w:rsid w:val="0BB74F3A"/>
     <w:rsid w:val="0BE90BEB"/>
     <w:rsid w:val="0D1E6D86"/>
     <w:rsid w:val="10BED6E1"/>
     <w:rsid w:val="10DD159D"/>
     <w:rsid w:val="1782BFCB"/>
     <w:rsid w:val="1817732B"/>
     <w:rsid w:val="192041EF"/>
     <w:rsid w:val="1CE18228"/>
     <w:rsid w:val="1DF67E20"/>
     <w:rsid w:val="20E3EF8D"/>
     <w:rsid w:val="20FB8BDF"/>
     <w:rsid w:val="21F08EB6"/>
     <w:rsid w:val="220C22E9"/>
     <w:rsid w:val="222495FA"/>
@@ -4251,51 +4308,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="732207B0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{00D41740-AF1B-4D61-8C85-86488149E2CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4921,51 +4978,51 @@
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00492518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00900A01"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121311429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1895700465">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6815,51 +6872,51 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs@amsterdamumc.nl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="78B7E3DF5FB949EBB4C18D54923B0E81"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CD3B8BC2-613D-4560-AA58-E9E9F41DB523}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EE2FC6" w:rsidRDefault="00EE2FC6" w:rsidP="00EE2FC6">
           <w:pPr>
             <w:pStyle w:val="78B7E3DF5FB949EBB4C18D54923B0E81"/>
           </w:pPr>
           <w:r w:rsidRPr="00507CC9">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
@@ -7141,57 +7198,57 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{14129BA0-ED1A-4CD4-94DB-E69EB7FCD7E1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EE2FC6" w:rsidRDefault="00EE2FC6" w:rsidP="00EE2FC6">
           <w:pPr>
             <w:pStyle w:val="FB596B7295F3417AAE7B3CF88077E754"/>
           </w:pPr>
           <w:r w:rsidRPr="00507CC9">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -7227,92 +7284,93 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE2FC6"/>
+    <w:rsid w:val="002F5859"/>
     <w:rsid w:val="00812FB4"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7745,79 +7803,59 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="867031AED2D94AD39A7CCAA00FB1293E">
     <w:name w:val="867031AED2D94AD39A7CCAA00FB1293E"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4204BF8D0E6647C3A3A63D885B8B5733">
     <w:name w:val="4204BF8D0E6647C3A3A63D885B8B5733"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF12961A9BB34F0D9D3D5F34E8758CFF">
     <w:name w:val="AF12961A9BB34F0D9D3D5F34E8758CFF"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB8BABAF35834B88961555F6C26CF77B">
     <w:name w:val="FB8BABAF35834B88961555F6C26CF77B"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B11E821753C84CBB9DBD649562DD2010">
     <w:name w:val="B11E821753C84CBB9DBD649562DD2010"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BE5AF09065A443A9AC93CD0EF27F102">
     <w:name w:val="6BE5AF09065A443A9AC93CD0EF27F102"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C89FFCAE22E4DB68CC02CAFDA6BFB36">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB596B7295F3417AAE7B3CF88077E754">
     <w:name w:val="FB596B7295F3417AAE7B3CF88077E754"/>
     <w:rsid w:val="00EE2FC6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
@@ -8080,52 +8118,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010038AFC77A5436EC40AAA247B98CF1EF60" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="f7b594071ea4e06936094942ecdfafbc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dca87c4-1ead-4127-973e-38c55d1d9dec" xmlns:ns3="4cc60c0f-7777-4e10-ae66-5eb3901fca29" xmlns:ns4="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b9b9128716b5497949cd3949c9e4032" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010038AFC77A5436EC40AAA247B98CF1EF60" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8ae940f28eb3cfc6a6cd088dbe038e9d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dca87c4-1ead-4127-973e-38c55d1d9dec" xmlns:ns3="4cc60c0f-7777-4e10-ae66-5eb3901fca29" xmlns:ns4="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="530b5e3b72051d891a2cc3d42a8b7688" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="4dca87c4-1ead-4127-973e-38c55d1d9dec"/>
     <xsd:import namespace="4cc60c0f-7777-4e10-ae66-5eb3901fca29"/>
     <xsd:import namespace="ea14e625-10dc-4e70-8bb6-ec72509eb4d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8307,143 +8358,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4dca87c4-1ead-4127-973e-38c55d1d9dec">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71D94B00-A645-43F2-85F3-BF9C23B83B64}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D8DAAF1-23A2-4DBE-8BF2-AE52EC2F43C7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4720ACB6-10CF-423B-9617-0473B2E04594}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D8DAAF1-23A2-4DBE-8BF2-AE52EC2F43C7}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79DD9148-6373-4245-B500-1FD3124806EA}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54D3F222-EA16-4AF0-A065-D22C8B46BCF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4dca87c4-1ead-4127-973e-38c55d1d9dec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="ea14e625-10dc-4e70-8bb6-ec72509eb4d8"/>
     <ds:schemaRef ds:uri="4cc60c0f-7777-4e10-ae66-5eb3901fca29"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>358</Words>
-  <Characters>1970</Characters>
+  <Words>366</Words>
+  <Characters>2014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2324</CharactersWithSpaces>
+  <CharactersWithSpaces>2376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>A.F. van Deijk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038AFC77A5436EC40AAA247B98CF1EF60</vt:lpwstr>