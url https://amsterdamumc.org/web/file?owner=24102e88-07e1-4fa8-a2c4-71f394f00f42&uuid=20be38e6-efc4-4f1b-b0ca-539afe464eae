--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="037B006B" w14:textId="7C776F2F" w:rsidR="00AC249F" w:rsidRPr="00DD3FBD" w:rsidRDefault="00C742FF" w:rsidP="003D5052">
       <w:pPr>
         <w:pStyle w:val="nieuwsbriefkopje"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:caps w:val="0"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:caps w:val="0"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -122,51 +122,51 @@
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="435"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rastertabel6kleurrijk-Accent5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D5052" w:rsidRPr="0083027C" w14:paraId="4436069D" w14:textId="77777777" w:rsidTr="009E2B08">
+      <w:tr w:rsidR="003D5052" w:rsidRPr="00780C4A" w14:paraId="4436069D" w14:textId="77777777" w:rsidTr="009E2B08">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="441C8AFF" w14:textId="45D6DED7" w:rsidR="003D5052" w:rsidRPr="00DD3FBD" w:rsidRDefault="003D5052" w:rsidP="003D5052">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD3FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
@@ -1216,51 +1216,51 @@
         <w:pStyle w:val="Koptekst"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rastertabel6kleurrijk-Accent5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D5052" w:rsidRPr="0083027C" w14:paraId="2B101EE8" w14:textId="77777777" w:rsidTr="00215945">
+      <w:tr w:rsidR="003D5052" w:rsidRPr="00780C4A" w14:paraId="2B101EE8" w14:textId="77777777" w:rsidTr="00215945">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A16244E" w14:textId="77777777" w:rsidR="003D5052" w:rsidRPr="00DD3FBD" w:rsidRDefault="003D5052" w:rsidP="00215945">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD3FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
@@ -1708,51 +1708,51 @@
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rastertabel6kleurrijk-Accent5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3238"/>
         <w:gridCol w:w="2912"/>
         <w:gridCol w:w="2912"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97682" w:rsidRPr="0083027C" w14:paraId="6AC5433E" w14:textId="77777777" w:rsidTr="00A97682">
+      <w:tr w:rsidR="00A97682" w:rsidRPr="00780C4A" w14:paraId="6AC5433E" w14:textId="77777777" w:rsidTr="00A97682">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59080D96" w14:textId="77777777" w:rsidR="00A97682" w:rsidRPr="00DD3FBD" w:rsidRDefault="00A97682" w:rsidP="00215945">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD3FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
@@ -2332,51 +2332,51 @@
         <w:pStyle w:val="Koptekst"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rastertabel6kleurrijk-Accent5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D5052" w:rsidRPr="0083027C" w14:paraId="4FF7B42C" w14:textId="77777777" w:rsidTr="00215945">
+      <w:tr w:rsidR="003D5052" w:rsidRPr="00780C4A" w14:paraId="4FF7B42C" w14:textId="77777777" w:rsidTr="00215945">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29CB4955" w14:textId="77777777" w:rsidR="003D5052" w:rsidRPr="00DD3FBD" w:rsidRDefault="003D5052" w:rsidP="00215945">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD3FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
@@ -2884,51 +2884,51 @@
         <w:pStyle w:val="Koptekst"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rastertabel6kleurrijk-Accent5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D5052" w:rsidRPr="0083027C" w14:paraId="75436D17" w14:textId="77777777" w:rsidTr="00215945">
+      <w:tr w:rsidR="003D5052" w:rsidRPr="00780C4A" w14:paraId="75436D17" w14:textId="77777777" w:rsidTr="00215945">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72E86FB6" w14:textId="77777777" w:rsidR="003D5052" w:rsidRPr="00DD3FBD" w:rsidRDefault="003D5052" w:rsidP="00215945">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD3FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="auto"/>
@@ -3515,65 +3515,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03DD1A8D" w14:textId="4959DA54" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="03DD1A8D" w14:textId="4959DA54" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="00EF4165">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734774" w:history="1">
-            <w:r w:rsidR="00EF4165">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Summary</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -3604,65 +3604,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54505695" w14:textId="1E42DC73" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="54505695" w14:textId="1E42DC73" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="00EF4165">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734775" w:history="1">
-            <w:r w:rsidR="00EF4165">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Research field (Research Institute)</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -3693,65 +3693,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29167749" w14:textId="2BF46A84" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="29167749" w14:textId="2BF46A84" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="00EF4165">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734776" w:history="1">
-            <w:r w:rsidR="00EF4165">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brief description of research proposal</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -3782,779 +3782,789 @@
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DEAE73C" w14:textId="1ED91F0E" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="5DEAE73C" w14:textId="1ED91F0E" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734777" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.5 Introduction</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734777 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17B5E016" w14:textId="1312833F" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="17B5E016" w14:textId="1312833F" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734778" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.6 Research questions / Key objectives</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734778 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37626610" w14:textId="531C8F29" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="37626610" w14:textId="531C8F29" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734779" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.7 Methods/Approach</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734779 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54F244E2" w14:textId="408A86C9" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="6D498078" w14:textId="693A1421" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC" w:rsidP="0053366D">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734780" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.8 Innovation</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734780 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6D498078" w14:textId="398326D7" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
-[...79 lines deleted...]
-        <w:p w14:paraId="37D26ACA" w14:textId="4DFFE213" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="37D26ACA" w14:textId="2B481B0E" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734782" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2.10 Literature references</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Literature references</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734782 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E579024" w14:textId="05A50D77" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="1E579024" w14:textId="7FB8757A" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734783" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2.11 Plan of work (202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB1BB0">
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>-20XX)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+              <w:t xml:space="preserve"> Plan of work (202</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734783 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="204176DE" w14:textId="6921778A" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="204176DE" w14:textId="725FA2B3" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734784" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>2.12 Budget</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Budget</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734784 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A79E88F" w14:textId="68B44D02" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="0083027C">
+        <w:p w14:paraId="0A79E88F" w14:textId="2872980A" w:rsidR="001E53DC" w:rsidRPr="001E53DC" w:rsidRDefault="001E53DC">
           <w:pPr>
             <w:pStyle w:val="Inhopg2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc62734785" w:history="1">
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>2.13 Have any other grants for this project or for the applicant been requested?</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0053366D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Have any other grants for this project or for the applicant been requested?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc62734785 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E53DC" w:rsidRPr="001E53DC">
+            <w:r w:rsidRPr="001E53DC">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="0CD8E8D2" w14:textId="140C318B" w:rsidR="00BF1421" w:rsidRDefault="00BF1421" w:rsidP="00BF1421">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DD3FBD">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
@@ -4845,58 +4855,58 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003635BA" w:rsidRPr="00DD3FBD">
@@ -4963,58 +4973,58 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Selectievakje2"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00341B38" w:rsidRPr="00DD3FBD">
@@ -5057,58 +5067,58 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Selectievakje3"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00341B38" w:rsidRPr="00DD3FBD">
@@ -5175,58 +5185,58 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Selectievakje4"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003635BA" w:rsidRPr="00DD3FBD">
@@ -5276,58 +5286,58 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Selectievakje6"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003635BA" w:rsidRPr="00DD3FBD">
@@ -5369,58 +5379,58 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Selectievakje7"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003635BA" w:rsidRPr="00DD3FBD">
@@ -5454,58 +5464,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="000E371A" w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003635BA" w:rsidRPr="00DD3FBD">
@@ -5531,58 +5541,58 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Selectievakje5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Selectievakje5"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0083027C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0083027C">
+      <w:r w:rsidRPr="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00DD3FBD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Cancer </w:t>
       </w:r>
@@ -5905,145 +5915,137 @@
         <w:lastRenderedPageBreak/>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="00AC249F" w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Methods/Approach</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="360A44EA" w14:textId="77777777" w:rsidR="00AC249F" w:rsidRPr="0088633E" w:rsidRDefault="00AC249F" w:rsidP="00A80799">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43029315" w14:textId="2C373881" w:rsidR="00AC249F" w:rsidRPr="00BF1421" w:rsidRDefault="00BF1421" w:rsidP="00BF1421">
+    <w:p w14:paraId="43029315" w14:textId="2C373881" w:rsidR="00AC249F" w:rsidRDefault="00BF1421" w:rsidP="00BF1421">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc62734780"/>
       <w:r w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.8</w:t>
       </w:r>
       <w:r w:rsidR="00AC249F" w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Innovation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="54D170CF" w14:textId="77777777" w:rsidR="00AC249F" w:rsidRPr="0088633E" w:rsidRDefault="00AC249F">
+    <w:p w14:paraId="08ECC0C2" w14:textId="77777777" w:rsidR="0053366D" w:rsidRPr="00780C4A" w:rsidRDefault="0053366D" w:rsidP="00780C4A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="725D37ED" w14:textId="729EAD02" w:rsidR="00C742FF" w:rsidRPr="00BF1421" w:rsidRDefault="00BF1421" w:rsidP="00BF1421">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc62734782"/>
       <w:r w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00BA6B82">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00AC249F" w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Literature references</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="7CC9BD7D" w14:textId="4811BF29" w:rsidR="00C742FF" w:rsidRDefault="00C742FF">
-[...6 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+    <w:p w14:paraId="7CC9BD7D" w14:textId="4811BF29" w:rsidR="00C742FF" w:rsidRPr="00780C4A" w:rsidRDefault="00C742FF" w:rsidP="00780C4A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="529A7B7C" w14:textId="239C310A" w:rsidR="00AC249F" w:rsidRDefault="00BF1421" w:rsidP="00BF1421">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc62734783"/>
       <w:r w:rsidRPr="00BF1421">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
@@ -11012,70 +11014,70 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA0C7F" w:rsidRPr="00C742FF" w:rsidSect="00C742FF">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1530" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="20B3D37E" w14:textId="77777777" w:rsidR="005D2599" w:rsidRDefault="005D2599">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="07DB068E" w14:textId="77777777" w:rsidR="005D2599" w:rsidRDefault="005D2599">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11113,51 +11115,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C78877D" w14:textId="44536D0D" w:rsidR="00CC6CD8" w:rsidRPr="00A71614" w:rsidRDefault="00C742FF" w:rsidP="00C742FF">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:widowControl/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50C562F1" wp14:editId="29468934">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="rightMargin">
             <wp:align>left</wp:align>
@@ -11359,84 +11361,84 @@
     </w:r>
     <w:r w:rsidR="00887315">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00CC6CD8" w:rsidRPr="00A71614">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79E58AAE" w14:textId="77777777" w:rsidR="005D2599" w:rsidRDefault="005D2599">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="684A2919" w14:textId="77777777" w:rsidR="005D2599" w:rsidRDefault="005D2599">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="623AD2A4" w14:textId="2D1B3D69" w:rsidR="00CC6CD8" w:rsidRPr="00AC5C41" w:rsidRDefault="00CC6CD8">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B3A0F08" w14:textId="20A81706" w:rsidR="00CC6CD8" w:rsidRPr="003D5052" w:rsidRDefault="003D5052" w:rsidP="003D5052">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D5052">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Amsterdam UMC Doctoral School</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5D5F9F37" w14:textId="1312146E" w:rsidR="006C065F" w:rsidRPr="003D5052" w:rsidRDefault="00CC6CD8" w:rsidP="006C065F">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
@@ -11465,51 +11467,51 @@
     </w:r>
     <w:r w:rsidR="00341B38">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="386BDDBE" w14:textId="77777777" w:rsidR="00CC6CD8" w:rsidRDefault="00CC6CD8">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="011D6290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AEF6B3EA"/>
     <w:lvl w:ilvl="0" w:tplc="D5FE13AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="62860BF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13863,61 +13865,61 @@
   <w:num w:numId="14" w16cid:durableId="1557476059">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="246116245">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="374425280">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1801340421">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1893031547">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1869561556">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="6058353">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="56321" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;korte ref&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Times New Roman&lt;/FontName&gt;&lt;FontSize&gt;10&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;1&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;item db-id=&quot;w9x52v92jsvdp9ee0wbvefvftrrwtetdfrxv&quot;&gt;My EndNote Library&lt;record-ids&gt;&lt;item&gt;46&lt;/item&gt;&lt;item&gt;75&lt;/item&gt;&lt;item&gt;89&lt;/item&gt;&lt;item&gt;271&lt;/item&gt;&lt;item&gt;584&lt;/item&gt;&lt;item&gt;737&lt;/item&gt;&lt;item&gt;743&lt;/item&gt;&lt;item&gt;746&lt;/item&gt;&lt;item&gt;833&lt;/item&gt;&lt;item&gt;1050&lt;/item&gt;&lt;item&gt;1223&lt;/item&gt;&lt;item&gt;1224&lt;/item&gt;&lt;item&gt;1225&lt;/item&gt;&lt;item&gt;1226&lt;/item&gt;&lt;item&gt;1227&lt;/item&gt;&lt;item&gt;1228&lt;/item&gt;&lt;item&gt;1231&lt;/item&gt;&lt;item&gt;1232&lt;/item&gt;&lt;item&gt;1234&lt;/item&gt;&lt;item&gt;1242&lt;/item&gt;&lt;item&gt;1243&lt;/item&gt;&lt;item&gt;1245&lt;/item&gt;&lt;item&gt;1247&lt;/item&gt;&lt;/record-ids&gt;&lt;/item&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
@@ -13959,101 +13961,106 @@
     <w:rsid w:val="00301EFE"/>
     <w:rsid w:val="003328F6"/>
     <w:rsid w:val="00341B38"/>
     <w:rsid w:val="00353695"/>
     <w:rsid w:val="003635BA"/>
     <w:rsid w:val="00374052"/>
     <w:rsid w:val="003D5052"/>
     <w:rsid w:val="003D554F"/>
     <w:rsid w:val="003D6A00"/>
     <w:rsid w:val="003F4677"/>
     <w:rsid w:val="00405065"/>
     <w:rsid w:val="00425344"/>
     <w:rsid w:val="0043062D"/>
     <w:rsid w:val="0045313A"/>
     <w:rsid w:val="00471027"/>
     <w:rsid w:val="00481E57"/>
     <w:rsid w:val="004938F0"/>
     <w:rsid w:val="0049534E"/>
     <w:rsid w:val="0049749D"/>
     <w:rsid w:val="004B51B1"/>
     <w:rsid w:val="004B6BAB"/>
     <w:rsid w:val="004D4090"/>
     <w:rsid w:val="00512194"/>
     <w:rsid w:val="005159DE"/>
     <w:rsid w:val="00530388"/>
+    <w:rsid w:val="0053366D"/>
     <w:rsid w:val="00536B0C"/>
     <w:rsid w:val="00546D2E"/>
     <w:rsid w:val="00575B0E"/>
     <w:rsid w:val="005A2903"/>
     <w:rsid w:val="005C3217"/>
     <w:rsid w:val="005C36E1"/>
     <w:rsid w:val="005D2599"/>
     <w:rsid w:val="005E3393"/>
     <w:rsid w:val="005F191A"/>
     <w:rsid w:val="005F518A"/>
     <w:rsid w:val="006172A1"/>
+    <w:rsid w:val="00667CC6"/>
     <w:rsid w:val="0067618B"/>
     <w:rsid w:val="0068093C"/>
     <w:rsid w:val="00680D1B"/>
     <w:rsid w:val="006823DD"/>
     <w:rsid w:val="006928F3"/>
     <w:rsid w:val="006B7613"/>
     <w:rsid w:val="006C065F"/>
     <w:rsid w:val="006C2848"/>
     <w:rsid w:val="006C76A1"/>
     <w:rsid w:val="00705DC4"/>
     <w:rsid w:val="00713644"/>
     <w:rsid w:val="00725D0D"/>
     <w:rsid w:val="00732D9C"/>
     <w:rsid w:val="007421A6"/>
     <w:rsid w:val="00745764"/>
     <w:rsid w:val="0074736D"/>
     <w:rsid w:val="00763EC9"/>
     <w:rsid w:val="0076646C"/>
+    <w:rsid w:val="00780C4A"/>
     <w:rsid w:val="00786995"/>
     <w:rsid w:val="00792F7E"/>
     <w:rsid w:val="00796531"/>
     <w:rsid w:val="00797461"/>
     <w:rsid w:val="007A1F0B"/>
     <w:rsid w:val="007D19F5"/>
     <w:rsid w:val="007D1FF4"/>
     <w:rsid w:val="007E151C"/>
     <w:rsid w:val="007E4CBA"/>
     <w:rsid w:val="007F5170"/>
     <w:rsid w:val="00812EBF"/>
     <w:rsid w:val="00830168"/>
     <w:rsid w:val="0083027C"/>
     <w:rsid w:val="00842FDC"/>
     <w:rsid w:val="0085342B"/>
     <w:rsid w:val="00862078"/>
     <w:rsid w:val="0087338F"/>
     <w:rsid w:val="0088633E"/>
     <w:rsid w:val="00887315"/>
     <w:rsid w:val="0088779E"/>
+    <w:rsid w:val="008939F3"/>
     <w:rsid w:val="008A2CC9"/>
     <w:rsid w:val="008B2229"/>
+    <w:rsid w:val="008D0833"/>
     <w:rsid w:val="008D5772"/>
     <w:rsid w:val="008D7159"/>
     <w:rsid w:val="008E1496"/>
     <w:rsid w:val="008E46DB"/>
     <w:rsid w:val="009066ED"/>
     <w:rsid w:val="00935B95"/>
     <w:rsid w:val="0095495B"/>
     <w:rsid w:val="009950B7"/>
     <w:rsid w:val="009A2944"/>
     <w:rsid w:val="009C5892"/>
     <w:rsid w:val="009D240A"/>
     <w:rsid w:val="009E2B08"/>
     <w:rsid w:val="00A11C6F"/>
     <w:rsid w:val="00A377D1"/>
     <w:rsid w:val="00A47DD4"/>
     <w:rsid w:val="00A50D35"/>
     <w:rsid w:val="00A54DCC"/>
     <w:rsid w:val="00A71614"/>
     <w:rsid w:val="00A77AE6"/>
     <w:rsid w:val="00A80799"/>
     <w:rsid w:val="00A865F7"/>
     <w:rsid w:val="00A97682"/>
     <w:rsid w:val="00AA09AC"/>
     <w:rsid w:val="00AC249F"/>
     <w:rsid w:val="00AC5C41"/>
@@ -14077,122 +14084,124 @@
     <w:rsid w:val="00BA3760"/>
     <w:rsid w:val="00BA6B82"/>
     <w:rsid w:val="00BB00C5"/>
     <w:rsid w:val="00BC6F73"/>
     <w:rsid w:val="00BD31D8"/>
     <w:rsid w:val="00BD536C"/>
     <w:rsid w:val="00BD5BA3"/>
     <w:rsid w:val="00BF1421"/>
     <w:rsid w:val="00C13F14"/>
     <w:rsid w:val="00C1749B"/>
     <w:rsid w:val="00C20556"/>
     <w:rsid w:val="00C23C4C"/>
     <w:rsid w:val="00C24394"/>
     <w:rsid w:val="00C24D50"/>
     <w:rsid w:val="00C31891"/>
     <w:rsid w:val="00C41DC7"/>
     <w:rsid w:val="00C6215E"/>
     <w:rsid w:val="00C742FF"/>
     <w:rsid w:val="00C751B7"/>
     <w:rsid w:val="00C94F4B"/>
     <w:rsid w:val="00C97039"/>
     <w:rsid w:val="00CA0C7F"/>
     <w:rsid w:val="00CB6644"/>
     <w:rsid w:val="00CC6CD8"/>
     <w:rsid w:val="00CF5F33"/>
+    <w:rsid w:val="00D02CA1"/>
     <w:rsid w:val="00D31A05"/>
     <w:rsid w:val="00D52F41"/>
     <w:rsid w:val="00D5337E"/>
     <w:rsid w:val="00D71D16"/>
     <w:rsid w:val="00D93F37"/>
     <w:rsid w:val="00D95B2B"/>
     <w:rsid w:val="00DB1BB0"/>
     <w:rsid w:val="00DD3FBD"/>
     <w:rsid w:val="00DE6EE9"/>
     <w:rsid w:val="00DF131A"/>
     <w:rsid w:val="00DF293E"/>
     <w:rsid w:val="00E356AE"/>
     <w:rsid w:val="00E41673"/>
     <w:rsid w:val="00E50435"/>
     <w:rsid w:val="00E5700A"/>
     <w:rsid w:val="00E70E5B"/>
     <w:rsid w:val="00E82619"/>
     <w:rsid w:val="00E83B1E"/>
     <w:rsid w:val="00E94888"/>
     <w:rsid w:val="00EA6163"/>
     <w:rsid w:val="00EB0BE2"/>
     <w:rsid w:val="00ED5A6C"/>
     <w:rsid w:val="00ED6472"/>
     <w:rsid w:val="00EE416F"/>
     <w:rsid w:val="00EF3C7B"/>
     <w:rsid w:val="00EF4165"/>
     <w:rsid w:val="00F26C8E"/>
     <w:rsid w:val="00F43923"/>
     <w:rsid w:val="00F81BE5"/>
     <w:rsid w:val="00F92CEF"/>
     <w:rsid w:val="00F935C8"/>
     <w:rsid w:val="00F95391"/>
     <w:rsid w:val="00FA4BDA"/>
     <w:rsid w:val="00FC315F"/>
     <w:rsid w:val="00FC6F35"/>
+    <w:rsid w:val="00FD0D5B"/>
     <w:rsid w:val="00FE7717"/>
     <w:rsid w:val="00FF438D"/>
     <w:rsid w:val="00FF75DC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="56321" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="284A6BFB"/>
   <w15:docId w15:val="{83A8C93D-C74E-45D4-853C-C1FCFE3BB2A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15430,51 +15439,51 @@
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF1421"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00341B38"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -15749,67 +15758,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B744B5C-AD0F-47C8-B45B-4B4F87EBAF3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>443</Words>
-  <Characters>3862</Characters>
+  <Words>435</Words>
+  <Characters>3758</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>32</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Personal Details</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sanquin</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4297</CharactersWithSpaces>
+  <CharactersWithSpaces>4185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Details</dc:title>
   <dc:creator>Welkers</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>