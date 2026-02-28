--- v0 (2025-10-30)
+++ v1 (2026-02-28)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="370E07E9" w14:textId="5E80C27E" w:rsidR="00FF1BDA" w:rsidRPr="00492518" w:rsidRDefault="00B90150">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00492518">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B58A436" wp14:editId="1EA14827">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1595120</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-424180</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2524125" cy="418465"/>
             <wp:effectExtent l="0" t="0" r="9525" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Graphic 6"/>
@@ -143,81 +143,92 @@
                             <w:pPr>
                               <w:pStyle w:val="Normaalweb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00727E04">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Amsterdam Cardiovascular Sciences</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="61C2538A" w14:textId="12865A02" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
+                          <w:p w14:paraId="61C2538A" w14:textId="489389D2" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
                             <w:pPr>
                               <w:pStyle w:val="Normaalweb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00727E04">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Application form </w:t>
                             </w:r>
                             <w:r w:rsidR="00063802">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="36"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t>Work Visit Grant 2025</w:t>
+                              <w:t>Work Visit Grant 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="009111C0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:kern w:val="24"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="36"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2F561F21" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstvak 17" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:28.15pt;width:594.75pt;height:28.05pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4vylPgAEAAOkCAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvAfoPxC813JsyA0Ey0Zbw7kU&#10;bYAkH0BTpCVA5DK7tCX/fZe0YxfpreiFIvcxOzuj5Xp0vTgapA58Le8nUymM19B0fl/L15ft5wcp&#10;KCrfqB68qeXJkFyvPt0th1CZGbTQNwYFg3iqhlDLNsZQFQXp1jhFEwjGc9ICOhX5ifuiQTUwuuuL&#10;2XS6KAbAJiBoQ8TRzTkpVxnfWqPjL2vJRNHXkrnFfGI+d+ksVktV7VGFttMXGuofWDjVeR56hdqo&#10;qMQBu7+gXKcRCGycaHAFWNtpk3fgbe6nH7Z5blUweRcWh8JVJvp/sPrn8Tk8oYjjNxjZwCTIEKgi&#10;DqZ9RosufZmp4DxLeLrKZsYoNAe/lOV8Piul0Jybl4vZvEwwxa07IMVHA06kSy2RbclqqeMPiufS&#10;95I0zMO26/sUv1FJtzjuxgu/HTQnpj2wc7Wkt4NCIwXG/jtkoxMKha+HyEh5QGo/91xQWc9M8eJ9&#10;MuzPd666/aGr3wAAAP//AwBQSwMEFAAGAAgAAAAhALu8eiPcAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyok0KqksapKn4kDlwo4e7G2zgiXkfxtknfHudEb7Oa1cw3xXZy&#10;nTjjEFpPCtJFAgKp9qalRkH1/f6wBhFYk9GdJ1RwwQDb8vam0LnxI33hec+NiCEUcq3AMve5lKG2&#10;6HRY+B4pekc/OM3xHBppBj3GcNfJZZKspNMtxQare3yxWP/uT04Bs9mll+rNhY+f6fN1tEmd6Uqp&#10;+7tptwHBOPH/M8z4ER3KyHTwJzJBdAriEFaQrR5BzG66fs5AHGa1fAJZFvJ6QPkHAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA+L8pT4ABAADpAgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu7x6I9wAAAAIAQAADwAAAAAAAAAAAAAAAADaAwAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOMEAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
@@ -225,81 +236,92 @@
                       <w:pPr>
                         <w:pStyle w:val="Normaalweb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00727E04">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Amsterdam Cardiovascular Sciences</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="61C2538A" w14:textId="12865A02" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
+                    <w:p w14:paraId="61C2538A" w14:textId="489389D2" w:rsidR="00727E04" w:rsidRPr="00727E04" w:rsidRDefault="00727E04" w:rsidP="00FF1BDA">
                       <w:pPr>
                         <w:pStyle w:val="Normaalweb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00727E04">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Application form </w:t>
                       </w:r>
                       <w:r w:rsidR="00063802">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="36"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Work Visit Grant 2025</w:t>
+                        <w:t>Work Visit Grant 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="009111C0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cstheme="minorBidi"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:kern w:val="24"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="36"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008C2207" w:rsidRPr="00492518">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D111C35" wp14:editId="194F4E7C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1928495</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -686,236 +708,168 @@
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461F9FCD" w14:textId="77777777" w:rsidR="00BC65C3" w:rsidRPr="00492518" w:rsidRDefault="00BC65C3" w:rsidP="00F0214B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7988136A" w14:textId="526609A4" w:rsidR="008A7FB5" w:rsidRPr="00483178" w:rsidRDefault="008A7FB5" w:rsidP="00F0214B">
+    <w:p w14:paraId="7988136A" w14:textId="0B5B83C0" w:rsidR="008A7FB5" w:rsidRPr="00483178" w:rsidRDefault="008A7FB5" w:rsidP="00F0214B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00483178">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline first application round: </w:t>
       </w:r>
       <w:r w:rsidRPr="00483178">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Monday March 3</w:t>
+        <w:t xml:space="preserve">Monday </w:t>
       </w:r>
-      <w:r w:rsidRPr="00483178">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00483178">
+      <w:r w:rsidR="006C0D86">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
-[...66 lines deleted...]
-        <w:t>August</w:t>
+        <w:t>April</w:t>
       </w:r>
       <w:r w:rsidRPr="00483178">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC65C3" w:rsidRPr="00483178">
+      <w:r w:rsidR="006C0D86">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00BC65C3" w:rsidRPr="00483178">
+      <w:r w:rsidR="006C0D86">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00483178">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0D86">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00483178">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 11:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C6E6CE4" w14:textId="77777777" w:rsidR="008A7FB5" w:rsidRPr="00492518" w:rsidRDefault="008A7FB5" w:rsidP="00F0214B">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -1249,101 +1203,101 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A9FB324" w14:textId="4C7014CA" w:rsidR="00CF0E40" w:rsidRPr="00483178" w:rsidRDefault="00CF0E40" w:rsidP="00CF0E40">
             <w:pPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00DB6F12" w14:paraId="6BDA3C66" w14:textId="77777777" w:rsidTr="00492518">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="006C0D86" w14:paraId="6BDA3C66" w14:textId="77777777" w:rsidTr="00492518">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
           </w:tcPr>
           <w:p w14:paraId="231EB388" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00492518" w:rsidRDefault="00B82049" w:rsidP="00502846">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description of your work visit</w:t>
             </w:r>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00DB6F12" w14:paraId="036A1CA7" w14:textId="77777777" w:rsidTr="00502846">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="006C0D86" w14:paraId="036A1CA7" w14:textId="77777777" w:rsidTr="00502846">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55055BFE" w14:textId="77777777" w:rsidR="008C5315" w:rsidRDefault="008C5315" w:rsidP="008C5315">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="22"/>
@@ -1633,51 +1587,50 @@
             <w:r w:rsidR="006E2E86">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Amsterdam UMC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1686F042" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00492518" w:rsidRDefault="00B82049" w:rsidP="00B82049">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="58" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Describe your time plan and make a </w:t>
             </w:r>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>budget</w:t>
             </w:r>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> for your work visit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51BBC49B" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00492518" w:rsidRDefault="00B82049" w:rsidP="00502846">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:after="58"/>
               <w:rPr>
@@ -1820,51 +1773,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Additional information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00DB6F12" w14:paraId="27E47622" w14:textId="77777777" w:rsidTr="00502846">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="006C0D86" w14:paraId="27E47622" w14:textId="77777777" w:rsidTr="00502846">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="498465D3" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00492518" w:rsidRDefault="00B82049" w:rsidP="00502846">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7743199B" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00CF0E40" w:rsidRDefault="00B82049" w:rsidP="00B82049">
             <w:pPr>
@@ -1925,51 +1878,51 @@
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00492518">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82049" w:rsidRPr="00DB6F12" w14:paraId="0273ECB3" w14:textId="77777777" w:rsidTr="00502846">
+      <w:tr w:rsidR="00B82049" w:rsidRPr="006C0D86" w14:paraId="0273ECB3" w14:textId="77777777" w:rsidTr="00502846">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C8F1EE5" w14:textId="77777777" w:rsidR="00B82049" w:rsidRPr="00CF0E40" w:rsidRDefault="00B82049" w:rsidP="00502846">
             <w:pPr>
               <w:spacing w:after="58"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2249,162 +2202,162 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F940F43" w14:textId="77777777" w:rsidR="00425B18" w:rsidRPr="00492518" w:rsidRDefault="00425B18" w:rsidP="00132422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00425B18" w:rsidRPr="00492518" w:rsidSect="00B70A79">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BC50D32" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
+    <w:p w14:paraId="3B1D214D" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DFCF122" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
+    <w:p w14:paraId="1C157BD0" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="769A8379" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77">
+    <w:p w14:paraId="2F6811E5" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="LucidaSansEF">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6995A901" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
+    <w:p w14:paraId="6C7CE3D2" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5908A292" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77" w:rsidP="00FF1BDA">
+    <w:p w14:paraId="4F444E8E" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F" w:rsidP="00FF1BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42F776DA" w14:textId="77777777" w:rsidR="00D11B77" w:rsidRDefault="00D11B77">
+    <w:p w14:paraId="66C25E2F" w14:textId="77777777" w:rsidR="00832A8F" w:rsidRDefault="00832A8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B6742D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A987744"/>
     <w:lvl w:ilvl="0" w:tplc="F22E6C8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="LucidaSansEF" w:eastAsia="Times New Roman" w:hAnsi="LucidaSansEF" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2638,51 +2591,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="630750400">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="339241952">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="827865909">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2712,132 +2665,138 @@
     <w:rsid w:val="00282A83"/>
     <w:rsid w:val="002971D1"/>
     <w:rsid w:val="002C7DEF"/>
     <w:rsid w:val="002D7478"/>
     <w:rsid w:val="002F3CC3"/>
     <w:rsid w:val="00303008"/>
     <w:rsid w:val="0033013B"/>
     <w:rsid w:val="003470E7"/>
     <w:rsid w:val="0039345B"/>
     <w:rsid w:val="003B72E1"/>
     <w:rsid w:val="003E7B8D"/>
     <w:rsid w:val="00404270"/>
     <w:rsid w:val="004104FD"/>
     <w:rsid w:val="00412409"/>
     <w:rsid w:val="0042559C"/>
     <w:rsid w:val="00425B18"/>
     <w:rsid w:val="00425C3F"/>
     <w:rsid w:val="00425F8D"/>
     <w:rsid w:val="00445A68"/>
     <w:rsid w:val="00451351"/>
     <w:rsid w:val="0047552A"/>
     <w:rsid w:val="00483178"/>
     <w:rsid w:val="00492518"/>
     <w:rsid w:val="004B4D5C"/>
     <w:rsid w:val="004F3961"/>
+    <w:rsid w:val="00502CBA"/>
     <w:rsid w:val="00553B19"/>
     <w:rsid w:val="00580882"/>
     <w:rsid w:val="005831C6"/>
     <w:rsid w:val="005A3D51"/>
     <w:rsid w:val="006068B1"/>
+    <w:rsid w:val="006113B1"/>
     <w:rsid w:val="00643460"/>
     <w:rsid w:val="00652269"/>
     <w:rsid w:val="006554D4"/>
     <w:rsid w:val="00656379"/>
     <w:rsid w:val="006A527A"/>
     <w:rsid w:val="006A7A97"/>
     <w:rsid w:val="006B5609"/>
+    <w:rsid w:val="006C0D86"/>
     <w:rsid w:val="006C634C"/>
     <w:rsid w:val="006E2E86"/>
     <w:rsid w:val="006E3F80"/>
     <w:rsid w:val="00714DDE"/>
     <w:rsid w:val="00715D8F"/>
     <w:rsid w:val="00727E04"/>
     <w:rsid w:val="007652B2"/>
     <w:rsid w:val="00797CC5"/>
     <w:rsid w:val="007E649E"/>
     <w:rsid w:val="007E719D"/>
     <w:rsid w:val="00814EF1"/>
+    <w:rsid w:val="00832A8F"/>
     <w:rsid w:val="00851C65"/>
     <w:rsid w:val="00854C4F"/>
     <w:rsid w:val="00884170"/>
     <w:rsid w:val="008A4621"/>
     <w:rsid w:val="008A7FB5"/>
     <w:rsid w:val="008C0824"/>
     <w:rsid w:val="008C2207"/>
     <w:rsid w:val="008C3A9E"/>
     <w:rsid w:val="008C5315"/>
     <w:rsid w:val="008C535A"/>
+    <w:rsid w:val="009111C0"/>
     <w:rsid w:val="00937169"/>
     <w:rsid w:val="0097514D"/>
     <w:rsid w:val="009A08C9"/>
     <w:rsid w:val="009B3B91"/>
     <w:rsid w:val="009B4702"/>
     <w:rsid w:val="00A614AF"/>
     <w:rsid w:val="00A63072"/>
     <w:rsid w:val="00AA5F66"/>
     <w:rsid w:val="00AC25E6"/>
     <w:rsid w:val="00AE0E17"/>
     <w:rsid w:val="00B306CC"/>
     <w:rsid w:val="00B40766"/>
     <w:rsid w:val="00B70A79"/>
     <w:rsid w:val="00B82049"/>
     <w:rsid w:val="00B90150"/>
     <w:rsid w:val="00B909E0"/>
     <w:rsid w:val="00BA3779"/>
     <w:rsid w:val="00BC65C3"/>
     <w:rsid w:val="00BD5F13"/>
     <w:rsid w:val="00C335A1"/>
     <w:rsid w:val="00C37051"/>
     <w:rsid w:val="00C66D62"/>
     <w:rsid w:val="00C772D5"/>
     <w:rsid w:val="00CF0E40"/>
     <w:rsid w:val="00D00BE6"/>
     <w:rsid w:val="00D11B77"/>
     <w:rsid w:val="00D14E9B"/>
     <w:rsid w:val="00D248E2"/>
     <w:rsid w:val="00D40E5E"/>
     <w:rsid w:val="00D437B1"/>
     <w:rsid w:val="00D93783"/>
     <w:rsid w:val="00DA7897"/>
     <w:rsid w:val="00DB40E0"/>
     <w:rsid w:val="00DB6F12"/>
     <w:rsid w:val="00DD38AD"/>
     <w:rsid w:val="00E67814"/>
     <w:rsid w:val="00E70152"/>
     <w:rsid w:val="00E92112"/>
     <w:rsid w:val="00EA716C"/>
     <w:rsid w:val="00EB0939"/>
     <w:rsid w:val="00EB40B2"/>
     <w:rsid w:val="00EC4058"/>
     <w:rsid w:val="00EF3886"/>
     <w:rsid w:val="00F0214B"/>
     <w:rsid w:val="00F34A49"/>
     <w:rsid w:val="00F56DB1"/>
     <w:rsid w:val="00F73C79"/>
     <w:rsid w:val="00F96F57"/>
     <w:rsid w:val="00FC0C2A"/>
+    <w:rsid w:val="00FE459F"/>
     <w:rsid w:val="00FF1BDA"/>
     <w:rsid w:val="014A8086"/>
     <w:rsid w:val="01525441"/>
     <w:rsid w:val="019643CC"/>
     <w:rsid w:val="01B9F5C4"/>
     <w:rsid w:val="0264B331"/>
     <w:rsid w:val="0340CA17"/>
     <w:rsid w:val="053B3650"/>
     <w:rsid w:val="0A7CBC7A"/>
     <w:rsid w:val="0B346848"/>
     <w:rsid w:val="0BB74F3A"/>
     <w:rsid w:val="0BE90BEB"/>
     <w:rsid w:val="0D1E6D86"/>
     <w:rsid w:val="10BED6E1"/>
     <w:rsid w:val="10DD159D"/>
     <w:rsid w:val="1782BFCB"/>
     <w:rsid w:val="1817732B"/>
     <w:rsid w:val="192041EF"/>
     <w:rsid w:val="1CE18228"/>
     <w:rsid w:val="1DF67E20"/>
     <w:rsid w:val="20E3EF8D"/>
     <w:rsid w:val="20FB8BDF"/>
     <w:rsid w:val="21F08EB6"/>
     <w:rsid w:val="220C22E9"/>
     <w:rsid w:val="222495FA"/>
@@ -2898,51 +2857,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="732207B0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{00D41740-AF1B-4D61-8C85-86488149E2CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3558,51 +3517,51 @@
   <w:style w:type="paragraph" w:styleId="Revisie">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A614AF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00492518"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121311429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1895700465">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5749,76 +5708,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dca87c4-1ead-4127-973e-38c55d1d9dec" xmlns:ns3="4cc60c0f-7777-4e10-ae66-5eb3901fca29" xmlns:ns4="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b9b9128716b5497949cd3949c9e4032" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010038AFC77A5436EC40AAA247B98CF1EF60" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8ae940f28eb3cfc6a6cd088dbe038e9d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dca87c4-1ead-4127-973e-38c55d1d9dec" xmlns:ns3="4cc60c0f-7777-4e10-ae66-5eb3901fca29" xmlns:ns4="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="530b5e3b72051d891a2cc3d42a8b7688" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="4dca87c4-1ead-4127-973e-38c55d1d9dec"/>
     <xsd:import namespace="4cc60c0f-7777-4e10-ae66-5eb3901fca29"/>
     <xsd:import namespace="ea14e625-10dc-4e70-8bb6-ec72509eb4d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6000,119 +5935,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ea14e625-10dc-4e70-8bb6-ec72509eb4d8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4dca87c4-1ead-4127-973e-38c55d1d9dec">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54D3F222-EA16-4AF0-A065-D22C8B46BCF0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFD376C0-B519-43C4-9307-656AA8CAF6F0}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4720ACB6-10CF-423B-9617-0473B2E04594}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D8DAAF1-23A2-4DBE-8BF2-AE52EC2F43C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4720ACB6-10CF-423B-9617-0473B2E04594}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54D3F222-EA16-4AF0-A065-D22C8B46BCF0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ea14e625-10dc-4e70-8bb6-ec72509eb4d8"/>
     <ds:schemaRef ds:uri="4dca87c4-1ead-4127-973e-38c55d1d9dec"/>
-    <ds:schemaRef ds:uri="4cc60c0f-7777-4e10-ae66-5eb3901fca29"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>196</Words>
-  <Characters>1081</Characters>
+  <Words>185</Words>
+  <Characters>1023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1275</CharactersWithSpaces>
+  <CharactersWithSpaces>1206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>A.F. van Deijk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010038AFC77A5436EC40AAA247B98CF1EF60</vt:lpwstr>